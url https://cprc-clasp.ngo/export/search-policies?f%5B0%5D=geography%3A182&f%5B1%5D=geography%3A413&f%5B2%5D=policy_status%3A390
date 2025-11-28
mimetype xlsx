--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,3144 +12,2002 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1012">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>2021 Aspen Energy Code</t>
+  </si>
+  <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
+    <t>Colorado</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>City of Aspen</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/2021-aspen-energy-code</t>
+  </si>
+  <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
+  </si>
+  <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Windows</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>IRAM 11507-6 | 2018</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
+    <t>Disposition 684|2013</t>
+  </si>
+  <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
+    <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
   </si>
   <si>
     <t>United States of America*</t>
   </si>
   <si>
-    <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
-[...158 lines deleted...]
-    <t>Conpet Seal Gas stoves and ovens</t>
+    <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
+  </si>
+  <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
+  </si>
+  <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>See policy document for full list</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
+  </si>
+  <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
+    <t>10 CFR part 431, Subpart F 431.96</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
+  </si>
+  <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Networking Equipment</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
-    <t>Cooktops or Hobs</t>
-[...35 lines deleted...]
-    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Joint Resolution No. 031 and 089, 2013</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
+  </si>
+  <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
+    <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Bureau of Standards Jamaica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
+  </si>
+  <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
+  </si>
+  <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
+  </si>
+  <si>
+    <t>November 2023</t>
+  </si>
+  <si>
+    <t>IEC TS 62257-9-5:2018</t>
+  </si>
+  <si>
+    <t>Malawi Bureau of Standards (MBS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
+  </si>
+  <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
+    <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
+  </si>
+  <si>
+    <t>MS IEC TS 62257-9-8</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
+  </si>
+  <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
+    <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
+  </si>
+  <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy (MME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
+  </si>
+  <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
+    <t>NOM-003-ENER-2021</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...1117 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
-    <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...21 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
-    <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
-[...27 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
-    <t>NOM-028-ENER-2017</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
   </si>
   <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
-    <t>NOM-030-ENER-2016</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Ordinance No. 2 of 29 December 2022</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy perfomance standards for refrigerators and freezers for domestic use, manufactured nationally or imported, for sale and/or use in Brazil.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>IEC 62552-3:2007
 ,   
                     IEC 62552-3:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2-29-december-2022</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/sites/default/files/2025-01/Resolu__o_de_Consulta_P_blica_MEPS_Refrigeradores_e_Congeladores_pdf_pdf%20%281%29.pdf</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
-    <t>Procel Seal - Air Conditioners</t>
-[...2 lines deleted...]
-    <t>NBR 5858, NBR 5882, NBR 12010.</t>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
+    <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
+    <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
-    <t>Procel Seal - CFLs with Integrated Ballasts</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
-    <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
   </si>
   <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
-    <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
-[...25 lines deleted...]
-  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Provision No 859 del 11|11|2008</t>
-[...35 lines deleted...]
-    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico De Luminarias LED 112</t>
+  </si>
+  <si>
+    <t>street lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
+  </si>
+  <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
+    <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
+  </si>
+  <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
+    <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
+  </si>
+  <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
+    <t>PE Nº 5/06/2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
+    <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
+  </si>
+  <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices</t>
+  </si>
+  <si>
+    <t>NCh3107.Of2008 / IEC 62301:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
+    <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
+    <t>ISO 5151:1994</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
+    <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>SEC PC N° 6/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
+    <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>IEC 61121:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Resolution No. 7 - Labeling for Televisions</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
+    <t>IEC 62087</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
+    <t>Resolution No. 70 - Labeling for Clothes Washers</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
+    <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
+    <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
+  </si>
+  <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
+    <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
+    <t>Resolution No. 74 - Minimum Efficiency Standard for Domestic Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for domestic refrigerators.</t>
+  </si>
+  <si>
+    <t>NCh3000.Of2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-74-minimum-efficiency-standard-domestic-refrigerators</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1073371&amp;f=2015-01-10&amp;p=</t>
+  </si>
+  <si>
+    <t>Resolution No. 8 - Labeling for Dishwashers</t>
+  </si>
+  <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
+    <t>IEC 60436:2012-04</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
+    <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
+  </si>
+  <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
+    <t>Panama</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
-    <t>Ministry of Industry and Trade</t>
-[...217 lines deleted...]
-  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
-    <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
   </si>
   <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
-    <t>RTE INEN 035|2009</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
   </si>
   <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
-    <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4165 - Elevators</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
+    <t>Elevators</t>
+  </si>
+  <si>
+    <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/sello-fide-no-011-domestic-refrigerators</t>
-[...104 lines deleted...]
-    <t>NOM-021-ENER/SCFI/ECOL</t>
+    <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4172</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
+    <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
-[...259 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4172</t>
   </si>
   <si>
-    <t>Sello FIDE No. 4176 - Solar Inverters</t>
-[...13 lines deleted...]
-  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
-    <t>Standard NOM-001-ENER-2014 - Pumps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
-    <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
-    <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
   <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
-    <t>Technical Regulation on Labeling</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
-    <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
-[...7 lines deleted...]
-  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
-    <t>WaterSense® Specification for Showerheads</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
   <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3413,12675 +2271,5222 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N294"/>
+  <dimension ref="A1:P108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1994</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
       </c>
       <c r="H3">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...15 lines deleted...]
-        <v>1980</v>
+      <c r="G4" t="s">
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1980</v>
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>43</v>
       </c>
-      <c r="J5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
         <v>57</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
-[...7 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K7"/>
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
       <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
         <v>59</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="F8" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2008</v>
+      </c>
+      <c r="J8" t="s">
         <v>61</v>
       </c>
-      <c r="B8" t="s">
-[...18 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
         <v>64</v>
       </c>
-      <c r="J8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="K9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>59</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
         <v>75</v>
       </c>
-      <c r="L9" t="s">
-[...113 lines deleted...]
-      <c r="H12">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="I12" t="s">
-[...46 lines deleted...]
-      <c r="J13" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...76 lines deleted...]
-        <v>2016</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="N15" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="M16" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="N16" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>133</v>
       </c>
       <c r="E17" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>135</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>134</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>134</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>46</v>
+      </c>
+      <c r="N21" t="s">
+        <v>36</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>36</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>166</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>159</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>36</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
+        <v>173</v>
+      </c>
+      <c r="E24" t="s">
+        <v>174</v>
+      </c>
+      <c r="F24" t="s">
+        <v>175</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>176</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>177</v>
+      </c>
+      <c r="M24" t="s">
+        <v>178</v>
+      </c>
+      <c r="N24" t="s">
+        <v>179</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>172</v>
+      </c>
+      <c r="D25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>176</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>179</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>123</v>
+      </c>
+      <c r="D26" t="s">
+        <v>75</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>125</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>36</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>193</v>
+      </c>
+      <c r="D27" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>195</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>197</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>36</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>193</v>
+      </c>
+      <c r="D28" t="s">
+        <v>203</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>195</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2020</v>
       </c>
-      <c r="I18" t="s">
-[...406 lines deleted...]
-      <c r="N27" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>196</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>198</v>
+      </c>
+      <c r="N28" t="s">
+        <v>36</v>
+      </c>
+      <c r="O28" t="s">
+        <v>205</v>
+      </c>
+      <c r="P28" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>208</v>
+      </c>
+      <c r="C29" t="s">
+        <v>193</v>
+      </c>
+      <c r="D29" t="s">
         <v>158</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>52</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>29</v>
+        <v>209</v>
       </c>
       <c r="K29" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>92</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>198</v>
       </c>
       <c r="N29" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30" t="s">
+        <v>193</v>
+      </c>
+      <c r="D30" t="s">
+        <v>194</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>209</v>
+      </c>
+      <c r="K30" t="s">
+        <v>213</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>198</v>
+      </c>
+      <c r="N30" t="s">
+        <v>36</v>
+      </c>
+      <c r="O30" t="s">
+        <v>215</v>
+      </c>
+      <c r="P30" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>193</v>
+      </c>
+      <c r="D31" t="s">
+        <v>219</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>220</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>196</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>222</v>
+      </c>
+      <c r="P31" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>224</v>
+      </c>
+      <c r="B32" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" t="s">
+        <v>193</v>
+      </c>
+      <c r="D32" t="s">
+        <v>133</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>209</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>226</v>
+      </c>
+      <c r="M32" t="s">
+        <v>198</v>
+      </c>
+      <c r="N32" t="s">
+        <v>36</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>229</v>
+      </c>
+      <c r="B33" t="s">
+        <v>230</v>
+      </c>
+      <c r="C33" t="s">
+        <v>193</v>
+      </c>
+      <c r="D33" t="s">
+        <v>231</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>209</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>232</v>
+      </c>
+      <c r="N33" t="s">
+        <v>233</v>
+      </c>
+      <c r="O33" t="s">
+        <v>234</v>
+      </c>
+      <c r="P33" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>236</v>
+      </c>
+      <c r="B34" t="s">
+        <v>237</v>
+      </c>
+      <c r="C34" t="s">
+        <v>193</v>
+      </c>
+      <c r="D34" t="s">
+        <v>238</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>195</v>
+      </c>
+      <c r="G34" t="s">
+        <v>220</v>
+      </c>
+      <c r="H34">
+        <v>2025</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>196</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>198</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>244</v>
+      </c>
+      <c r="D35" t="s">
+        <v>75</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>52</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>159</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>245</v>
+      </c>
+      <c r="M35" t="s">
+        <v>246</v>
+      </c>
+      <c r="N35" t="s">
+        <v>36</v>
+      </c>
+      <c r="O35" t="s">
+        <v>247</v>
+      </c>
+      <c r="P35" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>249</v>
+      </c>
+      <c r="B36" t="s">
+        <v>250</v>
+      </c>
+      <c r="C36" t="s">
+        <v>244</v>
+      </c>
+      <c r="D36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>159</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>246</v>
+      </c>
+      <c r="N36" t="s">
+        <v>36</v>
+      </c>
+      <c r="O36" t="s">
+        <v>251</v>
+      </c>
+      <c r="P36" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>253</v>
+      </c>
+      <c r="B37" t="s">
+        <v>254</v>
+      </c>
+      <c r="C37" t="s">
+        <v>244</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>159</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>246</v>
+      </c>
+      <c r="N37" t="s">
+        <v>36</v>
+      </c>
+      <c r="O37" t="s">
+        <v>256</v>
+      </c>
+      <c r="P37" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>258</v>
+      </c>
+      <c r="B38" t="s">
+        <v>259</v>
+      </c>
+      <c r="C38" t="s">
+        <v>244</v>
+      </c>
+      <c r="D38" t="s">
+        <v>260</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>261</v>
+      </c>
+      <c r="M38" t="s">
+        <v>246</v>
+      </c>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
+        <v>262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>264</v>
+      </c>
+      <c r="B39" t="s">
+        <v>265</v>
+      </c>
+      <c r="C39" t="s">
+        <v>244</v>
+      </c>
+      <c r="D39" t="s">
+        <v>158</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>52</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>159</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>266</v>
+      </c>
+      <c r="M39" t="s">
+        <v>246</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>267</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>269</v>
+      </c>
+      <c r="B40" t="s">
+        <v>270</v>
+      </c>
+      <c r="C40" t="s">
+        <v>244</v>
+      </c>
+      <c r="D40" t="s">
         <v>166</v>
       </c>
-      <c r="B30" t="s">
-[...55 lines deleted...]
-      <c r="F31" t="s">
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>159</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>246</v>
+      </c>
+      <c r="N40" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>273</v>
+      </c>
+      <c r="B41" t="s">
+        <v>274</v>
+      </c>
+      <c r="C41" t="s">
+        <v>123</v>
+      </c>
+      <c r="D41" t="s">
+        <v>275</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2022</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>276</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>277</v>
+      </c>
+      <c r="M41" t="s">
+        <v>188</v>
+      </c>
+      <c r="N41" t="s">
+        <v>36</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>280</v>
+      </c>
+      <c r="B42" t="s">
+        <v>281</v>
+      </c>
+      <c r="C42" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" t="s">
         <v>19</v>
       </c>
-      <c r="G31">
-[...20 lines deleted...]
-      <c r="N31" t="s">
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2022</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>282</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>283</v>
+      </c>
+      <c r="P42" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" t="s">
+        <v>286</v>
+      </c>
+      <c r="C43" t="s">
+        <v>287</v>
+      </c>
+      <c r="D43" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>111</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>288</v>
+      </c>
+      <c r="M43" t="s">
+        <v>289</v>
+      </c>
+      <c r="N43" t="s">
+        <v>36</v>
+      </c>
+      <c r="O43" t="s">
+        <v>290</v>
+      </c>
+      <c r="P43" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>292</v>
+      </c>
+      <c r="B44" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" t="s">
+        <v>123</v>
+      </c>
+      <c r="D44" t="s">
+        <v>152</v>
+      </c>
+      <c r="E44" t="s">
+        <v>59</v>
+      </c>
+      <c r="F44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>125</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>294</v>
+      </c>
+      <c r="M44" t="s">
+        <v>295</v>
+      </c>
+      <c r="N44" t="s">
+        <v>36</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>123</v>
+      </c>
+      <c r="D45" t="s">
+        <v>133</v>
+      </c>
+      <c r="E45" t="s">
+        <v>59</v>
+      </c>
+      <c r="F45" t="s">
+        <v>60</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>125</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>295</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" t="s">
+        <v>303</v>
+      </c>
+      <c r="E46" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>125</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>304</v>
+      </c>
+      <c r="M46" t="s">
+        <v>295</v>
+      </c>
+      <c r="N46" t="s">
+        <v>36</v>
+      </c>
+      <c r="O46" t="s">
+        <v>305</v>
+      </c>
+      <c r="P46" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>307</v>
+      </c>
+      <c r="B47" t="s">
+        <v>308</v>
+      </c>
+      <c r="C47" t="s">
+        <v>123</v>
+      </c>
+      <c r="D47" t="s">
         <v>173</v>
       </c>
-    </row>
-[...45 lines deleted...]
-      <c r="A33" t="s">
+      <c r="E47" t="s">
+        <v>59</v>
+      </c>
+      <c r="F47" t="s">
+        <v>60</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2010</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>125</v>
+      </c>
+      <c r="K47" t="s">
+        <v>309</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>295</v>
+      </c>
+      <c r="N47" t="s">
         <v>179</v>
       </c>
-      <c r="B33" t="s">
-[...188 lines deleted...]
-      <c r="G37">
+      <c r="O47" t="s">
+        <v>310</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>311</v>
+      </c>
+      <c r="B48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C48" t="s">
+        <v>41</v>
+      </c>
+      <c r="D48" t="s">
+        <v>303</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2016</v>
       </c>
-      <c r="H37">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>125</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>313</v>
+      </c>
+      <c r="M48" t="s">
+        <v>46</v>
+      </c>
+      <c r="N48" t="s">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>314</v>
+      </c>
+      <c r="P48" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>316</v>
+      </c>
+      <c r="B49" t="s">
+        <v>317</v>
+      </c>
+      <c r="C49" t="s">
+        <v>41</v>
+      </c>
+      <c r="D49" t="s">
+        <v>318</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>2016</v>
       </c>
-      <c r="I37" t="s">
-[...527 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="K49" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>92</v>
+        <v>319</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N49" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O49" t="s">
+        <v>320</v>
+      </c>
+      <c r="P49" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>238</v>
+        <v>322</v>
       </c>
       <c r="B50" t="s">
-        <v>112</v>
+        <v>323</v>
       </c>
       <c r="C50" t="s">
-        <v>146</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>42</v>
+        <v>324</v>
       </c>
       <c r="E50" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>33</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>239</v>
+        <v>125</v>
       </c>
       <c r="K50" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>92</v>
+        <v>325</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N50" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O50" t="s">
+        <v>326</v>
+      </c>
+      <c r="P50" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>242</v>
+        <v>328</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>329</v>
       </c>
       <c r="C51" t="s">
-        <v>243</v>
+        <v>41</v>
       </c>
       <c r="D51" t="s">
-        <v>42</v>
+        <v>330</v>
       </c>
       <c r="E51" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>65</v>
+        <v>125</v>
       </c>
       <c r="K51" t="s">
-        <v>244</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>92</v>
+        <v>331</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N51" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O51" t="s">
+        <v>332</v>
+      </c>
+      <c r="P51" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>246</v>
+        <v>334</v>
       </c>
       <c r="B52" t="s">
-        <v>112</v>
+        <v>335</v>
       </c>
       <c r="C52" t="s">
-        <v>247</v>
+        <v>110</v>
       </c>
       <c r="D52" t="s">
-        <v>42</v>
+        <v>133</v>
       </c>
       <c r="E52" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K52" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="N52" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O52" t="s">
+        <v>336</v>
+      </c>
+      <c r="P52" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>250</v>
+        <v>338</v>
       </c>
       <c r="B53" t="s">
-        <v>112</v>
+        <v>339</v>
       </c>
       <c r="C53" t="s">
-        <v>251</v>
+        <v>110</v>
       </c>
       <c r="D53" t="s">
-        <v>42</v>
+        <v>340</v>
       </c>
       <c r="E53" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>195</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>29</v>
+        <v>159</v>
       </c>
       <c r="K53" t="s">
-        <v>252</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>92</v>
+        <v>341</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="N53" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O53" t="s">
+        <v>342</v>
+      </c>
+      <c r="P53" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>254</v>
+        <v>344</v>
       </c>
       <c r="B54" t="s">
-        <v>112</v>
+        <v>345</v>
       </c>
       <c r="C54" t="s">
-        <v>255</v>
+        <v>110</v>
       </c>
       <c r="D54" t="s">
-        <v>42</v>
+        <v>166</v>
       </c>
       <c r="E54" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>195</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>111</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>346</v>
+      </c>
+      <c r="M54" t="s">
+        <v>161</v>
+      </c>
+      <c r="N54" t="s">
+        <v>36</v>
+      </c>
+      <c r="O54" t="s">
+        <v>347</v>
+      </c>
+      <c r="P54" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>349</v>
+      </c>
+      <c r="B55" t="s">
+        <v>350</v>
+      </c>
+      <c r="C55" t="s">
+        <v>41</v>
+      </c>
+      <c r="D55" t="s">
+        <v>351</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2019</v>
+      </c>
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>125</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>352</v>
+      </c>
+      <c r="M55" t="s">
+        <v>46</v>
+      </c>
+      <c r="N55" t="s">
+        <v>36</v>
+      </c>
+      <c r="O55" t="s">
+        <v>353</v>
+      </c>
+      <c r="P55" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>355</v>
+      </c>
+      <c r="B56" t="s">
+        <v>356</v>
+      </c>
+      <c r="C56" t="s">
+        <v>287</v>
+      </c>
+      <c r="D56" t="s">
+        <v>158</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2007</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>125</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>357</v>
+      </c>
+      <c r="M56" t="s">
+        <v>358</v>
+      </c>
+      <c r="N56" t="s">
+        <v>36</v>
+      </c>
+      <c r="O56" t="s">
+        <v>359</v>
+      </c>
+      <c r="P56" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>361</v>
+      </c>
+      <c r="B57" t="s">
+        <v>362</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>363</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>125</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>364</v>
+      </c>
+      <c r="M57" t="s">
+        <v>358</v>
+      </c>
+      <c r="N57" t="s">
+        <v>36</v>
+      </c>
+      <c r="O57" t="s">
+        <v>365</v>
+      </c>
+      <c r="P57" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>367</v>
+      </c>
+      <c r="B58" t="s">
+        <v>368</v>
+      </c>
+      <c r="C58" t="s">
+        <v>287</v>
+      </c>
+      <c r="D58" t="s">
+        <v>166</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>52</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2018</v>
       </c>
-      <c r="I54" t="s">
-[...34 lines deleted...]
-      <c r="F55" t="s">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>125</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>369</v>
+      </c>
+      <c r="M58" t="s">
+        <v>358</v>
+      </c>
+      <c r="N58" t="s">
+        <v>36</v>
+      </c>
+      <c r="O58" t="s">
+        <v>370</v>
+      </c>
+      <c r="P58" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>372</v>
+      </c>
+      <c r="B59" t="s">
+        <v>373</v>
+      </c>
+      <c r="C59" t="s">
+        <v>287</v>
+      </c>
+      <c r="D59" t="s">
+        <v>374</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>125</v>
+      </c>
+      <c r="K59" t="s">
+        <v>375</v>
+      </c>
+      <c r="L59" t="s">
+        <v>376</v>
+      </c>
+      <c r="M59" t="s">
+        <v>358</v>
+      </c>
+      <c r="N59" t="s">
+        <v>36</v>
+      </c>
+      <c r="O59" t="s">
+        <v>377</v>
+      </c>
+      <c r="P59" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>379</v>
+      </c>
+      <c r="B60" t="s">
+        <v>380</v>
+      </c>
+      <c r="C60" t="s">
+        <v>287</v>
+      </c>
+      <c r="D60" t="s">
+        <v>381</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>125</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>382</v>
+      </c>
+      <c r="M60" t="s">
+        <v>358</v>
+      </c>
+      <c r="N60" t="s">
+        <v>36</v>
+      </c>
+      <c r="O60" t="s">
+        <v>383</v>
+      </c>
+      <c r="P60" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>385</v>
+      </c>
+      <c r="B61" t="s">
+        <v>386</v>
+      </c>
+      <c r="C61" t="s">
+        <v>287</v>
+      </c>
+      <c r="D61" t="s">
+        <v>387</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>33</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2014</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>125</v>
+      </c>
+      <c r="K61" t="s">
+        <v>375</v>
+      </c>
+      <c r="L61" t="s">
+        <v>388</v>
+      </c>
+      <c r="M61" t="s">
+        <v>358</v>
+      </c>
+      <c r="N61" t="s">
+        <v>36</v>
+      </c>
+      <c r="O61" t="s">
+        <v>389</v>
+      </c>
+      <c r="P61" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>391</v>
+      </c>
+      <c r="B62" t="s">
+        <v>392</v>
+      </c>
+      <c r="C62" t="s">
+        <v>287</v>
+      </c>
+      <c r="D62" t="s">
+        <v>324</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>33</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2017</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>125</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>393</v>
+      </c>
+      <c r="M62" t="s">
+        <v>358</v>
+      </c>
+      <c r="N62" t="s">
+        <v>36</v>
+      </c>
+      <c r="O62" t="s">
+        <v>394</v>
+      </c>
+      <c r="P62" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" t="s">
+        <v>397</v>
+      </c>
+      <c r="C63" t="s">
+        <v>287</v>
+      </c>
+      <c r="D63" t="s">
         <v>51</v>
       </c>
-      <c r="G55">
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>125</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>398</v>
+      </c>
+      <c r="M63" t="s">
+        <v>358</v>
+      </c>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>399</v>
+      </c>
+      <c r="P63" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>401</v>
+      </c>
+      <c r="B64" t="s">
+        <v>402</v>
+      </c>
+      <c r="C64" t="s">
+        <v>287</v>
+      </c>
+      <c r="D64" t="s">
+        <v>75</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>33</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2011</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>125</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>403</v>
+      </c>
+      <c r="M64" t="s">
+        <v>358</v>
+      </c>
+      <c r="N64" t="s">
+        <v>36</v>
+      </c>
+      <c r="O64" t="s">
+        <v>404</v>
+      </c>
+      <c r="P64" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>406</v>
+      </c>
+      <c r="B65" t="s">
+        <v>407</v>
+      </c>
+      <c r="C65" t="s">
+        <v>287</v>
+      </c>
+      <c r="D65" t="s">
+        <v>275</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>52</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>125</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>408</v>
+      </c>
+      <c r="M65" t="s">
+        <v>358</v>
+      </c>
+      <c r="N65" t="s">
+        <v>36</v>
+      </c>
+      <c r="O65" t="s">
+        <v>409</v>
+      </c>
+      <c r="P65" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>411</v>
+      </c>
+      <c r="B66" t="s">
+        <v>412</v>
+      </c>
+      <c r="C66" t="s">
+        <v>287</v>
+      </c>
+      <c r="D66" t="s">
+        <v>351</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>125</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>358</v>
+      </c>
+      <c r="N66" t="s">
+        <v>36</v>
+      </c>
+      <c r="O66" t="s">
+        <v>414</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>418</v>
+      </c>
+      <c r="D67" t="s">
+        <v>166</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>195</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2019</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>419</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>420</v>
+      </c>
+      <c r="M67" t="s">
+        <v>421</v>
+      </c>
+      <c r="N67" t="s">
+        <v>36</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>418</v>
+      </c>
+      <c r="D68" t="s">
+        <v>166</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>195</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2019</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>419</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>426</v>
+      </c>
+      <c r="M68" t="s">
+        <v>421</v>
+      </c>
+      <c r="N68" t="s">
+        <v>36</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>428</v>
+      </c>
+      <c r="B69" t="s">
+        <v>429</v>
+      </c>
+      <c r="C69" t="s">
+        <v>418</v>
+      </c>
+      <c r="D69" t="s">
+        <v>166</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>195</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2019</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>419</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>430</v>
+      </c>
+      <c r="M69" t="s">
+        <v>421</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>431</v>
+      </c>
+      <c r="P69" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>432</v>
+      </c>
+      <c r="B70" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" t="s">
+        <v>418</v>
+      </c>
+      <c r="D70" t="s">
+        <v>166</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>195</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2019</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>419</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>434</v>
+      </c>
+      <c r="M70" t="s">
+        <v>421</v>
+      </c>
+      <c r="N70" t="s">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>435</v>
+      </c>
+      <c r="P70" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>436</v>
+      </c>
+      <c r="B71" t="s">
+        <v>437</v>
+      </c>
+      <c r="C71" t="s">
+        <v>418</v>
+      </c>
+      <c r="D71" t="s">
+        <v>158</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>195</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2019</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>419</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>438</v>
+      </c>
+      <c r="M71" t="s">
+        <v>421</v>
+      </c>
+      <c r="N71" t="s">
+        <v>36</v>
+      </c>
+      <c r="O71" t="s">
+        <v>439</v>
+      </c>
+      <c r="P71" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>441</v>
+      </c>
+      <c r="B72" t="s">
+        <v>442</v>
+      </c>
+      <c r="C72" t="s">
+        <v>41</v>
+      </c>
+      <c r="D72" t="s">
+        <v>166</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>195</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>43</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>46</v>
+      </c>
+      <c r="N72" t="s">
+        <v>36</v>
+      </c>
+      <c r="O72" t="s">
+        <v>443</v>
+      </c>
+      <c r="P72" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>445</v>
+      </c>
+      <c r="B73" t="s">
+        <v>446</v>
+      </c>
+      <c r="C73" t="s">
+        <v>447</v>
+      </c>
+      <c r="D73" t="s">
+        <v>275</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>195</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>419</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>448</v>
+      </c>
+      <c r="N73" t="s">
+        <v>36</v>
+      </c>
+      <c r="O73" t="s">
+        <v>449</v>
+      </c>
+      <c r="P73" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>451</v>
+      </c>
+      <c r="B74" t="s">
+        <v>157</v>
+      </c>
+      <c r="C74" t="s">
+        <v>447</v>
+      </c>
+      <c r="D74" t="s">
+        <v>158</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>52</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>419</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>448</v>
+      </c>
+      <c r="N74" t="s">
+        <v>36</v>
+      </c>
+      <c r="O74" t="s">
+        <v>452</v>
+      </c>
+      <c r="P74" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>454</v>
+      </c>
+      <c r="B75" t="s">
+        <v>455</v>
+      </c>
+      <c r="C75" t="s">
+        <v>447</v>
+      </c>
+      <c r="D75" t="s">
+        <v>166</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>195</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2014</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>419</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>448</v>
+      </c>
+      <c r="N75" t="s">
+        <v>36</v>
+      </c>
+      <c r="O75" t="s">
+        <v>456</v>
+      </c>
+      <c r="P75" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>454</v>
+      </c>
+      <c r="B76" t="s">
+        <v>157</v>
+      </c>
+      <c r="C76" t="s">
+        <v>447</v>
+      </c>
+      <c r="D76" t="s">
+        <v>166</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>195</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2014</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>419</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>448</v>
+      </c>
+      <c r="N76" t="s">
+        <v>36</v>
+      </c>
+      <c r="O76" t="s">
+        <v>458</v>
+      </c>
+      <c r="P76" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>459</v>
+      </c>
+      <c r="B77" t="s">
+        <v>460</v>
+      </c>
+      <c r="C77" t="s">
+        <v>461</v>
+      </c>
+      <c r="D77" t="s">
+        <v>462</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>195</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2019</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>419</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>463</v>
+      </c>
+      <c r="N77" t="s">
+        <v>36</v>
+      </c>
+      <c r="O77" t="s">
+        <v>464</v>
+      </c>
+      <c r="P77" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>466</v>
+      </c>
+      <c r="B78" t="s">
+        <v>467</v>
+      </c>
+      <c r="C78" t="s">
+        <v>461</v>
+      </c>
+      <c r="D78" t="s">
+        <v>166</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>195</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2019</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>419</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>463</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>468</v>
+      </c>
+      <c r="P78" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>470</v>
+      </c>
+      <c r="B79" t="s">
+        <v>471</v>
+      </c>
+      <c r="C79" t="s">
+        <v>461</v>
+      </c>
+      <c r="D79" t="s">
+        <v>166</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>195</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2019</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>419</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>463</v>
+      </c>
+      <c r="N79" t="s">
+        <v>36</v>
+      </c>
+      <c r="O79" t="s">
+        <v>472</v>
+      </c>
+      <c r="P79" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>474</v>
+      </c>
+      <c r="B80" t="s">
+        <v>475</v>
+      </c>
+      <c r="C80" t="s">
+        <v>461</v>
+      </c>
+      <c r="D80" t="s">
+        <v>158</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>195</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2019</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>419</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>463</v>
+      </c>
+      <c r="N80" t="s">
+        <v>36</v>
+      </c>
+      <c r="O80" t="s">
+        <v>476</v>
+      </c>
+      <c r="P80" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>478</v>
+      </c>
+      <c r="B81" t="s">
+        <v>479</v>
+      </c>
+      <c r="C81" t="s">
+        <v>461</v>
+      </c>
+      <c r="D81" t="s">
+        <v>480</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>195</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2019</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>419</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>463</v>
+      </c>
+      <c r="N81" t="s">
+        <v>36</v>
+      </c>
+      <c r="O81" t="s">
+        <v>481</v>
+      </c>
+      <c r="P81" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>483</v>
+      </c>
+      <c r="B82" t="s">
+        <v>484</v>
+      </c>
+      <c r="C82" t="s">
+        <v>461</v>
+      </c>
+      <c r="D82" t="s">
+        <v>124</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>195</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2019</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>419</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>463</v>
+      </c>
+      <c r="N82" t="s">
+        <v>36</v>
+      </c>
+      <c r="O82" t="s">
+        <v>485</v>
+      </c>
+      <c r="P82" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>487</v>
+      </c>
+      <c r="B83" t="s">
+        <v>488</v>
+      </c>
+      <c r="C83" t="s">
+        <v>193</v>
+      </c>
+      <c r="D83" t="s">
+        <v>489</v>
+      </c>
+      <c r="E83" t="s">
+        <v>59</v>
+      </c>
+      <c r="F83" t="s">
+        <v>60</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2011</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>125</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>490</v>
+      </c>
+      <c r="M83" t="s">
+        <v>491</v>
+      </c>
+      <c r="N83" t="s">
+        <v>36</v>
+      </c>
+      <c r="O83" t="s">
+        <v>492</v>
+      </c>
+      <c r="P83" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>494</v>
+      </c>
+      <c r="B84" t="s">
+        <v>495</v>
+      </c>
+      <c r="C84" t="s">
+        <v>193</v>
+      </c>
+      <c r="D84" t="s">
+        <v>75</v>
+      </c>
+      <c r="E84" t="s">
+        <v>59</v>
+      </c>
+      <c r="F84" t="s">
+        <v>60</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>111</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>496</v>
+      </c>
+      <c r="M84" t="s">
+        <v>497</v>
+      </c>
+      <c r="N84" t="s">
+        <v>36</v>
+      </c>
+      <c r="O84" t="s">
+        <v>498</v>
+      </c>
+      <c r="P84"/>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>499</v>
+      </c>
+      <c r="B85" t="s">
+        <v>500</v>
+      </c>
+      <c r="C85" t="s">
+        <v>193</v>
+      </c>
+      <c r="D85" t="s">
+        <v>133</v>
+      </c>
+      <c r="E85" t="s">
+        <v>59</v>
+      </c>
+      <c r="F85" t="s">
+        <v>60</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2013</v>
       </c>
-      <c r="H55"/>
-[...41 lines deleted...]
-      <c r="H56">
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>111</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>501</v>
+      </c>
+      <c r="M85" t="s">
+        <v>497</v>
+      </c>
+      <c r="N85" t="s">
+        <v>36</v>
+      </c>
+      <c r="O85" t="s">
+        <v>502</v>
+      </c>
+      <c r="P85"/>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>503</v>
+      </c>
+      <c r="B86" t="s">
+        <v>504</v>
+      </c>
+      <c r="C86" t="s">
+        <v>505</v>
+      </c>
+      <c r="D86" t="s">
+        <v>75</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>195</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>159</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>506</v>
+      </c>
+      <c r="N86" t="s">
+        <v>36</v>
+      </c>
+      <c r="O86" t="s">
+        <v>507</v>
+      </c>
+      <c r="P86" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>509</v>
+      </c>
+      <c r="B87" t="s">
+        <v>510</v>
+      </c>
+      <c r="C87" t="s">
+        <v>505</v>
+      </c>
+      <c r="D87" t="s">
+        <v>340</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>52</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2011</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>34</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>506</v>
+      </c>
+      <c r="N87" t="s">
+        <v>36</v>
+      </c>
+      <c r="O87" t="s">
+        <v>511</v>
+      </c>
+      <c r="P87" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>513</v>
+      </c>
+      <c r="B88" t="s">
+        <v>514</v>
+      </c>
+      <c r="C88" t="s">
+        <v>505</v>
+      </c>
+      <c r="D88" t="s">
+        <v>166</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>52</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2016</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>34</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>506</v>
+      </c>
+      <c r="N88" t="s">
+        <v>36</v>
+      </c>
+      <c r="O88" t="s">
+        <v>515</v>
+      </c>
+      <c r="P88" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>517</v>
+      </c>
+      <c r="B89" t="s">
+        <v>518</v>
+      </c>
+      <c r="C89" t="s">
+        <v>505</v>
+      </c>
+      <c r="D89" t="s">
+        <v>166</v>
+      </c>
+      <c r="E89" t="s">
+        <v>59</v>
+      </c>
+      <c r="F89" t="s">
+        <v>33</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>519</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>520</v>
+      </c>
+      <c r="N89" t="s">
+        <v>36</v>
+      </c>
+      <c r="O89" t="s">
+        <v>521</v>
+      </c>
+      <c r="P89" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>522</v>
+      </c>
+      <c r="B90" t="s">
+        <v>523</v>
+      </c>
+      <c r="C90" t="s">
+        <v>505</v>
+      </c>
+      <c r="D90" t="s">
+        <v>158</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>52</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>159</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>506</v>
+      </c>
+      <c r="N90" t="s">
+        <v>36</v>
+      </c>
+      <c r="O90" t="s">
+        <v>524</v>
+      </c>
+      <c r="P90" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>526</v>
+      </c>
+      <c r="B91" t="s">
+        <v>527</v>
+      </c>
+      <c r="C91" t="s">
+        <v>193</v>
+      </c>
+      <c r="D91" t="s">
+        <v>194</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>195</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2011</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>125</v>
+      </c>
+      <c r="K91" t="s">
+        <v>375</v>
+      </c>
+      <c r="L91" t="s">
+        <v>528</v>
+      </c>
+      <c r="M91" t="s">
+        <v>198</v>
+      </c>
+      <c r="N91" t="s">
+        <v>36</v>
+      </c>
+      <c r="O91" t="s">
+        <v>529</v>
+      </c>
+      <c r="P91" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>531</v>
+      </c>
+      <c r="B92" t="s">
+        <v>532</v>
+      </c>
+      <c r="C92" t="s">
+        <v>193</v>
+      </c>
+      <c r="D92" t="s">
+        <v>158</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>195</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>125</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>533</v>
+      </c>
+      <c r="M92" t="s">
+        <v>198</v>
+      </c>
+      <c r="N92" t="s">
+        <v>36</v>
+      </c>
+      <c r="O92" t="s">
+        <v>534</v>
+      </c>
+      <c r="P92" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>536</v>
+      </c>
+      <c r="B93" t="s">
+        <v>537</v>
+      </c>
+      <c r="C93" t="s">
+        <v>193</v>
+      </c>
+      <c r="D93" t="s">
+        <v>538</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>195</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>209</v>
+      </c>
+      <c r="K93" t="s">
+        <v>375</v>
+      </c>
+      <c r="L93" t="s">
+        <v>539</v>
+      </c>
+      <c r="M93" t="s">
+        <v>198</v>
+      </c>
+      <c r="N93" t="s">
+        <v>36</v>
+      </c>
+      <c r="O93" t="s">
+        <v>540</v>
+      </c>
+      <c r="P93" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>542</v>
+      </c>
+      <c r="B94" t="s">
+        <v>543</v>
+      </c>
+      <c r="C94" t="s">
+        <v>193</v>
+      </c>
+      <c r="D94" t="s">
+        <v>133</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>52</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>125</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>544</v>
+      </c>
+      <c r="M94" t="s">
+        <v>198</v>
+      </c>
+      <c r="N94" t="s">
+        <v>36</v>
+      </c>
+      <c r="O94" t="s">
+        <v>545</v>
+      </c>
+      <c r="P94" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>547</v>
+      </c>
+      <c r="B95" t="s">
+        <v>548</v>
+      </c>
+      <c r="C95" t="s">
+        <v>193</v>
+      </c>
+      <c r="D95" t="s">
+        <v>363</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>195</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2014</v>
       </c>
-      <c r="I56" t="s">
-[...125 lines deleted...]
-      <c r="G59">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>125</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>549</v>
+      </c>
+      <c r="M95" t="s">
+        <v>198</v>
+      </c>
+      <c r="N95" t="s">
+        <v>36</v>
+      </c>
+      <c r="O95" t="s">
+        <v>550</v>
+      </c>
+      <c r="P95" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>552</v>
+      </c>
+      <c r="B96" t="s">
+        <v>553</v>
+      </c>
+      <c r="C96" t="s">
+        <v>554</v>
+      </c>
+      <c r="D96" t="s">
+        <v>555</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>52</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>519</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>556</v>
+      </c>
+      <c r="N96" t="s">
+        <v>36</v>
+      </c>
+      <c r="O96" t="s">
+        <v>557</v>
+      </c>
+      <c r="P96" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>559</v>
+      </c>
+      <c r="B97" t="s">
+        <v>560</v>
+      </c>
+      <c r="C97" t="s">
+        <v>554</v>
+      </c>
+      <c r="D97" t="s">
+        <v>561</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>33</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2017</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>519</v>
+      </c>
+      <c r="K97" t="s">
+        <v>562</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>556</v>
+      </c>
+      <c r="N97" t="s">
+        <v>233</v>
+      </c>
+      <c r="O97" t="s">
+        <v>563</v>
+      </c>
+      <c r="P97" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>565</v>
+      </c>
+      <c r="B98" t="s">
+        <v>157</v>
+      </c>
+      <c r="C98" t="s">
+        <v>447</v>
+      </c>
+      <c r="D98" t="s">
+        <v>75</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>195</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2010</v>
       </c>
-      <c r="H59">
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>419</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>448</v>
+      </c>
+      <c r="N98" t="s">
+        <v>36</v>
+      </c>
+      <c r="O98" t="s">
+        <v>566</v>
+      </c>
+      <c r="P98" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>567</v>
+      </c>
+      <c r="B99" t="s">
+        <v>568</v>
+      </c>
+      <c r="C99" t="s">
+        <v>81</v>
+      </c>
+      <c r="D99" t="s">
+        <v>569</v>
+      </c>
+      <c r="E99" t="s">
+        <v>59</v>
+      </c>
+      <c r="F99" t="s">
+        <v>60</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2013</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>61</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>570</v>
+      </c>
+      <c r="M99" t="s">
+        <v>571</v>
+      </c>
+      <c r="N99" t="s">
+        <v>36</v>
+      </c>
+      <c r="O99" t="s">
+        <v>572</v>
+      </c>
+      <c r="P99" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>574</v>
+      </c>
+      <c r="B100" t="s">
+        <v>575</v>
+      </c>
+      <c r="C100" t="s">
+        <v>576</v>
+      </c>
+      <c r="D100" t="s">
+        <v>158</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>52</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2011</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>419</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>577</v>
+      </c>
+      <c r="M100" t="s">
+        <v>578</v>
+      </c>
+      <c r="N100" t="s">
+        <v>36</v>
+      </c>
+      <c r="O100" t="s">
+        <v>579</v>
+      </c>
+      <c r="P100" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>581</v>
+      </c>
+      <c r="B101" t="s">
+        <v>582</v>
+      </c>
+      <c r="C101" t="s">
+        <v>576</v>
+      </c>
+      <c r="D101" t="s">
+        <v>583</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>195</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2007</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>419</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>584</v>
+      </c>
+      <c r="M101" t="s">
+        <v>578</v>
+      </c>
+      <c r="N101" t="s">
+        <v>36</v>
+      </c>
+      <c r="O101" t="s">
+        <v>585</v>
+      </c>
+      <c r="P101" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>587</v>
+      </c>
+      <c r="B102" t="s">
+        <v>588</v>
+      </c>
+      <c r="C102" t="s">
+        <v>576</v>
+      </c>
+      <c r="D102" t="s">
+        <v>75</v>
+      </c>
+      <c r="E102" t="s">
+        <v>59</v>
+      </c>
+      <c r="F102" t="s">
+        <v>33</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2007</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>519</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>589</v>
+      </c>
+      <c r="M102" t="s">
+        <v>578</v>
+      </c>
+      <c r="N102" t="s">
+        <v>36</v>
+      </c>
+      <c r="O102" t="s">
+        <v>590</v>
+      </c>
+      <c r="P102" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>592</v>
+      </c>
+      <c r="B103" t="s">
+        <v>593</v>
+      </c>
+      <c r="C103" t="s">
+        <v>576</v>
+      </c>
+      <c r="D103" t="s">
+        <v>340</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>52</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2007</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>419</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>589</v>
+      </c>
+      <c r="M103" t="s">
+        <v>578</v>
+      </c>
+      <c r="N103" t="s">
+        <v>36</v>
+      </c>
+      <c r="O103" t="s">
+        <v>594</v>
+      </c>
+      <c r="P103" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>595</v>
+      </c>
+      <c r="B104" t="s">
+        <v>596</v>
+      </c>
+      <c r="C104" t="s">
+        <v>576</v>
+      </c>
+      <c r="D104" t="s">
+        <v>597</v>
+      </c>
+      <c r="E104" t="s">
+        <v>59</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2009</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>519</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>598</v>
+      </c>
+      <c r="M104" t="s">
+        <v>578</v>
+      </c>
+      <c r="N104" t="s">
+        <v>36</v>
+      </c>
+      <c r="O104" t="s">
+        <v>599</v>
+      </c>
+      <c r="P104" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>601</v>
+      </c>
+      <c r="B105" t="s">
+        <v>602</v>
+      </c>
+      <c r="C105" t="s">
+        <v>576</v>
+      </c>
+      <c r="D105" t="s">
+        <v>166</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2009</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>419</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>598</v>
+      </c>
+      <c r="M105" t="s">
+        <v>578</v>
+      </c>
+      <c r="N105" t="s">
+        <v>36</v>
+      </c>
+      <c r="O105" t="s">
+        <v>603</v>
+      </c>
+      <c r="P105" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>604</v>
+      </c>
+      <c r="B106" t="s">
+        <v>605</v>
+      </c>
+      <c r="C106" t="s">
+        <v>81</v>
+      </c>
+      <c r="D106" t="s">
+        <v>606</v>
+      </c>
+      <c r="E106" t="s">
+        <v>59</v>
+      </c>
+      <c r="F106" t="s">
+        <v>607</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2007</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>608</v>
+      </c>
+      <c r="K106" t="s">
+        <v>609</v>
+      </c>
+      <c r="L106" t="s">
+        <v>610</v>
+      </c>
+      <c r="M106" t="s">
+        <v>611</v>
+      </c>
+      <c r="N106" t="s">
+        <v>612</v>
+      </c>
+      <c r="O106" t="s">
+        <v>613</v>
+      </c>
+      <c r="P106" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>615</v>
+      </c>
+      <c r="B107" t="s">
+        <v>616</v>
+      </c>
+      <c r="C107" t="s">
+        <v>81</v>
+      </c>
+      <c r="D107" t="s">
+        <v>617</v>
+      </c>
+      <c r="E107" t="s">
+        <v>59</v>
+      </c>
+      <c r="F107" t="s">
+        <v>607</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>608</v>
+      </c>
+      <c r="K107" t="s">
+        <v>609</v>
+      </c>
+      <c r="L107" t="s">
+        <v>618</v>
+      </c>
+      <c r="M107" t="s">
+        <v>611</v>
+      </c>
+      <c r="N107" t="s">
+        <v>612</v>
+      </c>
+      <c r="O107" t="s">
+        <v>619</v>
+      </c>
+      <c r="P107" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>621</v>
+      </c>
+      <c r="B108" t="s">
+        <v>622</v>
+      </c>
+      <c r="C108" t="s">
+        <v>81</v>
+      </c>
+      <c r="D108" t="s">
+        <v>623</v>
+      </c>
+      <c r="E108" t="s">
+        <v>59</v>
+      </c>
+      <c r="F108" t="s">
+        <v>607</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2014</v>
       </c>
-      <c r="I59" t="s">
-[...2083 lines deleted...]
-      </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>29</v>
+        <v>608</v>
       </c>
       <c r="K108" t="s">
-        <v>429</v>
+        <v>609</v>
       </c>
       <c r="L108" t="s">
-        <v>430</v>
+        <v>624</v>
       </c>
       <c r="M108" t="s">
-        <v>336</v>
+        <v>611</v>
       </c>
       <c r="N108" t="s">
-        <v>431</v>
-[...2544 lines deleted...]
-      <c r="N168" t="s">
         <v>612</v>
       </c>
-    </row>
-[...179 lines deleted...]
-      <c r="C173" t="s">
+      <c r="O108" t="s">
         <v>625</v>
       </c>
-      <c r="D173" t="s">
-[...14 lines deleted...]
-      <c r="I173" t="s">
+      <c r="P108" t="s">
         <v>626</v>
       </c>
-      <c r="J173" t="s">
-[...5169 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>