--- v1 (2025-11-28)
+++ v2 (2026-03-18)
@@ -161,68 +161,50 @@
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...16 lines deleted...]
-  <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
     <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
 Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
 Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
@@ -358,50 +340,53 @@
 v. Switch; or
 vi. Access Point.</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
     <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
@@ -445,54 +430,57 @@
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1089,50 +1077,62 @@
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
   </si>
   <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
     <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
     <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
   </si>
   <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
   </si>
   <si>
     <t>PE Nº 5/06/2</t>
@@ -1782,51 +1782,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
-    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
@@ -2495,4364 +2495,4364 @@
       </c>
       <c r="L4" t="s">
         <v>45</v>
       </c>
       <c r="M4" t="s">
         <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>36</v>
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
         <v>36</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>36</v>
       </c>
       <c r="O6" t="s">
         <v>65</v>
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>69</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2008</v>
+      </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>36</v>
       </c>
       <c r="O7" t="s">
         <v>71</v>
       </c>
       <c r="P7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="L8" t="s">
         <v>76</v>
       </c>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N8" t="s">
         <v>36</v>
       </c>
       <c r="O8" t="s">
         <v>77</v>
       </c>
       <c r="P8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>81</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K9" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>82</v>
       </c>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>36</v>
       </c>
       <c r="O9" t="s">
         <v>83</v>
       </c>
       <c r="P9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>87</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>88</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N10" t="s">
         <v>36</v>
       </c>
       <c r="O10" t="s">
         <v>89</v>
       </c>
       <c r="P10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>91</v>
       </c>
       <c r="B11" t="s">
         <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
         <v>93</v>
       </c>
-      <c r="E11" t="s">
-[...18 lines deleted...]
-      <c r="L11" t="s">
+      <c r="M11" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
         <v>94</v>
       </c>
-      <c r="M11" t="s">
-[...5 lines deleted...]
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
         <v>97</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
         <v>98</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>99</v>
       </c>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
         <v>100</v>
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>102</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
-        <v>104</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="L13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L13"/>
+      <c r="M13"/>
       <c r="N13" t="s">
         <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
-      <c r="M14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
       <c r="N14" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
       <c r="M15" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D16" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>36</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>36</v>
       </c>
       <c r="O17" t="s">
         <v>136</v>
       </c>
       <c r="P17" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>138</v>
       </c>
       <c r="B18" t="s">
         <v>139</v>
       </c>
       <c r="C18" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2016</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>36</v>
       </c>
       <c r="O18" t="s">
         <v>140</v>
       </c>
       <c r="P18" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>142</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="N19" t="s">
         <v>36</v>
       </c>
       <c r="O19" t="s">
         <v>144</v>
       </c>
       <c r="P19" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>146</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>132</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F20" t="s">
         <v>33</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
       <c r="M20" t="s">
-        <v>135</v>
+        <v>46</v>
       </c>
       <c r="N20" t="s">
         <v>36</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="M21" t="s">
-        <v>46</v>
+        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C22" t="s">
-        <v>110</v>
+        <v>161</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>36</v>
       </c>
       <c r="O22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D23" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="F23" t="s">
-        <v>52</v>
+        <v>171</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="N23" t="s">
-        <v>36</v>
+        <v>175</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="M24" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="O24" t="s">
         <v>180</v>
       </c>
       <c r="P24" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>172</v>
+        <v>118</v>
       </c>
       <c r="D25" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>175</v>
+        <v>105</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>176</v>
+        <v>120</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="N25" t="s">
-        <v>179</v>
+        <v>36</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C26" t="s">
-        <v>123</v>
+        <v>189</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>190</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>52</v>
+        <v>191</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>125</v>
+        <v>192</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="N26" t="s">
         <v>36</v>
       </c>
       <c r="O26" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" t="s">
+        <v>199</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>191</v>
       </c>
-      <c r="B27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="K27" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="L27"/>
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>200</v>
+      </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N27" t="s">
         <v>36</v>
       </c>
       <c r="O27" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
-        <v>203</v>
+        <v>154</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>195</v>
+        <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="M28" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
         <v>36</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="B29" t="s">
         <v>208</v>
       </c>
+      <c r="B29"/>
       <c r="C29" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D29" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
+        <v>205</v>
+      </c>
+      <c r="K29" t="s">
         <v>209</v>
       </c>
-      <c r="K29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L29" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="M29" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N29" t="s">
         <v>36</v>
       </c>
       <c r="O29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="B30"/>
+        <v>213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>214</v>
+      </c>
       <c r="C30" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D30" t="s">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
       <c r="H30">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="K30" t="s">
-        <v>213</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="M30" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N30" t="s">
         <v>36</v>
       </c>
       <c r="O30" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="P30" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B31" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C31" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D31" t="s">
-        <v>219</v>
+        <v>128</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G31" t="s">
-        <v>220</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M31" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N31" t="s">
         <v>36</v>
       </c>
       <c r="O31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D32" t="s">
-        <v>133</v>
+        <v>227</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>198</v>
+        <v>228</v>
       </c>
       <c r="N32" t="s">
-        <v>36</v>
+        <v>229</v>
       </c>
       <c r="O32" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="P32" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B33" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C33" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D33" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>52</v>
+        <v>191</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
       <c r="H33">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>235</v>
+      </c>
       <c r="M33" t="s">
-        <v>232</v>
+        <v>194</v>
       </c>
       <c r="N33" t="s">
-        <v>233</v>
+        <v>36</v>
       </c>
       <c r="O33" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>193</v>
+        <v>240</v>
       </c>
       <c r="D34" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>195</v>
+        <v>105</v>
       </c>
       <c r="G34" t="s">
-        <v>220</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2025</v>
+        <v>2009</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>196</v>
+        <v>155</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="M34" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
         <v>36</v>
       </c>
       <c r="O34" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D35" t="s">
-        <v>75</v>
+        <v>119</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N35" t="s">
         <v>36</v>
       </c>
       <c r="O35" t="s">
         <v>247</v>
       </c>
       <c r="P35" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>249</v>
       </c>
       <c r="B36" t="s">
         <v>250</v>
       </c>
       <c r="C36" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D36" t="s">
-        <v>124</v>
+        <v>69</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>251</v>
+      </c>
       <c r="M36" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N36" t="s">
         <v>36</v>
       </c>
       <c r="O36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C37" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D37" t="s">
-        <v>75</v>
+        <v>256</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="M37" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N37" t="s">
         <v>36</v>
       </c>
       <c r="O37" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="P37" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B38" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C38" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D38" t="s">
-        <v>260</v>
+        <v>154</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M38" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N38" t="s">
         <v>36</v>
       </c>
       <c r="O38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C39" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D39" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="N39" t="s">
         <v>36</v>
       </c>
       <c r="O39" t="s">
         <v>267</v>
       </c>
       <c r="P39" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>269</v>
       </c>
       <c r="B40" t="s">
         <v>270</v>
       </c>
       <c r="C40" t="s">
-        <v>244</v>
+        <v>118</v>
       </c>
       <c r="D40" t="s">
-        <v>166</v>
+        <v>271</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>159</v>
+        <v>272</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>273</v>
+      </c>
       <c r="M40" t="s">
-        <v>246</v>
+        <v>184</v>
       </c>
       <c r="N40" t="s">
         <v>36</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B41" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C41" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="D41" t="s">
-        <v>275</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2022</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>276</v>
+        <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>188</v>
+        <v>278</v>
       </c>
       <c r="N41" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>283</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>162</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>106</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>284</v>
+      </c>
       <c r="M42" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="O42" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="P42" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B43" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C43" t="s">
-        <v>287</v>
+        <v>118</v>
       </c>
       <c r="D43" t="s">
-        <v>166</v>
+        <v>148</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F43" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="M43" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="N43" t="s">
         <v>36</v>
       </c>
       <c r="O43" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="P43" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B44" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C44" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D44" t="s">
-        <v>152</v>
+        <v>128</v>
       </c>
       <c r="E44" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F44" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="N44" t="s">
         <v>36</v>
       </c>
       <c r="O44" t="s">
         <v>296</v>
       </c>
       <c r="P44" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>297</v>
+      </c>
+      <c r="B45" t="s">
         <v>298</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>118</v>
+      </c>
+      <c r="D45" t="s">
         <v>299</v>
       </c>
-      <c r="C45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F45" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>300</v>
+      </c>
       <c r="M45" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="N45" t="s">
         <v>36</v>
       </c>
       <c r="O45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P45" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B46" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C46" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
-        <v>303</v>
+        <v>169</v>
       </c>
       <c r="E46" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>305</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="N46" t="s">
-        <v>36</v>
+        <v>175</v>
       </c>
       <c r="O46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>307</v>
       </c>
       <c r="B47" t="s">
         <v>308</v>
       </c>
       <c r="C47" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
-        <v>173</v>
+        <v>299</v>
       </c>
       <c r="E47" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
         <v>309</v>
       </c>
-      <c r="L47"/>
       <c r="M47" t="s">
-        <v>295</v>
+        <v>46</v>
       </c>
       <c r="N47" t="s">
-        <v>179</v>
+        <v>36</v>
       </c>
       <c r="O47" t="s">
         <v>310</v>
       </c>
       <c r="P47" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C48" t="s">
         <v>41</v>
       </c>
       <c r="D48" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>33</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="M48" t="s">
         <v>46</v>
       </c>
       <c r="N48" t="s">
         <v>36</v>
       </c>
       <c r="O48" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="P48" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B49" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C49" t="s">
         <v>41</v>
       </c>
       <c r="D49" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>33</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M49" t="s">
         <v>46</v>
       </c>
       <c r="N49" t="s">
         <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P49" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B50" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C50" t="s">
         <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>33</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2015</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M50" t="s">
         <v>46</v>
       </c>
       <c r="N50" t="s">
         <v>36</v>
       </c>
       <c r="O50" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="P50" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B51" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C51" t="s">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="D51" t="s">
-        <v>330</v>
+        <v>128</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>33</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>125</v>
+        <v>106</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>46</v>
+        <v>157</v>
       </c>
       <c r="N51" t="s">
         <v>36</v>
       </c>
       <c r="O51" t="s">
         <v>332</v>
       </c>
       <c r="P51" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>334</v>
       </c>
       <c r="B52" t="s">
         <v>335</v>
       </c>
       <c r="C52" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="D52" t="s">
-        <v>133</v>
+        <v>336</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>191</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>111</v>
+        <v>155</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52"/>
+      <c r="L52" t="s">
+        <v>337</v>
+      </c>
       <c r="M52" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="N52" t="s">
         <v>36</v>
       </c>
       <c r="O52" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="P52" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B53" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C53" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="D53" t="s">
-        <v>340</v>
+        <v>162</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>159</v>
+        <v>106</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="M53" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="N53" t="s">
         <v>36</v>
       </c>
       <c r="O53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B54" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C54" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="D54" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>195</v>
+        <v>105</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>216</v>
       </c>
       <c r="H54">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>111</v>
+        <v>43</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>161</v>
+        <v>46</v>
       </c>
       <c r="N54" t="s">
         <v>36</v>
       </c>
       <c r="O54" t="s">
         <v>347</v>
       </c>
       <c r="P54" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>349</v>
       </c>
       <c r="B55" t="s">
         <v>350</v>
       </c>
       <c r="C55" t="s">
         <v>41</v>
       </c>
       <c r="D55" t="s">
         <v>351</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>33</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2019</v>
       </c>
       <c r="I55">
         <v>2020</v>
       </c>
       <c r="J55" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
         <v>352</v>
       </c>
       <c r="M55" t="s">
         <v>46</v>
       </c>
       <c r="N55" t="s">
         <v>36</v>
       </c>
       <c r="O55" t="s">
         <v>353</v>
       </c>
       <c r="P55" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>355</v>
       </c>
       <c r="B56" t="s">
         <v>356</v>
       </c>
       <c r="C56" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D56" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>33</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2007</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>357</v>
       </c>
       <c r="M56" t="s">
         <v>358</v>
       </c>
       <c r="N56" t="s">
         <v>36</v>
       </c>
       <c r="O56" t="s">
         <v>359</v>
       </c>
       <c r="P56" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
         <v>361</v>
       </c>
       <c r="B57" t="s">
         <v>362</v>
       </c>
       <c r="C57" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D57" t="s">
         <v>363</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>33</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2011</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
         <v>364</v>
       </c>
       <c r="M57" t="s">
         <v>358</v>
       </c>
       <c r="N57" t="s">
         <v>36</v>
       </c>
       <c r="O57" t="s">
         <v>365</v>
       </c>
       <c r="P57" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>367</v>
       </c>
       <c r="B58" t="s">
         <v>368</v>
       </c>
       <c r="C58" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D58" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2018</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>369</v>
       </c>
       <c r="M58" t="s">
         <v>358</v>
       </c>
       <c r="N58" t="s">
         <v>36</v>
       </c>
       <c r="O58" t="s">
         <v>370</v>
       </c>
       <c r="P58" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>372</v>
       </c>
       <c r="B59" t="s">
         <v>373</v>
       </c>
       <c r="C59" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D59" t="s">
         <v>374</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>33</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2017</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K59" t="s">
         <v>375</v>
       </c>
       <c r="L59" t="s">
         <v>376</v>
       </c>
       <c r="M59" t="s">
         <v>358</v>
       </c>
       <c r="N59" t="s">
         <v>36</v>
       </c>
       <c r="O59" t="s">
         <v>377</v>
       </c>
       <c r="P59" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>379</v>
       </c>
       <c r="B60" t="s">
         <v>380</v>
       </c>
       <c r="C60" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D60" t="s">
         <v>381</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>33</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>382</v>
       </c>
       <c r="M60" t="s">
         <v>358</v>
       </c>
       <c r="N60" t="s">
         <v>36</v>
       </c>
       <c r="O60" t="s">
         <v>383</v>
       </c>
       <c r="P60" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>385</v>
       </c>
       <c r="B61" t="s">
         <v>386</v>
       </c>
       <c r="C61" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D61" t="s">
         <v>387</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>33</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K61" t="s">
         <v>375</v>
       </c>
       <c r="L61" t="s">
         <v>388</v>
       </c>
       <c r="M61" t="s">
         <v>358</v>
       </c>
       <c r="N61" t="s">
         <v>36</v>
       </c>
       <c r="O61" t="s">
         <v>389</v>
       </c>
       <c r="P61" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>391</v>
       </c>
       <c r="B62" t="s">
         <v>392</v>
       </c>
       <c r="C62" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D62" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>33</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2017</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>393</v>
       </c>
       <c r="M62" t="s">
         <v>358</v>
       </c>
       <c r="N62" t="s">
         <v>36</v>
       </c>
       <c r="O62" t="s">
         <v>394</v>
       </c>
       <c r="P62" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>396</v>
       </c>
       <c r="B63" t="s">
         <v>397</v>
       </c>
       <c r="C63" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D63" t="s">
-        <v>51</v>
+        <v>135</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>33</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>398</v>
       </c>
       <c r="M63" t="s">
         <v>358</v>
       </c>
       <c r="N63" t="s">
         <v>36</v>
       </c>
       <c r="O63" t="s">
         <v>399</v>
       </c>
       <c r="P63" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>401</v>
       </c>
       <c r="B64" t="s">
         <v>402</v>
       </c>
       <c r="C64" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D64" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>33</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2011</v>
       </c>
       <c r="I64">
         <v>2015</v>
       </c>
       <c r="J64" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>403</v>
       </c>
       <c r="M64" t="s">
         <v>358</v>
       </c>
       <c r="N64" t="s">
         <v>36</v>
       </c>
       <c r="O64" t="s">
         <v>404</v>
       </c>
       <c r="P64" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>406</v>
       </c>
       <c r="B65" t="s">
         <v>407</v>
       </c>
       <c r="C65" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D65" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>408</v>
       </c>
       <c r="M65" t="s">
         <v>358</v>
       </c>
       <c r="N65" t="s">
         <v>36</v>
       </c>
       <c r="O65" t="s">
         <v>409</v>
       </c>
       <c r="P65" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>411</v>
       </c>
       <c r="B66" t="s">
         <v>412</v>
       </c>
       <c r="C66" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="D66" t="s">
         <v>351</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>413</v>
       </c>
       <c r="M66" t="s">
         <v>358</v>
       </c>
       <c r="N66" t="s">
         <v>36</v>
       </c>
       <c r="O66" t="s">
         <v>414</v>
       </c>
       <c r="P66" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>416</v>
       </c>
       <c r="B67" t="s">
         <v>417</v>
       </c>
       <c r="C67" t="s">
         <v>418</v>
       </c>
       <c r="D67" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2019</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>419</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>420</v>
       </c>
       <c r="M67" t="s">
         <v>421</v>
       </c>
       <c r="N67" t="s">
         <v>36</v>
       </c>
       <c r="O67" t="s">
         <v>422</v>
       </c>
       <c r="P67" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>424</v>
       </c>
       <c r="B68" t="s">
         <v>425</v>
       </c>
       <c r="C68" t="s">
         <v>418</v>
       </c>
       <c r="D68" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2019</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>419</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>426</v>
       </c>
       <c r="M68" t="s">
         <v>421</v>
       </c>
       <c r="N68" t="s">
         <v>36</v>
       </c>
       <c r="O68" t="s">
         <v>427</v>
       </c>
       <c r="P68" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>428</v>
       </c>
       <c r="B69" t="s">
         <v>429</v>
       </c>
       <c r="C69" t="s">
         <v>418</v>
       </c>
       <c r="D69" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2019</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>419</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
         <v>430</v>
       </c>
       <c r="M69" t="s">
         <v>421</v>
       </c>
       <c r="N69" t="s">
         <v>36</v>
       </c>
       <c r="O69" t="s">
         <v>431</v>
       </c>
       <c r="P69" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>432</v>
       </c>
       <c r="B70" t="s">
         <v>433</v>
       </c>
       <c r="C70" t="s">
         <v>418</v>
       </c>
       <c r="D70" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2019</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>419</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>434</v>
       </c>
       <c r="M70" t="s">
         <v>421</v>
       </c>
       <c r="N70" t="s">
         <v>36</v>
       </c>
       <c r="O70" t="s">
         <v>435</v>
       </c>
       <c r="P70" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>436</v>
       </c>
       <c r="B71" t="s">
         <v>437</v>
       </c>
       <c r="C71" t="s">
         <v>418</v>
       </c>
       <c r="D71" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2019</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>419</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
         <v>438</v>
       </c>
       <c r="M71" t="s">
         <v>421</v>
       </c>
       <c r="N71" t="s">
         <v>36</v>
       </c>
       <c r="O71" t="s">
         <v>439</v>
       </c>
       <c r="P71" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>441</v>
       </c>
       <c r="B72" t="s">
         <v>442</v>
       </c>
       <c r="C72" t="s">
         <v>41</v>
       </c>
       <c r="D72" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>43</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>46</v>
       </c>
       <c r="N72" t="s">
         <v>36</v>
       </c>
       <c r="O72" t="s">
         <v>443</v>
       </c>
       <c r="P72" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>445</v>
       </c>
       <c r="B73" t="s">
         <v>446</v>
       </c>
       <c r="C73" t="s">
         <v>447</v>
       </c>
       <c r="D73" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2015</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>419</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
         <v>448</v>
       </c>
       <c r="N73" t="s">
         <v>36</v>
       </c>
       <c r="O73" t="s">
         <v>449</v>
       </c>
       <c r="P73" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>451</v>
       </c>
       <c r="B74" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C74" t="s">
         <v>447</v>
       </c>
       <c r="D74" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2015</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>419</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>448</v>
       </c>
       <c r="N74" t="s">
         <v>36</v>
       </c>
       <c r="O74" t="s">
         <v>452</v>
       </c>
       <c r="P74" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>454</v>
       </c>
       <c r="B75" t="s">
         <v>455</v>
       </c>
       <c r="C75" t="s">
         <v>447</v>
       </c>
       <c r="D75" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>419</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
         <v>448</v>
       </c>
       <c r="N75" t="s">
         <v>36</v>
       </c>
       <c r="O75" t="s">
         <v>456</v>
       </c>
       <c r="P75" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>454</v>
       </c>
       <c r="B76" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C76" t="s">
         <v>447</v>
       </c>
       <c r="D76" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2014</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>419</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>448</v>
       </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
         <v>458</v>
       </c>
       <c r="P76" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>459</v>
       </c>
       <c r="B77" t="s">
         <v>460</v>
       </c>
       <c r="C77" t="s">
         <v>461</v>
       </c>
       <c r="D77" t="s">
         <v>462</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2019</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>419</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>463</v>
       </c>
       <c r="N77" t="s">
         <v>36</v>
       </c>
       <c r="O77" t="s">
         <v>464</v>
       </c>
       <c r="P77" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>466</v>
       </c>
       <c r="B78" t="s">
         <v>467</v>
       </c>
       <c r="C78" t="s">
         <v>461</v>
       </c>
       <c r="D78" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2019</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>419</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>463</v>
       </c>
       <c r="N78" t="s">
         <v>36</v>
       </c>
       <c r="O78" t="s">
         <v>468</v>
       </c>
       <c r="P78" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>470</v>
       </c>
       <c r="B79" t="s">
         <v>471</v>
       </c>
       <c r="C79" t="s">
         <v>461</v>
       </c>
       <c r="D79" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2019</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>419</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
         <v>463</v>
       </c>
       <c r="N79" t="s">
         <v>36</v>
       </c>
       <c r="O79" t="s">
         <v>472</v>
       </c>
       <c r="P79" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>474</v>
       </c>
       <c r="B80" t="s">
         <v>475</v>
       </c>
       <c r="C80" t="s">
         <v>461</v>
       </c>
       <c r="D80" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2019</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>419</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
         <v>463</v>
       </c>
       <c r="N80" t="s">
         <v>36</v>
       </c>
       <c r="O80" t="s">
         <v>476</v>
       </c>
       <c r="P80" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>478</v>
       </c>
       <c r="B81" t="s">
         <v>479</v>
       </c>
       <c r="C81" t="s">
         <v>461</v>
       </c>
       <c r="D81" t="s">
         <v>480</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2019</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>419</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>463</v>
       </c>
       <c r="N81" t="s">
         <v>36</v>
       </c>
       <c r="O81" t="s">
         <v>481</v>
       </c>
       <c r="P81" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>483</v>
       </c>
       <c r="B82" t="s">
         <v>484</v>
       </c>
       <c r="C82" t="s">
         <v>461</v>
       </c>
       <c r="D82" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2019</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>419</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
         <v>463</v>
       </c>
       <c r="N82" t="s">
         <v>36</v>
       </c>
       <c r="O82" t="s">
         <v>485</v>
       </c>
       <c r="P82" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>487</v>
       </c>
       <c r="B83" t="s">
         <v>488</v>
       </c>
       <c r="C83" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D83" t="s">
         <v>489</v>
       </c>
       <c r="E83" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F83" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>490</v>
       </c>
       <c r="M83" t="s">
         <v>491</v>
       </c>
       <c r="N83" t="s">
         <v>36</v>
       </c>
       <c r="O83" t="s">
         <v>492</v>
       </c>
       <c r="P83" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>494</v>
       </c>
       <c r="B84" t="s">
         <v>495</v>
       </c>
       <c r="C84" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D84" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E84" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F84" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2015</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>496</v>
       </c>
       <c r="M84" t="s">
         <v>497</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
         <v>498</v>
       </c>
       <c r="P84"/>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>499</v>
       </c>
       <c r="B85" t="s">
         <v>500</v>
       </c>
       <c r="C85" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D85" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E85" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F85" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2013</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
         <v>501</v>
       </c>
       <c r="M85" t="s">
         <v>497</v>
       </c>
       <c r="N85" t="s">
         <v>36</v>
       </c>
       <c r="O85" t="s">
         <v>502</v>
       </c>
       <c r="P85"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>503</v>
       </c>
       <c r="B86" t="s">
         <v>504</v>
       </c>
       <c r="C86" t="s">
         <v>505</v>
       </c>
       <c r="D86" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2011</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
         <v>506</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86" t="s">
         <v>507</v>
       </c>
       <c r="P86" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>509</v>
       </c>
       <c r="B87" t="s">
         <v>510</v>
       </c>
       <c r="C87" t="s">
         <v>505</v>
       </c>
       <c r="D87" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2011</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>34</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
         <v>506</v>
       </c>
       <c r="N87" t="s">
         <v>36</v>
       </c>
       <c r="O87" t="s">
         <v>511</v>
       </c>
       <c r="P87" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>513</v>
       </c>
       <c r="B88" t="s">
         <v>514</v>
       </c>
       <c r="C88" t="s">
         <v>505</v>
       </c>
       <c r="D88" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2016</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>34</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
         <v>506</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88" t="s">
         <v>515</v>
       </c>
       <c r="P88" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>517</v>
       </c>
       <c r="B89" t="s">
         <v>518</v>
       </c>
       <c r="C89" t="s">
         <v>505</v>
       </c>
       <c r="D89" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E89" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F89" t="s">
         <v>33</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2015</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>519</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
         <v>520</v>
       </c>
       <c r="N89" t="s">
         <v>36</v>
       </c>
       <c r="O89" t="s">
         <v>521</v>
       </c>
       <c r="P89" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>522</v>
       </c>
       <c r="B90" t="s">
         <v>523</v>
       </c>
       <c r="C90" t="s">
         <v>505</v>
       </c>
       <c r="D90" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2016</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>506</v>
       </c>
       <c r="N90" t="s">
         <v>36</v>
       </c>
       <c r="O90" t="s">
         <v>524</v>
       </c>
       <c r="P90" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
         <v>526</v>
       </c>
       <c r="B91" t="s">
         <v>527</v>
       </c>
       <c r="C91" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D91" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K91" t="s">
         <v>375</v>
       </c>
       <c r="L91" t="s">
         <v>528</v>
       </c>
       <c r="M91" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N91" t="s">
         <v>36</v>
       </c>
       <c r="O91" t="s">
         <v>529</v>
       </c>
       <c r="P91" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>531</v>
       </c>
       <c r="B92" t="s">
         <v>532</v>
       </c>
       <c r="C92" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D92" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
         <v>533</v>
       </c>
       <c r="M92" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N92" t="s">
         <v>36</v>
       </c>
       <c r="O92" t="s">
         <v>534</v>
       </c>
       <c r="P92" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>536</v>
       </c>
       <c r="B93" t="s">
         <v>537</v>
       </c>
       <c r="C93" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D93" t="s">
         <v>538</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2013</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="K93" t="s">
         <v>375</v>
       </c>
       <c r="L93" t="s">
         <v>539</v>
       </c>
       <c r="M93" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N93" t="s">
         <v>36</v>
       </c>
       <c r="O93" t="s">
         <v>540</v>
       </c>
       <c r="P93" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>542</v>
       </c>
       <c r="B94" t="s">
         <v>543</v>
       </c>
       <c r="C94" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D94" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2012</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
         <v>544</v>
       </c>
       <c r="M94" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N94" t="s">
         <v>36</v>
       </c>
       <c r="O94" t="s">
         <v>545</v>
       </c>
       <c r="P94" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>547</v>
       </c>
       <c r="B95" t="s">
         <v>548</v>
       </c>
       <c r="C95" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D95" t="s">
         <v>363</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2014</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
         <v>549</v>
       </c>
       <c r="M95" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="N95" t="s">
         <v>36</v>
       </c>
       <c r="O95" t="s">
         <v>550</v>
       </c>
       <c r="P95" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>552</v>
       </c>
       <c r="B96" t="s">
         <v>553</v>
       </c>
       <c r="C96" t="s">
         <v>554</v>
       </c>
       <c r="D96" t="s">
         <v>555</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2016</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>519</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
         <v>556</v>
       </c>
       <c r="N96" t="s">
         <v>36</v>
       </c>
       <c r="O96" t="s">
         <v>557</v>
       </c>
       <c r="P96" t="s">
@@ -6874,552 +6874,552 @@
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>33</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2017</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>519</v>
       </c>
       <c r="K97" t="s">
         <v>562</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
         <v>556</v>
       </c>
       <c r="N97" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="O97" t="s">
         <v>563</v>
       </c>
       <c r="P97" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>565</v>
       </c>
       <c r="B98" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C98" t="s">
         <v>447</v>
       </c>
       <c r="D98" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2010</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>419</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
         <v>448</v>
       </c>
       <c r="N98" t="s">
         <v>36</v>
       </c>
       <c r="O98" t="s">
         <v>566</v>
       </c>
       <c r="P98" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>567</v>
       </c>
       <c r="B99" t="s">
         <v>568</v>
       </c>
       <c r="C99" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D99" t="s">
         <v>569</v>
       </c>
       <c r="E99" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F99" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2013</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
         <v>570</v>
       </c>
       <c r="M99" t="s">
         <v>571</v>
       </c>
       <c r="N99" t="s">
         <v>36</v>
       </c>
       <c r="O99" t="s">
         <v>572</v>
       </c>
       <c r="P99" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>574</v>
       </c>
       <c r="B100" t="s">
         <v>575</v>
       </c>
       <c r="C100" t="s">
         <v>576</v>
       </c>
       <c r="D100" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2011</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>419</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>577</v>
       </c>
       <c r="M100" t="s">
         <v>578</v>
       </c>
       <c r="N100" t="s">
         <v>36</v>
       </c>
       <c r="O100" t="s">
         <v>579</v>
       </c>
       <c r="P100" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>581</v>
       </c>
       <c r="B101" t="s">
         <v>582</v>
       </c>
       <c r="C101" t="s">
         <v>576</v>
       </c>
       <c r="D101" t="s">
         <v>583</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2007</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>419</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
         <v>584</v>
       </c>
       <c r="M101" t="s">
         <v>578</v>
       </c>
       <c r="N101" t="s">
         <v>36</v>
       </c>
       <c r="O101" t="s">
         <v>585</v>
       </c>
       <c r="P101" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>587</v>
       </c>
       <c r="B102" t="s">
         <v>588</v>
       </c>
       <c r="C102" t="s">
         <v>576</v>
       </c>
       <c r="D102" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E102" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F102" t="s">
         <v>33</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2007</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>519</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
         <v>589</v>
       </c>
       <c r="M102" t="s">
         <v>578</v>
       </c>
       <c r="N102" t="s">
         <v>36</v>
       </c>
       <c r="O102" t="s">
         <v>590</v>
       </c>
       <c r="P102" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
         <v>592</v>
       </c>
       <c r="B103" t="s">
         <v>593</v>
       </c>
       <c r="C103" t="s">
         <v>576</v>
       </c>
       <c r="D103" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>419</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
         <v>589</v>
       </c>
       <c r="M103" t="s">
         <v>578</v>
       </c>
       <c r="N103" t="s">
         <v>36</v>
       </c>
       <c r="O103" t="s">
         <v>594</v>
       </c>
       <c r="P103" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>595</v>
       </c>
       <c r="B104" t="s">
         <v>596</v>
       </c>
       <c r="C104" t="s">
         <v>576</v>
       </c>
       <c r="D104" t="s">
         <v>597</v>
       </c>
       <c r="E104" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F104" t="s">
         <v>33</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2009</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
         <v>519</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
         <v>598</v>
       </c>
       <c r="M104" t="s">
         <v>578</v>
       </c>
       <c r="N104" t="s">
         <v>36</v>
       </c>
       <c r="O104" t="s">
         <v>599</v>
       </c>
       <c r="P104" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>601</v>
       </c>
       <c r="B105" t="s">
         <v>602</v>
       </c>
       <c r="C105" t="s">
         <v>576</v>
       </c>
       <c r="D105" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2009</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>419</v>
       </c>
       <c r="K105" t="s">
         <v>24</v>
       </c>
       <c r="L105" t="s">
         <v>598</v>
       </c>
       <c r="M105" t="s">
         <v>578</v>
       </c>
       <c r="N105" t="s">
         <v>36</v>
       </c>
       <c r="O105" t="s">
         <v>603</v>
       </c>
       <c r="P105" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>604</v>
       </c>
       <c r="B106" t="s">
         <v>605</v>
       </c>
       <c r="C106" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D106" t="s">
         <v>606</v>
       </c>
       <c r="E106" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F106" t="s">
         <v>607</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2007</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>608</v>
       </c>
       <c r="K106" t="s">
         <v>609</v>
       </c>
       <c r="L106" t="s">
         <v>610</v>
       </c>
       <c r="M106" t="s">
         <v>611</v>
       </c>
       <c r="N106" t="s">
         <v>612</v>
       </c>
       <c r="O106" t="s">
         <v>613</v>
       </c>
       <c r="P106" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>615</v>
       </c>
       <c r="B107" t="s">
         <v>616</v>
       </c>
       <c r="C107" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D107" t="s">
         <v>617</v>
       </c>
       <c r="E107" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F107" t="s">
         <v>607</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2009</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>608</v>
       </c>
       <c r="K107" t="s">
         <v>609</v>
       </c>
       <c r="L107" t="s">
         <v>618</v>
       </c>
       <c r="M107" t="s">
         <v>611</v>
       </c>
       <c r="N107" t="s">
         <v>612</v>
       </c>
       <c r="O107" t="s">
         <v>619</v>
       </c>
       <c r="P107" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>621</v>
       </c>
       <c r="B108" t="s">
         <v>622</v>
       </c>
       <c r="C108" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D108" t="s">
         <v>623</v>
       </c>
       <c r="E108" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F108" t="s">
         <v>607</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2014</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>608</v>
       </c>
       <c r="K108" t="s">
         <v>609</v>
       </c>
       <c r="L108" t="s">
         <v>624</v>
       </c>
       <c r="M108" t="s">
         <v>611</v>
       </c>
       <c r="N108" t="s">
         <v>612</v>