--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -12,422 +12,543 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -691,967 +812,1090 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="778.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2000</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>85</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1996</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>97</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>93</v>
+      </c>
+      <c r="F16" t="s">
+        <v>94</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>95</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>97</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>94</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>95</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>97</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>141</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>78</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...758 lines deleted...]
-        <v>110</v>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>