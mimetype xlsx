--- v0 (2025-10-13)
+++ v1 (2026-01-26)
@@ -12,1359 +12,1985 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E10-2 2015</t>
   </si>
   <si>
+    <t>This standard applies to the following self-contained commercial refrigeration equipment powered by electricity; new -imported and domestic; used and rebuilt -only imported. All with capacities of 10 liters of refrigerated volume useful -in function of the energetic limits- or more. The types of equipment are: Vertical coolers with one or more front doors; Horizontal coolers; Horizontal freezers; Vertical freezers; Closed showcases; Ice bag preservers. This modification includes imported used and reconstructed equipment. This standard does not include used or reconstructed national equipment. This standard also applies to vertical refrigerators that are used with loads at temperatures down to -5C.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e10-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e10-2-2015-eficiencia-energetica-equipos-de-refrigeracion-comercial-autocontenidos-etiquetado-270?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>Guyana Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>RTE INEN 035 /2009 RTE INEN 009/2005</t>
   </si>
   <si>
+    <t>Refrigerators</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-035-2009-rte-inen-0092005</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf----https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1628,4843 +2254,5524 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N113"/>
+  <dimension ref="A1:P113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1980</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...25 lines deleted...]
-      <c r="C4" t="s">
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...15 lines deleted...]
-      <c r="J4" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...34 lines deleted...]
-      <c r="J5" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...74 lines deleted...]
-      <c r="H7">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1984</v>
+      </c>
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...44 lines deleted...]
-      <c r="J8" t="s">
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...73 lines deleted...]
-      <c r="G10">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2008</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2020</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
         <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2008</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>108</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>78</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>79</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>78</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>79</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" t="s">
+        <v>132</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
+        <v>79</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" t="s">
+        <v>144</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>78</v>
+      </c>
+      <c r="K19" t="s">
+        <v>145</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>79</v>
+      </c>
+      <c r="N19" t="s">
+        <v>147</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" t="s">
         <v>77</v>
       </c>
-      <c r="L11" t="s">
-[...5 lines deleted...]
-      <c r="N11" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
         <v>78</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>152</v>
+      </c>
+      <c r="M20" t="s">
         <v>79</v>
       </c>
-      <c r="B12" t="s">
-[...384 lines deleted...]
-      </c>
       <c r="N20" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>62</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2008</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2022</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="K21" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="L21" t="s">
-        <v>65</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="N21" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2001</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>166</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2000</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>166</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>108</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>165</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>166</v>
+      </c>
+      <c r="N25" t="s">
+        <v>179</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>163</v>
+      </c>
+      <c r="D26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>184</v>
+      </c>
+      <c r="M26" t="s">
+        <v>166</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>187</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>163</v>
+      </c>
+      <c r="D27" t="s">
+        <v>189</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>166</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>163</v>
+      </c>
+      <c r="D28" t="s">
+        <v>194</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>166</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" t="s">
+        <v>198</v>
+      </c>
+      <c r="C29" t="s">
+        <v>163</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>166</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>163</v>
+      </c>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2016</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>166</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>163</v>
+      </c>
+      <c r="D31" t="s">
+        <v>84</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>165</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>166</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>163</v>
+      </c>
+      <c r="D32" t="s">
+        <v>210</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2000</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>166</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>163</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>166</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>58</v>
+      </c>
+      <c r="D34" t="s">
+        <v>219</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>78</v>
+      </c>
+      <c r="K34" t="s">
+        <v>61</v>
+      </c>
+      <c r="L34" t="s">
+        <v>220</v>
+      </c>
+      <c r="M34" t="s">
+        <v>63</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>58</v>
+      </c>
+      <c r="D35" t="s">
         <v>120</v>
       </c>
-      <c r="B22" t="s">
-[...23 lines deleted...]
-      <c r="J22" t="s">
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...38 lines deleted...]
-      <c r="J23" t="s">
+      <c r="G35" t="s">
+        <v>42</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>78</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>63</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>226</v>
+      </c>
+      <c r="P35" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>229</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K23"/>
-[...38 lines deleted...]
-      <c r="J24" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>231</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>232</v>
+      </c>
+      <c r="M36" t="s">
+        <v>233</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K24"/>
-[...38 lines deleted...]
-      <c r="J25" t="s">
+      <c r="G37" t="s">
+        <v>51</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>78</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>239</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>240</v>
+      </c>
+      <c r="P37" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>242</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>58</v>
+      </c>
+      <c r="D38" t="s">
+        <v>77</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-[...532 lines deleted...]
-        <v>2010</v>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>60</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>63</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>248</v>
+      </c>
+      <c r="D39" t="s">
+        <v>90</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>249</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>250</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" t="s">
+        <v>253</v>
+      </c>
+      <c r="D40" t="s">
+        <v>90</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>254</v>
+      </c>
+      <c r="G40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>249</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>255</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>247</v>
+      </c>
+      <c r="C41" t="s">
+        <v>259</v>
+      </c>
+      <c r="D41" t="s">
+        <v>77</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>254</v>
+      </c>
+      <c r="G41" t="s">
+        <v>51</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>249</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>260</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>261</v>
+      </c>
+      <c r="P41" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>247</v>
+      </c>
+      <c r="C42" t="s">
+        <v>264</v>
+      </c>
+      <c r="D42" t="s">
+        <v>265</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>51</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>249</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>266</v>
+      </c>
+      <c r="M42" t="s">
+        <v>250</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>267</v>
+      </c>
+      <c r="P42" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>263</v>
+      </c>
+      <c r="B43" t="s">
+        <v>247</v>
+      </c>
+      <c r="C43" t="s">
+        <v>253</v>
+      </c>
+      <c r="D43" t="s">
+        <v>265</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>254</v>
+      </c>
+      <c r="G43" t="s">
+        <v>51</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>249</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>255</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>269</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>270</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>264</v>
+      </c>
+      <c r="D44" t="s">
+        <v>164</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>51</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>249</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>250</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>247</v>
+      </c>
+      <c r="C45" t="s">
+        <v>248</v>
+      </c>
+      <c r="D45" t="s">
+        <v>164</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>51</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>249</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>250</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>272</v>
+      </c>
+      <c r="P45" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>247</v>
+      </c>
+      <c r="C46" t="s">
+        <v>253</v>
+      </c>
+      <c r="D46" t="s">
+        <v>164</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>50</v>
       </c>
-      <c r="J38" t="s">
+      <c r="G46" t="s">
+        <v>51</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>249</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>273</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>274</v>
+      </c>
+      <c r="P46" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>275</v>
+      </c>
+      <c r="B47" t="s">
+        <v>276</v>
+      </c>
+      <c r="C47" t="s">
+        <v>277</v>
+      </c>
+      <c r="D47" t="s">
+        <v>278</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>50</v>
+      </c>
+      <c r="G47" t="s">
+        <v>42</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>279</v>
+      </c>
+      <c r="K47" t="s">
+        <v>280</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>281</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>282</v>
+      </c>
+      <c r="P47" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>284</v>
+      </c>
+      <c r="B48" t="s">
+        <v>285</v>
+      </c>
+      <c r="C48" t="s">
+        <v>277</v>
+      </c>
+      <c r="D48" t="s">
+        <v>84</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>50</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48">
+        <v>2016</v>
+      </c>
+      <c r="J48" t="s">
+        <v>286</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>287</v>
+      </c>
+      <c r="M48" t="s">
+        <v>281</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>288</v>
+      </c>
+      <c r="P48" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>290</v>
+      </c>
+      <c r="B49" t="s">
+        <v>291</v>
+      </c>
+      <c r="C49" t="s">
+        <v>277</v>
+      </c>
+      <c r="D49" t="s">
+        <v>292</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>50</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49">
+        <v>2025</v>
+      </c>
+      <c r="J49" t="s">
+        <v>279</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>293</v>
+      </c>
+      <c r="M49" t="s">
+        <v>281</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>294</v>
+      </c>
+      <c r="P49" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>296</v>
+      </c>
+      <c r="B50" t="s">
+        <v>297</v>
+      </c>
+      <c r="C50" t="s">
+        <v>277</v>
+      </c>
+      <c r="D50" t="s">
+        <v>298</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G50" t="s">
+        <v>42</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>279</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>299</v>
+      </c>
+      <c r="M50" t="s">
+        <v>281</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>300</v>
+      </c>
+      <c r="P50" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>302</v>
+      </c>
+      <c r="B51" t="s">
+        <v>303</v>
+      </c>
+      <c r="C51" t="s">
+        <v>277</v>
+      </c>
+      <c r="D51" t="s">
+        <v>304</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>50</v>
+      </c>
+      <c r="G51" t="s">
+        <v>305</v>
+      </c>
+      <c r="H51">
+        <v>2025</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>279</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>306</v>
+      </c>
+      <c r="M51" t="s">
+        <v>281</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>307</v>
+      </c>
+      <c r="P51" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>309</v>
+      </c>
+      <c r="B52" t="s">
+        <v>310</v>
+      </c>
+      <c r="C52" t="s">
+        <v>238</v>
+      </c>
+      <c r="D52" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-[...34 lines deleted...]
-      <c r="J39" t="s">
+      <c r="G52" t="s">
+        <v>42</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>311</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>312</v>
+      </c>
+      <c r="M52" t="s">
+        <v>313</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>314</v>
+      </c>
+      <c r="P52" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>316</v>
+      </c>
+      <c r="B53" t="s">
+        <v>317</v>
+      </c>
+      <c r="C53" t="s">
+        <v>58</v>
+      </c>
+      <c r="D53" t="s">
+        <v>102</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K39"/>
-[...34 lines deleted...]
-      <c r="J40" t="s">
+      <c r="G53" t="s">
+        <v>42</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>78</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>318</v>
+      </c>
+      <c r="M53" t="s">
+        <v>63</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>319</v>
+      </c>
+      <c r="P53" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>321</v>
+      </c>
+      <c r="B54" t="s">
+        <v>322</v>
+      </c>
+      <c r="C54" t="s">
+        <v>58</v>
+      </c>
+      <c r="D54" t="s">
+        <v>144</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>78</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>323</v>
+      </c>
+      <c r="M54" t="s">
+        <v>63</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>324</v>
+      </c>
+      <c r="P54" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>326</v>
+      </c>
+      <c r="B55" t="s">
+        <v>327</v>
+      </c>
+      <c r="C55" t="s">
+        <v>58</v>
+      </c>
+      <c r="D55" t="s">
+        <v>132</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>42</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>78</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>328</v>
+      </c>
+      <c r="M55" t="s">
+        <v>63</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>329</v>
+      </c>
+      <c r="P55" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>331</v>
+      </c>
+      <c r="B56" t="s">
+        <v>332</v>
+      </c>
+      <c r="C56" t="s">
+        <v>58</v>
+      </c>
+      <c r="D56" t="s">
+        <v>333</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>42</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>78</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>334</v>
+      </c>
+      <c r="M56" t="s">
+        <v>63</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>335</v>
+      </c>
+      <c r="P56" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>337</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D57" t="s">
+        <v>90</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2008</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>60</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>63</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>339</v>
+      </c>
+      <c r="P57" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>341</v>
+      </c>
+      <c r="B58" t="s">
+        <v>342</v>
+      </c>
+      <c r="C58" t="s">
+        <v>58</v>
+      </c>
+      <c r="D58" t="s">
+        <v>343</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58">
+        <v>2014</v>
+      </c>
+      <c r="J58" t="s">
+        <v>60</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>344</v>
+      </c>
+      <c r="M58" t="s">
+        <v>63</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>345</v>
+      </c>
+      <c r="P58" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>58</v>
+      </c>
+      <c r="D59" t="s">
+        <v>210</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1999</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>60</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>349</v>
+      </c>
+      <c r="M59" t="s">
+        <v>63</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>58</v>
+      </c>
+      <c r="D60" t="s">
+        <v>84</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2007</v>
+      </c>
+      <c r="I60">
+        <v>2011</v>
+      </c>
+      <c r="J60" t="s">
+        <v>60</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>63</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>354</v>
+      </c>
+      <c r="P60" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>356</v>
+      </c>
+      <c r="B61" t="s">
+        <v>357</v>
+      </c>
+      <c r="C61" t="s">
+        <v>358</v>
+      </c>
+      <c r="D61" t="s">
+        <v>359</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>50</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2018</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>249</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>360</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>361</v>
+      </c>
+      <c r="P61" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>363</v>
+      </c>
+      <c r="B62" t="s">
+        <v>364</v>
+      </c>
+      <c r="C62" t="s">
+        <v>365</v>
+      </c>
+      <c r="D62" t="s">
+        <v>126</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2005</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>34</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>366</v>
+      </c>
+      <c r="M62" t="s">
+        <v>367</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>368</v>
+      </c>
+      <c r="P62" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>370</v>
+      </c>
+      <c r="B63" t="s">
+        <v>371</v>
+      </c>
+      <c r="C63" t="s">
+        <v>365</v>
+      </c>
+      <c r="D63" t="s">
+        <v>194</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>42</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>311</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>367</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>372</v>
+      </c>
+      <c r="P63" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>374</v>
+      </c>
+      <c r="B64" t="s">
+        <v>375</v>
+      </c>
+      <c r="C64" t="s">
+        <v>365</v>
+      </c>
+      <c r="D64" t="s">
+        <v>376</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>50</v>
+      </c>
+      <c r="G64" t="s">
+        <v>42</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>231</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>377</v>
+      </c>
+      <c r="M64" t="s">
+        <v>367</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>378</v>
+      </c>
+      <c r="P64" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>380</v>
+      </c>
+      <c r="B65" t="s">
+        <v>381</v>
+      </c>
+      <c r="C65" t="s">
+        <v>365</v>
+      </c>
+      <c r="D65" t="s">
+        <v>90</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>50</v>
+      </c>
+      <c r="G65" t="s">
+        <v>42</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>311</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>382</v>
+      </c>
+      <c r="M65" t="s">
+        <v>367</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>383</v>
+      </c>
+      <c r="P65" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>385</v>
+      </c>
+      <c r="B66" t="s">
+        <v>386</v>
+      </c>
+      <c r="C66" t="s">
+        <v>387</v>
+      </c>
+      <c r="D66" t="s">
+        <v>388</v>
+      </c>
+      <c r="E66" t="s">
+        <v>33</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>165</v>
+      </c>
+      <c r="K66" t="s">
+        <v>389</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>390</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>391</v>
+      </c>
+      <c r="P66" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>393</v>
+      </c>
+      <c r="B67" t="s">
+        <v>394</v>
+      </c>
+      <c r="C67" t="s">
+        <v>58</v>
+      </c>
+      <c r="D67" t="s">
+        <v>395</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>42</v>
+      </c>
+      <c r="H67">
+        <v>2019</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>78</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>396</v>
+      </c>
+      <c r="M67" t="s">
+        <v>63</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>397</v>
+      </c>
+      <c r="P67" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>399</v>
+      </c>
+      <c r="B68" t="s">
+        <v>400</v>
+      </c>
+      <c r="C68" t="s">
+        <v>58</v>
+      </c>
+      <c r="D68" t="s">
+        <v>126</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>50</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>60</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>401</v>
+      </c>
+      <c r="M68" t="s">
+        <v>63</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>402</v>
+      </c>
+      <c r="P68" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>404</v>
+      </c>
+      <c r="B69" t="s">
+        <v>405</v>
+      </c>
+      <c r="C69" t="s">
+        <v>238</v>
+      </c>
+      <c r="D69" t="s">
+        <v>126</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>42</v>
+      </c>
+      <c r="H69">
+        <v>2007</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>78</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>406</v>
+      </c>
+      <c r="M69" t="s">
+        <v>239</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>407</v>
+      </c>
+      <c r="P69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>409</v>
+      </c>
+      <c r="B70" t="s">
+        <v>410</v>
+      </c>
+      <c r="C70" t="s">
+        <v>238</v>
+      </c>
+      <c r="D70" t="s">
+        <v>411</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>42</v>
+      </c>
+      <c r="H70">
+        <v>2011</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>78</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>412</v>
+      </c>
+      <c r="M70" t="s">
+        <v>239</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>413</v>
+      </c>
+      <c r="P70" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>415</v>
+      </c>
+      <c r="B71" t="s">
+        <v>416</v>
+      </c>
+      <c r="C71" t="s">
+        <v>238</v>
+      </c>
+      <c r="D71" t="s">
+        <v>417</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>42</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>78</v>
+      </c>
+      <c r="K71" t="s">
+        <v>157</v>
+      </c>
+      <c r="L71" t="s">
+        <v>418</v>
+      </c>
+      <c r="M71" t="s">
+        <v>239</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>419</v>
+      </c>
+      <c r="P71" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>421</v>
+      </c>
+      <c r="B72" t="s">
+        <v>422</v>
+      </c>
+      <c r="C72" t="s">
+        <v>238</v>
+      </c>
+      <c r="D72" t="s">
+        <v>423</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>42</v>
+      </c>
+      <c r="H72">
+        <v>2017</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>78</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>424</v>
+      </c>
+      <c r="M72" t="s">
+        <v>239</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>425</v>
+      </c>
+      <c r="P72" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>427</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>238</v>
+      </c>
+      <c r="D73" t="s">
+        <v>429</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>42</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>78</v>
+      </c>
+      <c r="K73" t="s">
+        <v>157</v>
+      </c>
+      <c r="L73" t="s">
+        <v>430</v>
+      </c>
+      <c r="M73" t="s">
+        <v>239</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>431</v>
+      </c>
+      <c r="P73" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>433</v>
+      </c>
+      <c r="B74" t="s">
+        <v>434</v>
+      </c>
+      <c r="C74" t="s">
+        <v>238</v>
+      </c>
+      <c r="D74" t="s">
+        <v>132</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>42</v>
+      </c>
+      <c r="H74">
+        <v>2017</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>78</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>435</v>
+      </c>
+      <c r="M74" t="s">
+        <v>239</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>436</v>
+      </c>
+      <c r="P74" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>438</v>
+      </c>
+      <c r="B75" t="s">
+        <v>439</v>
+      </c>
+      <c r="C75" t="s">
+        <v>238</v>
+      </c>
+      <c r="D75" t="s">
+        <v>84</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>42</v>
+      </c>
+      <c r="H75">
+        <v>2015</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>78</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>440</v>
+      </c>
+      <c r="M75" t="s">
+        <v>239</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>441</v>
+      </c>
+      <c r="P75" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>443</v>
+      </c>
+      <c r="B76" t="s">
+        <v>444</v>
+      </c>
+      <c r="C76" t="s">
+        <v>238</v>
+      </c>
+      <c r="D76" t="s">
+        <v>77</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>42</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>78</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>445</v>
+      </c>
+      <c r="M76" t="s">
+        <v>239</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>446</v>
+      </c>
+      <c r="P76" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>448</v>
+      </c>
+      <c r="B77" t="s">
+        <v>449</v>
+      </c>
+      <c r="C77" t="s">
+        <v>238</v>
+      </c>
+      <c r="D77" t="s">
+        <v>395</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>42</v>
+      </c>
+      <c r="H77">
+        <v>2017</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>78</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>450</v>
+      </c>
+      <c r="M77" t="s">
+        <v>239</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>451</v>
+      </c>
+      <c r="P77" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>453</v>
+      </c>
+      <c r="B78" t="s">
+        <v>454</v>
+      </c>
+      <c r="C78" t="s">
+        <v>259</v>
+      </c>
+      <c r="D78" t="s">
+        <v>90</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>50</v>
+      </c>
+      <c r="G78" t="s">
+        <v>42</v>
+      </c>
+      <c r="H78">
+        <v>2019</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>249</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>455</v>
+      </c>
+      <c r="M78" t="s">
+        <v>260</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>456</v>
+      </c>
+      <c r="P78" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>458</v>
+      </c>
+      <c r="B79" t="s">
+        <v>459</v>
+      </c>
+      <c r="C79" t="s">
+        <v>259</v>
+      </c>
+      <c r="D79" t="s">
+        <v>90</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>50</v>
+      </c>
+      <c r="G79" t="s">
+        <v>42</v>
+      </c>
+      <c r="H79">
+        <v>2019</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>249</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>460</v>
+      </c>
+      <c r="M79" t="s">
+        <v>260</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>461</v>
+      </c>
+      <c r="P79" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>462</v>
+      </c>
+      <c r="B80" t="s">
+        <v>463</v>
+      </c>
+      <c r="C80" t="s">
+        <v>259</v>
+      </c>
+      <c r="D80" t="s">
+        <v>90</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>50</v>
+      </c>
+      <c r="G80" t="s">
+        <v>42</v>
+      </c>
+      <c r="H80">
+        <v>2019</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>249</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>464</v>
+      </c>
+      <c r="M80" t="s">
+        <v>260</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>465</v>
+      </c>
+      <c r="P80" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>466</v>
+      </c>
+      <c r="B81" t="s">
+        <v>467</v>
+      </c>
+      <c r="C81" t="s">
+        <v>259</v>
+      </c>
+      <c r="D81" t="s">
+        <v>90</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>50</v>
+      </c>
+      <c r="G81" t="s">
+        <v>42</v>
+      </c>
+      <c r="H81">
+        <v>2019</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>249</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>468</v>
+      </c>
+      <c r="M81" t="s">
+        <v>260</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>469</v>
+      </c>
+      <c r="P81" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>470</v>
+      </c>
+      <c r="B82" t="s">
+        <v>471</v>
+      </c>
+      <c r="C82" t="s">
+        <v>259</v>
+      </c>
+      <c r="D82" t="s">
+        <v>126</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>50</v>
+      </c>
+      <c r="G82" t="s">
+        <v>42</v>
+      </c>
+      <c r="H82">
+        <v>2019</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>249</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>472</v>
+      </c>
+      <c r="M82" t="s">
+        <v>260</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>473</v>
+      </c>
+      <c r="P82" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>475</v>
+      </c>
+      <c r="B83" t="s">
+        <v>476</v>
+      </c>
+      <c r="C83" t="s">
+        <v>58</v>
+      </c>
+      <c r="D83" t="s">
+        <v>90</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>50</v>
+      </c>
+      <c r="G83" t="s">
+        <v>42</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>60</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>63</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>477</v>
+      </c>
+      <c r="P83" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>478</v>
+      </c>
+      <c r="B84" t="s">
+        <v>479</v>
+      </c>
+      <c r="C84" t="s">
+        <v>480</v>
+      </c>
+      <c r="D84" t="s">
+        <v>164</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>50</v>
+      </c>
+      <c r="G84" t="s">
+        <v>42</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>249</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>481</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>482</v>
+      </c>
+      <c r="P84" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>484</v>
+      </c>
+      <c r="B85" t="s">
+        <v>247</v>
+      </c>
+      <c r="C85" t="s">
+        <v>480</v>
+      </c>
+      <c r="D85" t="s">
+        <v>126</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85">
+        <v>2019</v>
+      </c>
+      <c r="J85" t="s">
+        <v>249</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>481</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>485</v>
+      </c>
+      <c r="P85" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>487</v>
+      </c>
+      <c r="B86" t="s">
+        <v>488</v>
+      </c>
+      <c r="C86" t="s">
+        <v>480</v>
+      </c>
+      <c r="D86" t="s">
+        <v>90</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>50</v>
+      </c>
+      <c r="G86" t="s">
+        <v>42</v>
+      </c>
+      <c r="H86">
+        <v>2014</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>249</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>481</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>489</v>
+      </c>
+      <c r="P86" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>247</v>
+      </c>
+      <c r="C87" t="s">
+        <v>480</v>
+      </c>
+      <c r="D87" t="s">
+        <v>90</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>50</v>
+      </c>
+      <c r="G87" t="s">
+        <v>42</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>249</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>481</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>491</v>
+      </c>
+      <c r="P87" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>492</v>
+      </c>
+      <c r="B88" t="s">
+        <v>493</v>
+      </c>
+      <c r="C88" t="s">
+        <v>494</v>
+      </c>
+      <c r="D88" t="s">
+        <v>495</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>50</v>
+      </c>
+      <c r="G88" t="s">
+        <v>42</v>
+      </c>
+      <c r="H88">
+        <v>2019</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>249</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>496</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>497</v>
+      </c>
+      <c r="P88" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>499</v>
+      </c>
+      <c r="B89" t="s">
+        <v>500</v>
+      </c>
+      <c r="C89" t="s">
+        <v>494</v>
+      </c>
+      <c r="D89" t="s">
+        <v>90</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>50</v>
+      </c>
+      <c r="G89" t="s">
+        <v>42</v>
+      </c>
+      <c r="H89">
+        <v>2019</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>249</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>496</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>501</v>
+      </c>
+      <c r="P89" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>503</v>
+      </c>
+      <c r="B90" t="s">
+        <v>504</v>
+      </c>
+      <c r="C90" t="s">
+        <v>494</v>
+      </c>
+      <c r="D90" t="s">
+        <v>90</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>50</v>
+      </c>
+      <c r="G90" t="s">
+        <v>42</v>
+      </c>
+      <c r="H90">
+        <v>2019</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>249</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>496</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>505</v>
+      </c>
+      <c r="P90" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>507</v>
+      </c>
+      <c r="B91" t="s">
+        <v>508</v>
+      </c>
+      <c r="C91" t="s">
+        <v>494</v>
+      </c>
+      <c r="D91" t="s">
+        <v>126</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>50</v>
+      </c>
+      <c r="G91" t="s">
+        <v>42</v>
+      </c>
+      <c r="H91">
+        <v>2019</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>249</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>496</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>509</v>
+      </c>
+      <c r="P91" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>511</v>
+      </c>
+      <c r="B92" t="s">
+        <v>512</v>
+      </c>
+      <c r="C92" t="s">
+        <v>494</v>
+      </c>
+      <c r="D92" t="s">
+        <v>513</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>50</v>
+      </c>
+      <c r="G92" t="s">
+        <v>42</v>
+      </c>
+      <c r="H92">
+        <v>2019</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>249</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>496</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>514</v>
+      </c>
+      <c r="P92" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>516</v>
+      </c>
+      <c r="B93" t="s">
+        <v>517</v>
+      </c>
+      <c r="C93" t="s">
+        <v>494</v>
+      </c>
+      <c r="D93" t="s">
+        <v>108</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>50</v>
+      </c>
+      <c r="G93" t="s">
+        <v>42</v>
+      </c>
+      <c r="H93">
+        <v>2019</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>249</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>496</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>518</v>
+      </c>
+      <c r="P93" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>520</v>
+      </c>
+      <c r="B94" t="s">
+        <v>521</v>
+      </c>
+      <c r="C94" t="s">
+        <v>522</v>
+      </c>
+      <c r="D94" t="s">
+        <v>77</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>50</v>
+      </c>
+      <c r="G94" t="s">
+        <v>42</v>
+      </c>
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>231</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>523</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>524</v>
+      </c>
+      <c r="P94" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>526</v>
+      </c>
+      <c r="B95" t="s">
+        <v>527</v>
+      </c>
+      <c r="C95" t="s">
+        <v>522</v>
+      </c>
+      <c r="D95" t="s">
+        <v>90</v>
+      </c>
+      <c r="E95" t="s">
+        <v>33</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>42</v>
+      </c>
+      <c r="H95">
+        <v>2015</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>70</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>528</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>529</v>
+      </c>
+      <c r="P95" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>531</v>
+      </c>
+      <c r="B96" t="s">
+        <v>532</v>
+      </c>
+      <c r="C96" t="s">
+        <v>277</v>
+      </c>
+      <c r="D96" t="s">
+        <v>278</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>50</v>
+      </c>
+      <c r="G96" t="s">
+        <v>42</v>
+      </c>
+      <c r="H96">
+        <v>2011</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>78</v>
+      </c>
+      <c r="K96" t="s">
+        <v>157</v>
+      </c>
+      <c r="L96" t="s">
+        <v>533</v>
+      </c>
+      <c r="M96" t="s">
+        <v>281</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>534</v>
+      </c>
+      <c r="P96" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>536</v>
+      </c>
+      <c r="B97" t="s">
+        <v>537</v>
+      </c>
+      <c r="C97" t="s">
+        <v>277</v>
+      </c>
+      <c r="D97" t="s">
+        <v>120</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>50</v>
+      </c>
+      <c r="G97" t="s">
+        <v>538</v>
+      </c>
+      <c r="H97">
+        <v>1994</v>
+      </c>
+      <c r="I97">
+        <v>2014</v>
+      </c>
+      <c r="J97" t="s">
+        <v>78</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>539</v>
+      </c>
+      <c r="M97" t="s">
+        <v>281</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>540</v>
+      </c>
+      <c r="P97" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>542</v>
+      </c>
+      <c r="B98" t="s">
+        <v>543</v>
+      </c>
+      <c r="C98" t="s">
+        <v>277</v>
+      </c>
+      <c r="D98" t="s">
+        <v>544</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>50</v>
+      </c>
+      <c r="G98" t="s">
+        <v>538</v>
+      </c>
+      <c r="H98">
+        <v>2002</v>
+      </c>
+      <c r="I98">
+        <v>2007</v>
+      </c>
+      <c r="J98" t="s">
+        <v>286</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>545</v>
+      </c>
+      <c r="M98" t="s">
+        <v>281</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>546</v>
+      </c>
+      <c r="P98" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>548</v>
+      </c>
+      <c r="B99" t="s">
+        <v>549</v>
+      </c>
+      <c r="C99" t="s">
+        <v>277</v>
+      </c>
+      <c r="D99" t="s">
+        <v>126</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>50</v>
+      </c>
+      <c r="G99" t="s">
+        <v>42</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>78</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>550</v>
+      </c>
+      <c r="M99" t="s">
+        <v>281</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>551</v>
+      </c>
+      <c r="P99" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>553</v>
+      </c>
+      <c r="B100" t="s">
+        <v>554</v>
+      </c>
+      <c r="C100" t="s">
+        <v>277</v>
+      </c>
+      <c r="D100" t="s">
+        <v>90</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>50</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1995</v>
+      </c>
+      <c r="I100">
+        <v>2008</v>
+      </c>
+      <c r="J100" t="s">
+        <v>78</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>555</v>
+      </c>
+      <c r="M100" t="s">
+        <v>281</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>556</v>
+      </c>
+      <c r="P100" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>558</v>
+      </c>
+      <c r="B101" t="s">
+        <v>559</v>
+      </c>
+      <c r="C101" t="s">
+        <v>277</v>
+      </c>
+      <c r="D101" t="s">
+        <v>560</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>50</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2008</v>
+      </c>
+      <c r="I101">
+        <v>2014</v>
+      </c>
+      <c r="J101" t="s">
+        <v>286</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>561</v>
+      </c>
+      <c r="M101" t="s">
+        <v>281</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>562</v>
+      </c>
+      <c r="P101" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>564</v>
+      </c>
+      <c r="B102" t="s">
+        <v>565</v>
+      </c>
+      <c r="C102" t="s">
+        <v>277</v>
+      </c>
+      <c r="D102" t="s">
+        <v>90</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>50</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>1995</v>
+      </c>
+      <c r="I102">
+        <v>2010</v>
+      </c>
+      <c r="J102" t="s">
+        <v>311</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>566</v>
+      </c>
+      <c r="M102" t="s">
+        <v>281</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>567</v>
+      </c>
+      <c r="P102" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>569</v>
+      </c>
+      <c r="B103" t="s">
+        <v>570</v>
+      </c>
+      <c r="C103" t="s">
+        <v>277</v>
+      </c>
+      <c r="D103" t="s">
+        <v>189</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>50</v>
+      </c>
+      <c r="G103" t="s">
+        <v>42</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>286</v>
+      </c>
+      <c r="K103" t="s">
+        <v>157</v>
+      </c>
+      <c r="L103" t="s">
+        <v>571</v>
+      </c>
+      <c r="M103" t="s">
+        <v>281</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>572</v>
+      </c>
+      <c r="P103" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>574</v>
+      </c>
+      <c r="B104" t="s">
+        <v>575</v>
+      </c>
+      <c r="C104" t="s">
+        <v>277</v>
+      </c>
+      <c r="D104" t="s">
+        <v>90</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>50</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>1995</v>
+      </c>
+      <c r="I104">
+        <v>2016</v>
+      </c>
+      <c r="J104" t="s">
+        <v>286</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>281</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>576</v>
+      </c>
+      <c r="P104" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>578</v>
+      </c>
+      <c r="B105" t="s">
+        <v>579</v>
+      </c>
+      <c r="C105" t="s">
+        <v>277</v>
+      </c>
+      <c r="D105" t="s">
+        <v>411</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>50</v>
+      </c>
+      <c r="G105" t="s">
+        <v>42</v>
+      </c>
+      <c r="H105">
+        <v>2014</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>78</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>580</v>
+      </c>
+      <c r="M105" t="s">
+        <v>281</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>581</v>
+      </c>
+      <c r="P105" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>583</v>
+      </c>
+      <c r="B106" t="s">
+        <v>584</v>
+      </c>
+      <c r="C106" t="s">
+        <v>585</v>
+      </c>
+      <c r="D106" t="s">
+        <v>586</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>42</v>
+      </c>
+      <c r="H106">
+        <v>2017</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>70</v>
+      </c>
+      <c r="K106" t="s">
+        <v>389</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>587</v>
+      </c>
+      <c r="N106" t="s">
         <v>179</v>
       </c>
-      <c r="M40" t="s">
-[...30 lines deleted...]
-      <c r="J41" t="s">
+      <c r="O106" t="s">
+        <v>588</v>
+      </c>
+      <c r="P106" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>590</v>
+      </c>
+      <c r="B107" t="s">
+        <v>591</v>
+      </c>
+      <c r="C107" t="s">
+        <v>592</v>
+      </c>
+      <c r="D107" t="s">
+        <v>593</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>21</v>
       </c>
-      <c r="K41"/>
-[...34 lines deleted...]
-      <c r="J42" t="s">
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107">
+        <v>2016</v>
+      </c>
+      <c r="J107" t="s">
+        <v>594</v>
+      </c>
+      <c r="K107" t="s">
+        <v>389</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>250</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>595</v>
+      </c>
+      <c r="P107" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>597</v>
+      </c>
+      <c r="B108" t="s">
+        <v>247</v>
+      </c>
+      <c r="C108" t="s">
+        <v>480</v>
+      </c>
+      <c r="D108" t="s">
+        <v>77</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>50</v>
+      </c>
+      <c r="G108" t="s">
+        <v>42</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>249</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>481</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>598</v>
+      </c>
+      <c r="P108" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>599</v>
+      </c>
+      <c r="B109" t="s">
+        <v>600</v>
+      </c>
+      <c r="C109" t="s">
+        <v>601</v>
+      </c>
+      <c r="D109" t="s">
+        <v>126</v>
+      </c>
+      <c r="E109" t="s">
+        <v>33</v>
+      </c>
+      <c r="F109" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...36 lines deleted...]
-      <c r="J43" t="s">
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2008</v>
+      </c>
+      <c r="I109">
+        <v>2011</v>
+      </c>
+      <c r="J109" t="s">
+        <v>70</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>602</v>
+      </c>
+      <c r="M109" t="s">
+        <v>603</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>604</v>
+      </c>
+      <c r="P109" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>606</v>
+      </c>
+      <c r="B110" t="s">
+        <v>607</v>
+      </c>
+      <c r="C110" t="s">
+        <v>601</v>
+      </c>
+      <c r="D110" t="s">
+        <v>144</v>
+      </c>
+      <c r="E110" t="s">
+        <v>33</v>
+      </c>
+      <c r="F110" t="s">
         <v>21</v>
       </c>
-      <c r="K43"/>
-[...34 lines deleted...]
-      <c r="J44" t="s">
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2007</v>
+      </c>
+      <c r="I110">
+        <v>2011</v>
+      </c>
+      <c r="J110" t="s">
+        <v>70</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>608</v>
+      </c>
+      <c r="M110" t="s">
+        <v>603</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>609</v>
+      </c>
+      <c r="P110" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>611</v>
+      </c>
+      <c r="B111" t="s">
+        <v>612</v>
+      </c>
+      <c r="C111" t="s">
+        <v>601</v>
+      </c>
+      <c r="D111" t="s">
+        <v>265</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>50</v>
+      </c>
+      <c r="G111" t="s">
+        <v>42</v>
+      </c>
+      <c r="H111">
+        <v>2007</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>249</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>613</v>
+      </c>
+      <c r="M111" t="s">
+        <v>603</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>614</v>
+      </c>
+      <c r="P111" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>616</v>
+      </c>
+      <c r="B112" t="s">
+        <v>617</v>
+      </c>
+      <c r="C112" t="s">
+        <v>601</v>
+      </c>
+      <c r="D112" t="s">
+        <v>77</v>
+      </c>
+      <c r="E112" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...34 lines deleted...]
-      <c r="J45" t="s">
+      <c r="G112" t="s">
+        <v>42</v>
+      </c>
+      <c r="H112">
+        <v>2007</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>70</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>618</v>
+      </c>
+      <c r="M112" t="s">
+        <v>603</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>619</v>
+      </c>
+      <c r="P112" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>621</v>
+      </c>
+      <c r="B113" t="s">
+        <v>622</v>
+      </c>
+      <c r="C113" t="s">
+        <v>601</v>
+      </c>
+      <c r="D113" t="s">
+        <v>623</v>
+      </c>
+      <c r="E113" t="s">
+        <v>33</v>
+      </c>
+      <c r="F113" t="s">
         <v>21</v>
       </c>
-      <c r="K45"/>
-[...23 lines deleted...]
-      <c r="E46" t="s">
+      <c r="G113" t="s">
         <v>42</v>
       </c>
-      <c r="F46" t="s">
-[...2556 lines deleted...]
-      <c r="G107">
+      <c r="H113">
         <v>2009</v>
       </c>
-      <c r="H107">
-[...256 lines deleted...]
-      </c>
+      <c r="I113"/>
       <c r="J113" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="K113" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>406</v>
+        <v>624</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>603</v>
       </c>
       <c r="N113" t="s">
-        <v>420</v>
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>625</v>
+      </c>
+      <c r="P113" t="s">
+        <v>626</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>