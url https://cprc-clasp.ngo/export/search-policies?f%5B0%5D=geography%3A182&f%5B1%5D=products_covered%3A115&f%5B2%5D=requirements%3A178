--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,194 +12,213 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -463,237 +482,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>34</v>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>