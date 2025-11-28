--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,269 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,409 +581,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="255.938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...203 lines deleted...]
-        <v>59</v>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>