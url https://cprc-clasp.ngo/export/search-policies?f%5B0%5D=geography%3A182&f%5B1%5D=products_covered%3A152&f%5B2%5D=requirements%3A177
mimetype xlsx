--- v0 (2025-11-28)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -279,50 +279,53 @@
     <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
   </si>
   <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
     <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
   </si>
   <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -416,50 +419,53 @@
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
     <t>https://osartec.gob.sv/?p=5614</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -831,51 +837,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1295,506 +1301,506 @@
       </c>
       <c r="P9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>87</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
       <c r="H10">
         <v>1997</v>
       </c>
       <c r="I10">
         <v>2005</v>
       </c>
       <c r="J10" t="s">
         <v>46</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2004</v>
       </c>
       <c r="I11">
         <v>2025</v>
       </c>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>64</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>8</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>46</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>65</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D16" t="s">
         <v>64</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>35</v>
       </c>
       <c r="H16">
         <v>2019</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>64</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2016</v>
       </c>
       <c r="J17" t="s">
         <v>46</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="M17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D18" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2016</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>56</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="P18" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B19" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D19" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19">
         <v>2016</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">