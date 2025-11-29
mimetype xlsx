--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,254 +12,303 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,457 +572,508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1995</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>1994</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1999</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...15 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1994</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>33</v>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...2 lines deleted...]
-      <c r="H4">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...34 lines deleted...]
-      <c r="H5">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-[...11 lines deleted...]
-      <c r="M5" t="s">
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
         <v>44</v>
       </c>
-      <c r="B6" t="s">
-[...122 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>54</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>