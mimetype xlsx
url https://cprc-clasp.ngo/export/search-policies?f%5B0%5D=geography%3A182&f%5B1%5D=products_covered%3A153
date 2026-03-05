--- v0 (2025-10-15)
+++ v1 (2026-03-05)
@@ -12,459 +12,580 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
+  </si>
+  <si>
     <t>Mexico</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -728,957 +849,1080 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2025</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>54</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>94</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>55</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>94</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>112</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>45</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1994</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1994</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>143</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>82</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...59 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K20" t="s">
+        <v>112</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...702 lines deleted...]
-        <v>121</v>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>