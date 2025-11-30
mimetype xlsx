--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -12,449 +12,610 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -718,1071 +879,1206 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="165" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="165.103" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H3">
+        <v>2002</v>
+      </c>
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...32 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...14 lines deleted...]
-      <c r="H4">
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...37 lines deleted...]
-      <c r="H5">
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1992</v>
+      </c>
+      <c r="I8">
         <v>2020</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
         <v>38</v>
       </c>
-      <c r="J5" t="s">
-[...11 lines deleted...]
-      <c r="N5" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2001</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>45</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I6" t="s">
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
         <v>38</v>
       </c>
-      <c r="J6" t="s">
-[...99 lines deleted...]
-      <c r="N8" t="s">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-    </row>
-[...53 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
         <v>38</v>
       </c>
-      <c r="J10" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2004</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2020</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" t="s">
         <v>38</v>
       </c>
-      <c r="J11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>71</v>
+        <v>93</v>
       </c>
       <c r="B12" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2001</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2018</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
         <v>38</v>
       </c>
-      <c r="J12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N12" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H13"/>
-      <c r="I13" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
         <v>38</v>
       </c>
-      <c r="J13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>47</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2004</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2014</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
         <v>38</v>
       </c>
-      <c r="J14" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N14" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>1998</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>114</v>
+      </c>
+      <c r="M15" t="s">
         <v>38</v>
       </c>
-      <c r="J15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N15" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2012</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
         <v>38</v>
       </c>
-      <c r="J16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>125</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2010</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2017</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="K17" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
+        <v>127</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>129</v>
+      </c>
+      <c r="P17" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>131</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
         <v>95</v>
       </c>
-      <c r="M17" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2003</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
-        <v>99</v>
+        <v>36</v>
       </c>
       <c r="L18" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" t="s">
+        <v>140</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>126</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>135</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>119</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>126</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>135</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>133</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>126</v>
+      </c>
+      <c r="K21" t="s">
+        <v>152</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>135</v>
+      </c>
+      <c r="N21" t="s">
+        <v>154</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
         <v>101</v>
       </c>
-    </row>
-[...151 lines deleted...]
-      <c r="G22">
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="K22" t="s">
-        <v>117</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
-        <v>119</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>