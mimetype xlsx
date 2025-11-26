--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,344 +12,436 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -613,797 +705,894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="267.649" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...9 lines deleted...]
-      <c r="N2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2008</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
+        <v>1993</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>1993</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" t="s">
+        <v>70</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>54</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M12" t="s">
+        <v>70</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>90</v>
+      </c>
+      <c r="M13" t="s">
+        <v>70</v>
+      </c>
+      <c r="N13" t="s">
+        <v>91</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>70</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>103</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
         <v>2007</v>
       </c>
-      <c r="H3">
-[...25 lines deleted...]
-      <c r="B4" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>109</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...553 lines deleted...]
-        <v>84</v>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>