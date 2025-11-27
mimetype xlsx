--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,230 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,353 +530,392 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="110" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="772.669" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="110.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...153 lines deleted...]
-        <v>46</v>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>