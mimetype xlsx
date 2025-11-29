--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,218 +12,267 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,459 +536,510 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="441.035" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1996</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1996</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
         <v>2012</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...212 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>42</v>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>