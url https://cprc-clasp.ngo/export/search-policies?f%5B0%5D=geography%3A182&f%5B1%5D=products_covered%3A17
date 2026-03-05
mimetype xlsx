--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,563 +12,744 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -832,1357 +1013,1534 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...23 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...68 lines deleted...]
-      <c r="H5">
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>83</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2011</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
         <v>46</v>
       </c>
-      <c r="J5" t="s">
-[...28 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
         <v>54</v>
       </c>
-      <c r="F6" t="s">
-[...132 lines deleted...]
-      <c r="G9">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
         <v>2011</v>
       </c>
-      <c r="H9">
-[...22 lines deleted...]
-      <c r="A10" t="s">
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
         <v>75</v>
       </c>
-      <c r="B10" t="s">
-[...14 lines deleted...]
-      <c r="G10">
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H10">
-[...52 lines deleted...]
-      <c r="K11" t="s">
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
         <v>81</v>
       </c>
-      <c r="L11" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="L12" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="N12" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>88</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>113</v>
       </c>
       <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>81</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>75</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>132</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>56</v>
+      </c>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M17" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1996</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>124</v>
+      </c>
+      <c r="K20" t="s">
+        <v>56</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>155</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>156</v>
+      </c>
+      <c r="P20" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>54</v>
+      </c>
+      <c r="G21" t="s">
         <v>45</v>
       </c>
-      <c r="F13" t="s">
-[...18 lines deleted...]
-      <c r="M13" t="s">
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>124</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>124</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>144</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N13" t="s">
-[...10 lines deleted...]
-      <c r="C14" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>80</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>124</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24" t="s">
+        <v>180</v>
+      </c>
+      <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>124</v>
+      </c>
+      <c r="K25" t="s">
+        <v>56</v>
+      </c>
+      <c r="L25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>124</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>198</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>124</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>201</v>
+      </c>
+      <c r="O27" t="s">
+        <v>202</v>
+      </c>
+      <c r="P27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>205</v>
+      </c>
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
+        <v>198</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>206</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" t="s">
+        <v>207</v>
+      </c>
+      <c r="M28" t="s">
+        <v>208</v>
+      </c>
+      <c r="N28" t="s">
+        <v>201</v>
+      </c>
+      <c r="O28" t="s">
+        <v>209</v>
+      </c>
+      <c r="P28" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>211</v>
+      </c>
+      <c r="B29" t="s">
+        <v>212</v>
+      </c>
+      <c r="C29" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" t="s">
+        <v>143</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>65</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="G29" t="s">
         <v>45</v>
       </c>
-      <c r="F14" t="s">
-[...306 lines deleted...]
-      <c r="G21">
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...342 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
       <c r="K29" t="s">
-        <v>156</v>
+        <v>56</v>
       </c>
       <c r="L29" t="s">
-        <v>153</v>
+        <v>213</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>208</v>
       </c>
       <c r="N29" t="s">
-        <v>157</v>
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>