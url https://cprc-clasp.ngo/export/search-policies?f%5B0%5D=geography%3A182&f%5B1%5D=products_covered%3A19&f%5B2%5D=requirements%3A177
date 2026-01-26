--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -161,204 +161,210 @@
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-170-05-april-2019</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
+  </si>
+  <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
+  </si>
+  <si>
+    <t>INTE E21-1 2016</t>
+  </si>
+  <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E21-2 2016</t>
+  </si>
+  <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
+    <t>NOM-005-ENER-2016</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>NMX-J-585-ANCE-2014</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-005-ener-2016</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
-    <t>Washing Machines</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
-[...128 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
@@ -997,647 +1003,647 @@
       </c>
       <c r="O4" t="s">
         <v>47</v>
       </c>
       <c r="P4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2016</v>
+        <v>1984</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H7">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>73</v>
       </c>
       <c r="P7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
         <v>2016</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
       <c r="M10" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="I11">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>96</v>
       </c>
       <c r="P11" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>98</v>
       </c>
       <c r="B12" t="s">
         <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="H12">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P12" t="s">
-        <v>56</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>44</v>
       </c>
       <c r="H13">
         <v>2017</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>44</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>44</v>
       </c>
       <c r="H15">
         <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>36</v>
       </c>
       <c r="O16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="P16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17">
         <v>2016</v>
       </c>
       <c r="J17" t="s">
         <v>33</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">