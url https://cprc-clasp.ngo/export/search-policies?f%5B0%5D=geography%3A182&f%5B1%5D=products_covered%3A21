--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,584 +12,746 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -853,1249 +1015,1412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>79</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>87</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>96</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>97</v>
+      </c>
+      <c r="K10" t="s">
+        <v>98</v>
+      </c>
+      <c r="L10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" t="s">
+        <v>100</v>
+      </c>
+      <c r="N10" t="s">
+        <v>101</v>
+      </c>
+      <c r="O10" t="s">
+        <v>102</v>
+      </c>
+      <c r="P10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>106</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>107</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...78 lines deleted...]
-      <c r="A5" t="s">
+      <c r="O11" t="s">
+        <v>108</v>
+      </c>
+      <c r="P11" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C12" t="s">
+        <v>112</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>113</v>
+      </c>
+      <c r="K12" t="s">
+        <v>114</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>115</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>116</v>
+      </c>
+      <c r="P12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K13" t="s">
+        <v>120</v>
+      </c>
+      <c r="L13" t="s">
+        <v>121</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...188 lines deleted...]
-      <c r="I9" t="s">
+      <c r="F14" t="s">
         <v>71</v>
       </c>
-      <c r="J9" t="s">
-[...168 lines deleted...]
-      <c r="K13" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
         <v>97</v>
       </c>
-      <c r="L13" t="s">
-[...5 lines deleted...]
-      <c r="N13" t="s">
+      <c r="K14" t="s">
         <v>98</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="N14" t="s">
         <v>101</v>
       </c>
-    </row>
-    <row r="15" spans="1:14">
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>131</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>97</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>138</v>
+      </c>
+      <c r="D16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>140</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>141</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>142</v>
+      </c>
+      <c r="P16" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>144</v>
+      </c>
+      <c r="B17" t="s">
+        <v>145</v>
+      </c>
+      <c r="C17" t="s">
+        <v>146</v>
+      </c>
+      <c r="D17" t="s">
+        <v>147</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>106</v>
+      </c>
+      <c r="L17" t="s">
+        <v>148</v>
+      </c>
+      <c r="M17" t="s">
+        <v>149</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>150</v>
+      </c>
+      <c r="P17" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>152</v>
+      </c>
+      <c r="B18" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>97</v>
+      </c>
+      <c r="K18" t="s">
+        <v>106</v>
+      </c>
+      <c r="L18" t="s">
+        <v>154</v>
+      </c>
+      <c r="M18" t="s">
+        <v>115</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>155</v>
+      </c>
+      <c r="P18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" t="s">
+        <v>158</v>
+      </c>
+      <c r="C19" t="s">
+        <v>159</v>
+      </c>
+      <c r="D19" t="s">
+        <v>160</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>166</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>63</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" t="s">
         <v>36</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15">
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>171</v>
+      </c>
+      <c r="D21" t="s">
+        <v>172</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
         <v>2016</v>
       </c>
-      <c r="H15"/>
-[...12 lines deleted...]
-      <c r="M15" t="s">
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...31 lines deleted...]
-      <c r="J16" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>173</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>174</v>
+      </c>
+      <c r="P21" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+      <c r="D22" t="s">
+        <v>96</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...71 lines deleted...]
-      <c r="G18">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
         <v>2011</v>
       </c>
-      <c r="H18"/>
-[...32 lines deleted...]
-      <c r="E19" t="s">
+      <c r="J22" t="s">
+        <v>179</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>180</v>
+      </c>
+      <c r="M22" t="s">
+        <v>181</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>182</v>
+      </c>
+      <c r="P22" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>184</v>
+      </c>
+      <c r="B23" t="s">
+        <v>185</v>
+      </c>
+      <c r="C23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D23" t="s">
+        <v>96</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>63</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>186</v>
+      </c>
+      <c r="M23" t="s">
+        <v>181</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>187</v>
+      </c>
+      <c r="P23" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>189</v>
+      </c>
+      <c r="B24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F19" t="s">
-[...82 lines deleted...]
-      <c r="G21">
+      <c r="D24" t="s">
+        <v>191</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>193</v>
+      </c>
+      <c r="K24" t="s">
+        <v>194</v>
+      </c>
+      <c r="L24" t="s">
+        <v>195</v>
+      </c>
+      <c r="M24" t="s">
+        <v>196</v>
+      </c>
+      <c r="N24" t="s">
+        <v>197</v>
+      </c>
+      <c r="O24" t="s">
+        <v>198</v>
+      </c>
+      <c r="P24" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>200</v>
+      </c>
+      <c r="B25" t="s">
+        <v>201</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>202</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>192</v>
+      </c>
+      <c r="G25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25">
         <v>2009</v>
       </c>
-      <c r="H21">
-[...32 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>193</v>
+      </c>
+      <c r="K25" t="s">
+        <v>194</v>
+      </c>
+      <c r="L25" t="s">
+        <v>203</v>
+      </c>
+      <c r="M25" t="s">
+        <v>196</v>
+      </c>
+      <c r="N25" t="s">
+        <v>197</v>
+      </c>
+      <c r="O25" t="s">
+        <v>204</v>
+      </c>
+      <c r="P25" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>206</v>
+      </c>
+      <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F22" t="s">
-[...164 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>35</v>
+        <v>208</v>
       </c>
       <c r="E26" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>192</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2018</v>
       </c>
-      <c r="I26" t="s">
-        <v>147</v>
+      <c r="I26">
+        <v>2018</v>
       </c>
       <c r="J26" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="K26" t="s">
-        <v>159</v>
+        <v>194</v>
       </c>
       <c r="L26" t="s">
-        <v>150</v>
+        <v>209</v>
       </c>
       <c r="M26" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>197</v>
+      </c>
+      <c r="O26" t="s">
+        <v>210</v>
+      </c>
+      <c r="P26" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>161</v>
+        <v>212</v>
       </c>
       <c r="B27" t="s">
-        <v>15</v>
+        <v>213</v>
       </c>
       <c r="C27" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="E27" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>192</v>
+      </c>
+      <c r="G27" t="s">
+        <v>54</v>
+      </c>
+      <c r="H27">
         <v>2014</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>148</v>
+        <v>193</v>
       </c>
       <c r="K27" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="L27" t="s">
-        <v>150</v>
+        <v>215</v>
       </c>
       <c r="M27" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="N27" t="s">
-        <v>164</v>
+        <v>197</v>
+      </c>
+      <c r="O27" t="s">
+        <v>216</v>
+      </c>
+      <c r="P27" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>