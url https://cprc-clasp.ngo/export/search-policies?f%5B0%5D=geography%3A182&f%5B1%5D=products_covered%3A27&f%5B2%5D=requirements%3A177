--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,254 +12,291 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,369 +560,408 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="521.301" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...160 lines deleted...]
-        <v>54</v>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>