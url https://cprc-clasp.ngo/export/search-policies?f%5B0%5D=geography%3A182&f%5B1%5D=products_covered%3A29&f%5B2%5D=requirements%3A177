--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,712 +12,1007 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -981,2201 +1276,2504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...104 lines deleted...]
-      <c r="C5" t="s">
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...48 lines deleted...]
-      <c r="G6">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2022</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2000</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="H6">
-[...5 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>98</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
         <v>52</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
         <v>53</v>
       </c>
-      <c r="M6" t="s">
-[...149 lines deleted...]
-      <c r="G10">
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>91</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>42</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>91</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2000</v>
       </c>
-      <c r="H10">
-[...2 lines deleted...]
-      <c r="I10" t="s">
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>89</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>91</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>91</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>53</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>91</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
         <v>70</v>
       </c>
-      <c r="J10" t="s">
-[...40 lines deleted...]
-      <c r="I11" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>133</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>77</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>134</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
         <v>70</v>
       </c>
-      <c r="J11" t="s">
-[...397 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>42</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2010</v>
       </c>
-      <c r="I21" t="s">
-        <v>99</v>
+      <c r="I21">
+        <v>2010</v>
       </c>
       <c r="J21" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>141</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>146</v>
+      </c>
+      <c r="D22" t="s">
+        <v>70</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>147</v>
+      </c>
+      <c r="G22" t="s">
+        <v>133</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>148</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>149</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>147</v>
+      </c>
+      <c r="G23" t="s">
+        <v>133</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>148</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>155</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2006</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>77</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>160</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" t="s">
+        <v>70</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2006</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>160</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" t="s">
+        <v>70</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>77</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>160</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>173</v>
+      </c>
+      <c r="D27" t="s">
+        <v>70</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>174</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>175</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>173</v>
+      </c>
+      <c r="D28" t="s">
+        <v>180</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>174</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>178</v>
+      </c>
+      <c r="M28" t="s">
+        <v>175</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>181</v>
+      </c>
+      <c r="P28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" t="s">
+        <v>173</v>
+      </c>
+      <c r="D29" t="s">
+        <v>185</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2017</v>
+      </c>
+      <c r="J29" t="s">
+        <v>186</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>175</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>187</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>173</v>
+      </c>
+      <c r="D30" t="s">
         <v>100</v>
       </c>
-      <c r="M21" t="s">
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>174</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>191</v>
+      </c>
+      <c r="M30" t="s">
+        <v>175</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" t="s">
+        <v>196</v>
+      </c>
+      <c r="D31" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>52</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>186</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>201</v>
+      </c>
+      <c r="B32" t="s">
+        <v>202</v>
+      </c>
+      <c r="C32" t="s">
+        <v>196</v>
+      </c>
+      <c r="D32" t="s">
+        <v>70</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>52</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>186</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>203</v>
+      </c>
+      <c r="M32" t="s">
+        <v>198</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>206</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>208</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>140</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" t="s">
+        <v>141</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1999</v>
+      </c>
+      <c r="I34">
+        <v>2012</v>
+      </c>
+      <c r="J34" t="s">
+        <v>140</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>214</v>
+      </c>
+      <c r="M34" t="s">
+        <v>141</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>215</v>
+      </c>
+      <c r="P34" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>218</v>
+      </c>
+      <c r="C35" t="s">
+        <v>219</v>
+      </c>
+      <c r="D35" t="s">
+        <v>220</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>61</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>148</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>221</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" t="s">
+        <v>69</v>
+      </c>
+      <c r="D36" t="s">
+        <v>100</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>42</v>
+      </c>
+      <c r="G36" t="s">
+        <v>52</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>71</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>226</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>227</v>
+      </c>
+      <c r="P36" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>229</v>
+      </c>
+      <c r="B37" t="s">
+        <v>230</v>
+      </c>
+      <c r="C37" t="s">
+        <v>69</v>
+      </c>
+      <c r="D37" t="s">
+        <v>180</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>61</v>
+      </c>
+      <c r="G37" t="s">
+        <v>52</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>186</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>231</v>
+      </c>
+      <c r="M37" t="s">
+        <v>226</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>236</v>
+      </c>
+      <c r="D38" t="s">
+        <v>237</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
+        <v>2016</v>
+      </c>
+      <c r="J38" t="s">
+        <v>33</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>238</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>239</v>
+      </c>
+      <c r="P38" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>241</v>
+      </c>
+      <c r="B39" t="s">
+        <v>242</v>
+      </c>
+      <c r="C39" t="s">
+        <v>132</v>
+      </c>
+      <c r="D39" t="s">
+        <v>70</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>77</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>243</v>
+      </c>
+      <c r="M39" t="s">
+        <v>134</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>244</v>
+      </c>
+      <c r="P39" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" t="s">
+        <v>132</v>
+      </c>
+      <c r="D40" t="s">
+        <v>70</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>77</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>248</v>
+      </c>
+      <c r="M40" t="s">
+        <v>134</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>249</v>
+      </c>
+      <c r="P40" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>251</v>
+      </c>
+      <c r="B41" t="s">
+        <v>252</v>
+      </c>
+      <c r="C41" t="s">
+        <v>253</v>
+      </c>
+      <c r="D41" t="s">
+        <v>70</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>61</v>
+      </c>
+      <c r="G41" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>186</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>254</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>255</v>
+      </c>
+      <c r="P41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>257</v>
+      </c>
+      <c r="B42" t="s">
+        <v>258</v>
+      </c>
+      <c r="C42" t="s">
+        <v>253</v>
+      </c>
+      <c r="D42" t="s">
+        <v>180</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>52</v>
+      </c>
+      <c r="H42">
+        <v>2011</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>53</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>254</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>259</v>
+      </c>
+      <c r="P42" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>261</v>
+      </c>
+      <c r="B43" t="s">
+        <v>262</v>
+      </c>
+      <c r="C43" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" t="s">
+        <v>100</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>52</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>77</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>263</v>
+      </c>
+      <c r="M43" t="s">
+        <v>175</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>264</v>
+      </c>
+      <c r="P43" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>266</v>
+      </c>
+      <c r="B44" t="s">
+        <v>267</v>
+      </c>
+      <c r="C44" t="s">
+        <v>268</v>
+      </c>
+      <c r="D44" t="s">
+        <v>269</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>52</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>62</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>270</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>273</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>268</v>
+      </c>
+      <c r="D45" t="s">
+        <v>275</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>62</v>
+      </c>
+      <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...34 lines deleted...]
-      <c r="M22" t="s">
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>270</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>276</v>
+      </c>
+      <c r="P45" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>278</v>
+      </c>
+      <c r="B46" t="s">
+        <v>279</v>
+      </c>
+      <c r="C46" t="s">
+        <v>236</v>
+      </c>
+      <c r="D46" t="s">
+        <v>280</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2016</v>
+      </c>
+      <c r="J46" t="s">
+        <v>33</v>
+      </c>
+      <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...45 lines deleted...]
-      <c r="B24" t="s">
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>238</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>145</v>
+      </c>
+      <c r="C47" t="s">
+        <v>284</v>
+      </c>
+      <c r="D47" t="s">
+        <v>70</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>61</v>
       </c>
-      <c r="C24" t="s">
-[...14 lines deleted...]
-      <c r="H24">
+      <c r="G47" t="s">
+        <v>52</v>
+      </c>
+      <c r="H47">
         <v>2010</v>
       </c>
-      <c r="I24" t="s">
-[...20 lines deleted...]
-      <c r="B25" t="s">
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>148</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>285</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>290</v>
+      </c>
+      <c r="D48" t="s">
+        <v>154</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>61</v>
       </c>
-      <c r="C25" t="s">
-[...140 lines deleted...]
-      <c r="H28">
+      <c r="G48" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>148</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>291</v>
+      </c>
+      <c r="M48" t="s">
+        <v>292</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>293</v>
+      </c>
+      <c r="P48" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>295</v>
+      </c>
+      <c r="B49" t="s">
+        <v>296</v>
+      </c>
+      <c r="C49" t="s">
+        <v>290</v>
+      </c>
+      <c r="D49" t="s">
+        <v>180</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49">
+        <v>2007</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>148</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>297</v>
+      </c>
+      <c r="M49" t="s">
+        <v>292</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>298</v>
+      </c>
+      <c r="P49" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>300</v>
+      </c>
+      <c r="B50" t="s">
+        <v>301</v>
+      </c>
+      <c r="C50" t="s">
+        <v>290</v>
+      </c>
+      <c r="D50" t="s">
+        <v>154</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50">
         <v>2018</v>
       </c>
-      <c r="I28" t="s">
-[...263 lines deleted...]
-      <c r="K34" t="s">
+      <c r="J50" t="s">
         <v>148</v>
       </c>
-      <c r="L34" t="s">
-[...661 lines deleted...]
-      </c>
       <c r="K50" t="s">
-        <v>205</v>
+        <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>199</v>
+        <v>302</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>292</v>
       </c>
       <c r="N50" t="s">
-        <v>206</v>
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>303</v>
+      </c>
+      <c r="P50" t="s">
+        <v>304</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>