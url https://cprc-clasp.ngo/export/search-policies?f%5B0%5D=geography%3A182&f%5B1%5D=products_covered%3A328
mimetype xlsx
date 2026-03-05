--- v0 (2025-10-11)
+++ v1 (2026-03-05)
@@ -12,734 +12,978 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1003,2071 +1247,2356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>80</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>86</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>1996</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>90</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1996</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>71</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>117</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2022</v>
+      </c>
+      <c r="J16" t="s">
+        <v>81</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>123</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>124</v>
+      </c>
+      <c r="P16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1995</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>129</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1995</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>129</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>130</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>71</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>71</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>146</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>148</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>71</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1993</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>81</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>71</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>161</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" t="s">
+        <v>166</v>
+      </c>
+      <c r="D23" t="s">
+        <v>71</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>54</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>146</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>183</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>112</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>81</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>111</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27" t="s">
+        <v>195</v>
+      </c>
+      <c r="M27" t="s">
+        <v>196</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>197</v>
+      </c>
+      <c r="P27" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>199</v>
+      </c>
+      <c r="B28" t="s">
+        <v>200</v>
+      </c>
+      <c r="C28" t="s">
+        <v>194</v>
+      </c>
+      <c r="D28" t="s">
+        <v>71</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>111</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" t="s">
+        <v>201</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>194</v>
+      </c>
+      <c r="D29" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>111</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>54</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
+        <v>2019</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>111</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30" t="s">
+        <v>209</v>
+      </c>
+      <c r="M30" t="s">
+        <v>196</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>211</v>
+      </c>
+      <c r="B31" t="s">
+        <v>212</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>71</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>160</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>161</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>214</v>
+      </c>
+      <c r="B32" t="s">
+        <v>215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>216</v>
+      </c>
+      <c r="D32" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>54</v>
+      </c>
+      <c r="G32" t="s">
+        <v>45</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>111</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>214</v>
+      </c>
+      <c r="B33" t="s">
+        <v>107</v>
+      </c>
+      <c r="C33" t="s">
+        <v>216</v>
+      </c>
+      <c r="D33" t="s">
+        <v>71</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>111</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>217</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>220</v>
+      </c>
+      <c r="P33" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>222</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>225</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>2019</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>111</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>226</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>227</v>
+      </c>
+      <c r="P34" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>229</v>
+      </c>
+      <c r="B35" t="s">
+        <v>230</v>
+      </c>
+      <c r="C35" t="s">
+        <v>224</v>
+      </c>
+      <c r="D35" t="s">
+        <v>71</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>2019</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>111</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>226</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>231</v>
+      </c>
+      <c r="P35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>234</v>
+      </c>
+      <c r="C36" t="s">
+        <v>224</v>
+      </c>
+      <c r="D36" t="s">
+        <v>71</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>111</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>226</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>235</v>
+      </c>
+      <c r="P36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>237</v>
+      </c>
+      <c r="B37" t="s">
+        <v>238</v>
+      </c>
+      <c r="C37" t="s">
+        <v>128</v>
+      </c>
+      <c r="D37" t="s">
+        <v>71</v>
+      </c>
+      <c r="E37" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F37" t="s">
+        <v>72</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>81</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>239</v>
+      </c>
+      <c r="M37" t="s">
+        <v>240</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>241</v>
+      </c>
+      <c r="P37" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>243</v>
+      </c>
+      <c r="B38" t="s">
+        <v>244</v>
+      </c>
+      <c r="C38" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" t="s">
+        <v>71</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>72</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1998</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>146</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>245</v>
+      </c>
+      <c r="M38" t="s">
+        <v>246</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39" t="s">
+        <v>71</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>72</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1998</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>146</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>251</v>
+      </c>
+      <c r="M39" t="s">
+        <v>246</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>253</v>
+      </c>
+      <c r="B40" t="s">
+        <v>254</v>
+      </c>
+      <c r="C40" t="s">
+        <v>255</v>
+      </c>
+      <c r="D40" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>256</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C41" t="s">
+        <v>255</v>
+      </c>
+      <c r="D41" t="s">
+        <v>71</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>64</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>261</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>262</v>
+      </c>
+      <c r="P41" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>264</v>
+      </c>
+      <c r="C42" t="s">
+        <v>128</v>
+      </c>
+      <c r="D42" t="s">
+        <v>71</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>54</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1995</v>
+      </c>
+      <c r="I42">
+        <v>2008</v>
+      </c>
+      <c r="J42" t="s">
+        <v>81</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42" t="s">
+        <v>265</v>
+      </c>
+      <c r="M42" t="s">
+        <v>130</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>128</v>
+      </c>
+      <c r="D43" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>54</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1995</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>146</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43" t="s">
+        <v>270</v>
+      </c>
+      <c r="M43" t="s">
+        <v>130</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>128</v>
+      </c>
+      <c r="D44" t="s">
+        <v>71</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1995</v>
+      </c>
+      <c r="I44">
+        <v>2016</v>
+      </c>
+      <c r="J44" t="s">
+        <v>129</v>
+      </c>
+      <c r="K44" t="s">
+        <v>46</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>130</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>275</v>
+      </c>
+      <c r="P44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>277</v>
+      </c>
+      <c r="B45" t="s">
+        <v>278</v>
+      </c>
+      <c r="C45" t="s">
+        <v>279</v>
+      </c>
+      <c r="D45" t="s">
+        <v>280</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>64</v>
+      </c>
+      <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>281</v>
+      </c>
+      <c r="N45" t="s">
+        <v>282</v>
+      </c>
+      <c r="O45" t="s">
+        <v>283</v>
+      </c>
+      <c r="P45" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>286</v>
+      </c>
+      <c r="C46" t="s">
+        <v>287</v>
+      </c>
+      <c r="D46" t="s">
+        <v>288</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
         <v>34</v>
       </c>
-    </row>
-[...53 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G46" t="s">
         <v>45</v>
       </c>
-      <c r="F5" t="s">
-[...34 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>64</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>289</v>
+      </c>
+      <c r="M46" t="s">
+        <v>290</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>291</v>
+      </c>
+      <c r="P46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>293</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>287</v>
+      </c>
+      <c r="D47" t="s">
+        <v>71</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
         <v>45</v>
       </c>
-      <c r="F6" t="s">
-[...571 lines deleted...]
-      <c r="B20" t="s">
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
-[...1148 lines deleted...]
-      </c>
       <c r="K47" t="s">
-        <v>210</v>
+        <v>46</v>
       </c>
       <c r="L47" t="s">
-        <v>211</v>
+        <v>289</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="N47" t="s">
-        <v>214</v>
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>295</v>
+      </c>
+      <c r="P47" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>