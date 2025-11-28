--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,353 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,653 +692,734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="248.796" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1996</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H7">
+        <v>1993</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>34</v>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...11 lines deleted...]
-      <c r="H4">
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1998</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>98</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...15 lines deleted...]
-        <v>42</v>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>98</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...354 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
-        <v>87</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>