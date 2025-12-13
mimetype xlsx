--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -12,275 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -544,411 +590,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="102" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="719.539" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...86 lines deleted...]
-      <c r="A5" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F7" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...97 lines deleted...]
-      <c r="G7">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2022</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>