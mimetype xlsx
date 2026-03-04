--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -12,185 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4137-water-dispensers</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,239 +473,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="609.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...33 lines deleted...]
-        <v>31</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>