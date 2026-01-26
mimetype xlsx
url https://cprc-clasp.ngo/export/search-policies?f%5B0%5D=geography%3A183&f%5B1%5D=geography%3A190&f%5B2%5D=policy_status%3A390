--- v0 (2025-11-27)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,105 +104,93 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>INTE E20-1 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...37 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -279,50 +267,65 @@
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
   </si>
   <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
     <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -685,51 +688,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="575.574" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="115.543" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="238.228" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="203.95" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -794,606 +797,606 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2016</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>47</v>
       </c>
       <c r="P5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>51</v>
       </c>
       <c r="P6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
       <c r="M7" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13">
         <v>2020</v>
       </c>
       <c r="J13" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">