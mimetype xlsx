--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -12,152 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
-[...32 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -470,65 +473,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -560,119 +563,119 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I2"/>
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">