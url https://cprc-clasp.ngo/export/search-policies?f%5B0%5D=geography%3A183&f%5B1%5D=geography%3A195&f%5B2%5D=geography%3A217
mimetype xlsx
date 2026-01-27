--- v0 (2025-11-30)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,71 +102,50 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
@@ -183,68 +162,74 @@
     <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
   </si>
   <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
     <t>Please note this is an unofficial policy title. Please see the presentation linked.
 Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
     <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
     <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
@@ -348,53 +333,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-refrigerators-3</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -431,50 +413,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -625,51 +616,69 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1018,61 +1027,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1150,1368 +1159,1412 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E6" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H7">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="L8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>83</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>85</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H9">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D13" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
         <v>101</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
         <v>105</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
         <v>106</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
         <v>107</v>
       </c>
-      <c r="E15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L15"/>
+        <v>49</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
       <c r="M15" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M16" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="B17"/>
       <c r="C17" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="H17">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="P18" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L19" t="s">
+        <v>128</v>
+      </c>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L20" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2016</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L21" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L22" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L23" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="P23" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2015</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B25" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L25" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H26">
         <v>1999</v>
       </c>
       <c r="I26">
         <v>2012</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L26" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>174</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2011</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="P27" t="s">
-        <v>36</v>
+        <v>176</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="H28">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="P28" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>74</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="L29" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="P29" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B30" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>96</v>
+        <v>189</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H30">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L30"/>
+        <v>49</v>
+      </c>
+      <c r="L30" t="s">
+        <v>190</v>
+      </c>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
         <v>192</v>
       </c>
-      <c r="P30" t="s">
-        <v>162</v>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>49</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>195</v>
+      </c>
+      <c r="P31" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">