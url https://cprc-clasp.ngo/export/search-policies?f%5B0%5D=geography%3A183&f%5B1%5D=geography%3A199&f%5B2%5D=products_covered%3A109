--- v0 (2025-12-01)
+++ v1 (2026-01-31)
@@ -119,51 +119,51 @@
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -493,51 +493,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="792.664" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">