--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,81 +80,84 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...28 lines deleted...]
-    <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
   </si>
   <si>
     <t>Provision No. 246</t>
   </si>
   <si>
     <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
@@ -650,176 +653,176 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2010</v>
       </c>
       <c r="I3">
         <v>2010</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
       <c r="I4">
         <v>2014</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H5">
         <v>1999</v>
       </c>
       <c r="I5">
         <v>2012</v>
       </c>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">