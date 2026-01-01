--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -375,53 +375,50 @@
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -458,50 +455,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -1045,61 +1051,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P30"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1785,766 +1791,810 @@
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>45</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>117</v>
       </c>
       <c r="P15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>118</v>
       </c>
       <c r="B16" t="s">
         <v>119</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>53</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
         <v>124</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>125</v>
       </c>
-      <c r="N16" t="s">
-[...2 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
         <v>128</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>53</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
+        <v>130</v>
+      </c>
+      <c r="M17" t="s">
+        <v>124</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>131</v>
       </c>
-      <c r="M17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="B18"/>
       <c r="C18" t="s">
         <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
-      <c r="I18">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H19">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2017</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
       <c r="J19" t="s">
         <v>62</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>143</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="P20" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B21" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2016</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>79</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>79</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>79</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="P23" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>103</v>
+        <v>166</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I24">
         <v>2015</v>
       </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>167</v>
+      </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="P24" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>174</v>
+        <v>103</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>78</v>
       </c>
       <c r="H25">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I25">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>78</v>
       </c>
       <c r="H26">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="I26">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>32</v>
+        <v>182</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>78</v>
       </c>
       <c r="H27">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="I27">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="P27" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H28">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="I28">
-        <v>2020</v>
+        <v>2011</v>
       </c>
       <c r="J28" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="P28" t="s">
-        <v>192</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B29" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>103</v>
+        <v>197</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>53</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H30">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
         <v>201</v>
       </c>
-      <c r="P30" t="s">
-        <v>171</v>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>53</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">