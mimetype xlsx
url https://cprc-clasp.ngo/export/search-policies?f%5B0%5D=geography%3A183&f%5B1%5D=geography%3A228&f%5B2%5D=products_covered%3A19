--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -222,252 +222,258 @@
   <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
+  </si>
+  <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2015</t>
+  </si>
+  <si>
+    <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
+    <t>Washer and Dryers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>GOST R IEC 60456-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>Nordic Ecolabel 003 White Goods</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>Ecolabelling Sweden</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
-    <t>August 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
-[...145 lines deleted...]
-  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
     <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
     <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
     <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
   </si>
   <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -1239,657 +1245,657 @@
         <v>43</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
         <v>45</v>
       </c>
       <c r="O8" t="s">
         <v>66</v>
       </c>
       <c r="P8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="N9" t="s">
         <v>45</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G10" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="I10"/>
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
       <c r="J10" t="s">
         <v>80</v>
       </c>
       <c r="K10" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L10"/>
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>45</v>
       </c>
       <c r="O10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>45</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>91</v>
-      </c>
-[...22 lines deleted...]
-        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>45</v>
       </c>
       <c r="O12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P12" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H13">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
       <c r="J13" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
         <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="N13" t="s">
         <v>45</v>
       </c>
       <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
         <v>102</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
         <v>103</v>
       </c>
-      <c r="C14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L14" t="s">
         <v>104</v>
       </c>
       <c r="M14" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
         <v>45</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>97</v>
+        <v>73</v>
       </c>
       <c r="K15" t="s">
         <v>43</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
         <v>45</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H16">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
       <c r="J16" t="s">
         <v>80</v>
       </c>
       <c r="K16" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>118</v>
       </c>
       <c r="N16" t="s">
         <v>45</v>
       </c>
       <c r="O16" t="s">
         <v>119</v>
       </c>
       <c r="P16" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>121</v>
       </c>
       <c r="B17" t="s">
         <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="G17" t="s">
         <v>32</v>
       </c>
       <c r="H17">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I17">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J17" t="s">
-        <v>71</v>
+        <v>126</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>127</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
       <c r="M17" t="s">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>74</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="D18" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G18" t="s">
-        <v>32</v>
+        <v>135</v>
       </c>
       <c r="H18">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>129</v>
+        <v>80</v>
       </c>
       <c r="K18" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="N18" t="s">
-        <v>133</v>
+        <v>45</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E19" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
         <v>45</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>32</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="M20" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="N20" t="s">
         <v>45</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>54</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>45</v>
       </c>
       <c r="O21" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">