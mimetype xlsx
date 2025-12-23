--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -186,57 +186,57 @@
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
     <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>