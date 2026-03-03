--- v0 (2025-11-08)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,94 +102,76 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
   </si>
   <si>
     <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
 {a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
 (b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
 {c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
     <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
     <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
@@ -448,78 +430,102 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1015,1102 +1021,1102 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H4">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H5">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I5">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="K5" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="N5" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
         <v>60</v>
-      </c>
-[...31 lines deleted...]
-        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>67</v>
       </c>
       <c r="P6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H7">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I7">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
         <v>79</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H9">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
         <v>87</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>88</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>89</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="H11"/>
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
       <c r="M11" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>99</v>
       </c>
       <c r="P11" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>101</v>
       </c>
       <c r="B12" t="s">
         <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
         <v>104</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>105</v>
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>107</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
         <v>110</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>111</v>
       </c>
       <c r="P13" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>113</v>
       </c>
       <c r="B14" t="s">
         <v>114</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>115</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>117</v>
       </c>
       <c r="P14" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>119</v>
       </c>
       <c r="B15" t="s">
         <v>120</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>121</v>
+        <v>88</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I16">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>127</v>
       </c>
       <c r="P16" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>129</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>131</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H17">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I17">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
         <v>132</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>133</v>
       </c>
       <c r="P17" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>135</v>
       </c>
       <c r="B18" t="s">
         <v>136</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H18">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I18">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
         <v>141</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
         <v>142</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H19">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="I19">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>143</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>145</v>
       </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>146</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P19" t="s">
-        <v>36</v>
+        <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>151</v>
       </c>
       <c r="G20" t="s">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="H20">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>147</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>149</v>
+        <v>26</v>
       </c>
       <c r="N20" t="s">
-        <v>150</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21">
         <v>2020</v>
       </c>
       <c r="J21" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P21" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P22" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B23" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">