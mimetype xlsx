--- v0 (2025-12-19)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,165 +104,168 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...101 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -761,462 +764,462 @@
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
         <v>54</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>55</v>
       </c>
       <c r="P6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>
       <c r="P7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>63</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="H8">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">