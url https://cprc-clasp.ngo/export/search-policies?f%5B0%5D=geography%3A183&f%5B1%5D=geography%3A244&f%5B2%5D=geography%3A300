--- v0 (2025-11-11)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -345,240 +345,246 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
     <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
-[...176 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1819,1142 +1825,1142 @@
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>107</v>
       </c>
       <c r="P15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>109</v>
       </c>
       <c r="B16" t="s">
         <v>110</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>111</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
         <v>112</v>
       </c>
-      <c r="G16" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K16" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="L17" t="s">
         <v>119</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>120</v>
       </c>
       <c r="P17" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H18">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
       <c r="J18" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>38</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="P18" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="K19" t="s">
         <v>38</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>128</v>
+      </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>129</v>
       </c>
       <c r="P19" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>131</v>
       </c>
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>133</v>
+        <v>98</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="K20" t="s">
         <v>38</v>
       </c>
       <c r="L20" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="K21" t="s">
         <v>38</v>
       </c>
       <c r="L21" t="s">
         <v>139</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>140</v>
       </c>
       <c r="P21" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>142</v>
       </c>
       <c r="B22" t="s">
         <v>143</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>144</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="K22" t="s">
         <v>38</v>
       </c>
       <c r="L22" t="s">
         <v>145</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>146</v>
       </c>
       <c r="P22" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>148</v>
       </c>
       <c r="B23" t="s">
         <v>149</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="I23"/>
       <c r="J23" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>38</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>105</v>
+        <v>154</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>36</v>
       </c>
       <c r="H24">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>38</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>156</v>
       </c>
       <c r="P24" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>158</v>
       </c>
       <c r="B25" t="s">
         <v>159</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>36</v>
       </c>
       <c r="H25">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I25">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>38</v>
       </c>
       <c r="L25" t="s">
         <v>161</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>162</v>
       </c>
       <c r="P25" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>164</v>
       </c>
       <c r="B26" t="s">
         <v>165</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
         <v>166</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>36</v>
       </c>
       <c r="H26">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I26">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>38</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>111</v>
+        <v>166</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="G27" t="s">
-        <v>36</v>
+        <v>172</v>
       </c>
       <c r="H27">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>38</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P27" t="s">
-        <v>114</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2019</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
       <c r="L28" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G29" t="s">
         <v>36</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>38</v>
       </c>
       <c r="L29" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="P29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>105</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>38</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P30" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B31" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C31" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D31" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>46</v>
       </c>
       <c r="K31" t="s">
         <v>38</v>
       </c>
       <c r="L31" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P31" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C32" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D32" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G32" t="s">
         <v>36</v>
       </c>
       <c r="H32">
         <v>2002</v>
       </c>
       <c r="I32">
         <v>2016</v>
       </c>
       <c r="J32" t="s">
         <v>46</v>
       </c>
       <c r="K32" t="s">
         <v>38</v>
       </c>
       <c r="L32" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M32" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P32" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D33" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E33" t="s">
         <v>34</v>
       </c>
       <c r="F33" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G33" t="s">
         <v>36</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
         <v>46</v>
       </c>
       <c r="K33" t="s">
         <v>38</v>
       </c>
       <c r="L33" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P33" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B34" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D34" t="s">
         <v>45</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>46</v>
       </c>
       <c r="K34" t="s">
         <v>38</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C35" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2018</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>46</v>
       </c>
       <c r="K35" t="s">
         <v>38</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="P35" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B36" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C36" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D36" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>46</v>
       </c>
       <c r="K36" t="s">
         <v>38</v>
       </c>
       <c r="L36" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="M36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="P36" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B37" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C37" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D37" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K37" t="s">
         <v>38</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P37" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B38" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C38" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D38" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2020</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>46</v>
       </c>
       <c r="K38" t="s">
         <v>38</v>
       </c>
       <c r="L38" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M38" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P38" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">