--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="446">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -870,60 +870,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1048,281 +1049,272 @@
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
+  </si>
+  <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
+  </si>
+  <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
+    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
+  </si>
+  <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
+    <t>Envelopes</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 11900</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>Joint Resolution No. 031 and 089, 2013</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
+  </si>
+  <si>
+    <t>Ministerio de Poder Popular para la Energia Electrica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/joint-resolution-no-031-and-089-2013</t>
+  </si>
+  <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
-[...217 lines deleted...]
-  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
     <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
     <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
   </si>
   <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
     <t>street lighting</t>
   </si>
   <si>
     <t>Streetlighting</t>
@@ -1346,50 +1338,65 @@
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
     <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
   </si>
   <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
     <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
     <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
   <si>
     <t>IRAM 2404-1</t>
   </si>
@@ -3898,55 +3905,53 @@
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>266</v>
       </c>
       <c r="B45" t="s">
         <v>267</v>
       </c>
       <c r="C45" t="s">
         <v>125</v>
       </c>
       <c r="D45" t="s">
         <v>268</v>
       </c>
       <c r="E45" t="s">
         <v>39</v>
       </c>
       <c r="F45" t="s">
         <v>166</v>
       </c>
       <c r="G45" t="s">
         <v>269</v>
       </c>
       <c r="H45">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
         <v>270</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>271</v>
       </c>
       <c r="M45" t="s">
         <v>272</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>273</v>
       </c>
       <c r="P45" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>275</v>
@@ -4399,1138 +4404,1138 @@
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>74</v>
       </c>
       <c r="N55" t="s">
         <v>75</v>
       </c>
       <c r="O55" t="s">
         <v>322</v>
       </c>
       <c r="P55" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>324</v>
       </c>
       <c r="B56" t="s">
         <v>325</v>
       </c>
       <c r="C56" t="s">
-        <v>37</v>
+        <v>326</v>
       </c>
       <c r="D56" t="s">
-        <v>96</v>
+        <v>327</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56" t="s">
         <v>166</v>
       </c>
       <c r="G56" t="s">
         <v>41</v>
       </c>
       <c r="H56">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>42</v>
+        <v>328</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
-      <c r="M56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M56"/>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="P56" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B57" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C57" t="s">
-        <v>330</v>
+        <v>37</v>
       </c>
       <c r="D57" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E57" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>166</v>
+        <v>40</v>
       </c>
       <c r="G57" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
       <c r="J57" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="K57" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="M57"/>
+        <v>43</v>
+      </c>
+      <c r="L57" t="s">
+        <v>335</v>
+      </c>
+      <c r="M57" t="s">
+        <v>45</v>
+      </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="P57" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B58" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C58" t="s">
         <v>37</v>
       </c>
       <c r="D58" t="s">
-        <v>337</v>
+        <v>290</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>40</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H58">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="K58" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M58" t="s">
         <v>45</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P58" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>342</v>
       </c>
       <c r="B59" t="s">
         <v>343</v>
       </c>
       <c r="C59" t="s">
-        <v>37</v>
+        <v>326</v>
       </c>
       <c r="D59" t="s">
-        <v>290</v>
+        <v>344</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="F59" t="s">
-        <v>40</v>
+        <v>166</v>
       </c>
       <c r="G59" t="s">
         <v>41</v>
       </c>
       <c r="H59">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="M59" t="s">
-        <v>45</v>
+        <v>347</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="P59" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B60" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C60" t="s">
-        <v>330</v>
+        <v>37</v>
       </c>
       <c r="D60" t="s">
-        <v>348</v>
+        <v>327</v>
       </c>
       <c r="E60" t="s">
         <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>166</v>
+        <v>40</v>
       </c>
       <c r="G60" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I60"/>
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
       <c r="J60" t="s">
-        <v>349</v>
+        <v>42</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>351</v>
+        <v>45</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>352</v>
       </c>
       <c r="P60" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>354</v>
       </c>
       <c r="B61" t="s">
         <v>355</v>
       </c>
       <c r="C61" t="s">
         <v>37</v>
       </c>
       <c r="D61" t="s">
-        <v>331</v>
+        <v>356</v>
       </c>
       <c r="E61" t="s">
         <v>39</v>
       </c>
       <c r="F61" t="s">
         <v>40</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H61">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>42</v>
+        <v>334</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61"/>
+      <c r="L61" t="s">
+        <v>357</v>
+      </c>
       <c r="M61" t="s">
         <v>45</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P61" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B62" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C62" t="s">
         <v>37</v>
       </c>
       <c r="D62" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62" t="s">
         <v>40</v>
       </c>
       <c r="G62" t="s">
         <v>41</v>
       </c>
       <c r="H62">
         <v>2016</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="M62" t="s">
         <v>45</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="P62" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B63" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C63" t="s">
         <v>37</v>
       </c>
       <c r="D63" t="s">
-        <v>366</v>
+        <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63" t="s">
         <v>40</v>
       </c>
       <c r="G63" t="s">
         <v>41</v>
       </c>
       <c r="H63">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M63" t="s">
         <v>45</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P63" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C64" t="s">
         <v>37</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>373</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64" t="s">
         <v>40</v>
       </c>
       <c r="G64" t="s">
         <v>41</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="M64" t="s">
         <v>45</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P64" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B65" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C65" t="s">
         <v>37</v>
       </c>
       <c r="D65" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65" t="s">
         <v>40</v>
       </c>
       <c r="G65" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
         <v>2015</v>
       </c>
-      <c r="I65"/>
       <c r="J65" t="s">
-        <v>338</v>
+        <v>42</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
         <v>45</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P65" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B66" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C66" t="s">
         <v>37</v>
       </c>
       <c r="D66" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66" t="s">
         <v>40</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I66">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J66" t="s">
         <v>42</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>385</v>
+      </c>
       <c r="M66" t="s">
         <v>45</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P66" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B67" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C67" t="s">
         <v>37</v>
       </c>
       <c r="D67" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E67" t="s">
         <v>39</v>
       </c>
       <c r="F67" t="s">
         <v>40</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I67">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
         <v>42</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="M67" t="s">
         <v>45</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P67" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B68" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C68" t="s">
         <v>37</v>
       </c>
       <c r="D68" t="s">
-        <v>394</v>
+        <v>96</v>
       </c>
       <c r="E68" t="s">
         <v>39</v>
       </c>
       <c r="F68" t="s">
         <v>40</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I68">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J68" t="s">
         <v>42</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
         <v>45</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>396</v>
       </c>
       <c r="P68" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>398</v>
       </c>
       <c r="B69" t="s">
         <v>399</v>
       </c>
       <c r="C69" t="s">
-        <v>37</v>
+        <v>326</v>
       </c>
       <c r="D69" t="s">
-        <v>96</v>
+        <v>344</v>
       </c>
       <c r="E69" t="s">
         <v>39</v>
       </c>
       <c r="F69" t="s">
         <v>40</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I69">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J69" t="s">
-        <v>42</v>
+        <v>400</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69"/>
+      <c r="L69" t="s">
+        <v>401</v>
+      </c>
       <c r="M69" t="s">
-        <v>45</v>
+        <v>347</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="P69" t="s">
-        <v>327</v>
+        <v>403</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C70" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D70" t="s">
-        <v>348</v>
+        <v>406</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70" t="s">
         <v>40</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H70">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>403</v>
+        <v>328</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
-      <c r="L70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="P70" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B71" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C71" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D71" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71" t="s">
-        <v>40</v>
+        <v>412</v>
       </c>
       <c r="G71" t="s">
         <v>41</v>
       </c>
       <c r="H71">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="L71"/>
+      <c r="L71" t="s">
+        <v>413</v>
+      </c>
       <c r="M71" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="P71" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
+        <v>416</v>
+      </c>
+      <c r="B72" t="s">
+        <v>417</v>
+      </c>
+      <c r="C72" t="s">
+        <v>326</v>
+      </c>
+      <c r="D72" t="s">
+        <v>379</v>
+      </c>
+      <c r="E72" t="s">
+        <v>39</v>
+      </c>
+      <c r="F72" t="s">
         <v>412</v>
-      </c>
-[...13 lines deleted...]
-        <v>415</v>
       </c>
       <c r="G72" t="s">
         <v>41</v>
       </c>
       <c r="H72">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="M72" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="P72" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B73" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C73" t="s">
-        <v>330</v>
+        <v>37</v>
       </c>
       <c r="D73" t="s">
-        <v>383</v>
+        <v>96</v>
       </c>
       <c r="E73" t="s">
         <v>39</v>
       </c>
       <c r="F73" t="s">
-        <v>415</v>
+        <v>166</v>
       </c>
       <c r="G73" t="s">
-        <v>41</v>
+        <v>423</v>
       </c>
       <c r="H73">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>332</v>
+        <v>42</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L73"/>
       <c r="M73" t="s">
-        <v>351</v>
+        <v>45</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="P73" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B74" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C74" t="s">
         <v>37</v>
       </c>
       <c r="D74" t="s">
         <v>115</v>
       </c>
       <c r="E74" t="s">
         <v>39</v>
       </c>
       <c r="F74" t="s">
         <v>40</v>
       </c>
       <c r="G74" t="s">
         <v>41</v>
       </c>
       <c r="H74">
         <v>2019</v>
       </c>
       <c r="I74">
         <v>2020</v>
       </c>
       <c r="J74" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="M74" t="s">
         <v>45</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="P74" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B75" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C75" t="s">
         <v>37</v>
       </c>
       <c r="D75" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="E75" t="s">
         <v>39</v>
       </c>
       <c r="F75" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2013</v>
       </c>
       <c r="I75">
         <v>2015</v>
       </c>
       <c r="J75" t="s">
         <v>42</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="M75" t="s">
         <v>45</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="P75" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B76" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C76" t="s">
         <v>37</v>
       </c>
       <c r="D76" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="E76" t="s">
         <v>39</v>
       </c>
       <c r="F76" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="G76" t="s">
         <v>41</v>
       </c>
       <c r="H76">
         <v>2014</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>42</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>45</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P76" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B77" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>166</v>
       </c>
       <c r="G77" t="s">
         <v>41</v>
       </c>
       <c r="H77">
         <v>2014</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>51</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="P77" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B78" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C78" t="s">
         <v>125</v>
       </c>
       <c r="D78" t="s">
         <v>50</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>166</v>
       </c>
       <c r="G78" t="s">
         <v>41</v>
       </c>
       <c r="H78">
         <v>2013</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>51</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="P78" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">