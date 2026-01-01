--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -132,57 +132,57 @@
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>