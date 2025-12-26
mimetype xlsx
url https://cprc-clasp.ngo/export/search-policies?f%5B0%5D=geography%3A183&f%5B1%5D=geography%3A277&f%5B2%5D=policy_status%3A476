--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -102,50 +102,218 @@
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
+  </si>
+  <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
+    <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>GB 20943-2013</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB / T 13611</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Electricity, Water</t>
+  </si>
+  <si>
+    <t>GB/T 20290-2016; QB/T 1520-2013</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
+    <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
+  </si>
+  <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>Toilets</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>Water</t>
+  </si>
+  <si>
+    <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
+  </si>
+  <si>
+    <t>Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -449,73 +617,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="240.513" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -573,50 +741,394 @@
         <v>1989</v>
       </c>
       <c r="I2">
         <v>2016</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2007</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>35</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>80</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">