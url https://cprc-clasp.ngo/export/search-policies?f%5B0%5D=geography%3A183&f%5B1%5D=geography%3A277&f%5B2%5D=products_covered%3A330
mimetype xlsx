--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -582,93 +582,99 @@
   <si>
     <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
   </si>
   <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
     <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
   </si>
   <si>
     <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
@@ -748,50 +754,53 @@
   <si>
     <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
@@ -830,90 +839,93 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
   </si>
   <si>
     <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
 MEPS requirement (kWh/year): 0.576 x Vadj + 420
 Where Vadj = adjusted volume (in liters)</t>
   </si>
@@ -1224,50 +1236,53 @@
   </si>
   <si>
     <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
@@ -1648,51 +1663,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2800,1870 +2815,1868 @@
         <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>185</v>
       </c>
       <c r="B24" t="s">
         <v>186</v>
       </c>
       <c r="C24" t="s">
         <v>187</v>
       </c>
       <c r="D24" t="s">
         <v>47</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="H24">
+      <c r="H24"/>
+      <c r="I24">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J24" t="s">
         <v>188</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>189</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>190</v>
       </c>
       <c r="P24" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>192</v>
       </c>
       <c r="B25" t="s">
         <v>193</v>
       </c>
       <c r="C25" t="s">
         <v>46</v>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>194</v>
       </c>
       <c r="H25">
         <v>1989</v>
       </c>
       <c r="I25">
         <v>2016</v>
       </c>
       <c r="J25" t="s">
         <v>69</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="M25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C26" t="s">
         <v>46</v>
       </c>
       <c r="D26" t="s">
         <v>47</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>201</v>
       </c>
       <c r="H26">
         <v>1989</v>
       </c>
       <c r="I26">
         <v>2025</v>
       </c>
       <c r="J26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="P26" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B27" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C27" t="s">
         <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E27" t="s">
         <v>67</v>
       </c>
       <c r="F27" t="s">
         <v>75</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>111</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="M27" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="P27" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C28" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D28" t="s">
         <v>47</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>57</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="M28" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P28" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B29" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C29" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>57</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>2019</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="M29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P29" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B30" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C30" t="s">
         <v>126</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
       <c r="F30" t="s">
         <v>75</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1998</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="M30" t="s">
         <v>128</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="P30" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B31" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C31" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>57</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="H31">
         <v>2015</v>
       </c>
       <c r="I31">
         <v>2018</v>
       </c>
       <c r="J31" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="M31" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="P31" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B32" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C32" t="s">
         <v>98</v>
       </c>
       <c r="D32" t="s">
         <v>47</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>57</v>
       </c>
       <c r="G32" t="s">
         <v>33</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M32" t="s">
         <v>100</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="P32" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B33" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C33" t="s">
         <v>118</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>41</v>
       </c>
       <c r="G33" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M33" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="P33" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B34" t="s">
         <v>136</v>
       </c>
       <c r="C34" t="s">
         <v>137</v>
       </c>
       <c r="D34" t="s">
         <v>47</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2010</v>
       </c>
       <c r="I34">
         <v>2010</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>138</v>
       </c>
       <c r="M34" t="s">
         <v>139</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="P34" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B35" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C35" t="s">
         <v>137</v>
       </c>
       <c r="D35" t="s">
         <v>47</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>1992</v>
       </c>
       <c r="I35">
         <v>2004</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>138</v>
       </c>
       <c r="M35" t="s">
         <v>139</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="P35" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B36" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C36" t="s">
         <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
         <v>2022</v>
       </c>
       <c r="J36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="M36" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="P36" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B37" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C37" t="s">
         <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="P37" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B38" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C38" t="s">
         <v>187</v>
       </c>
       <c r="D38" t="s">
         <v>47</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>57</v>
       </c>
       <c r="G38" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>111</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="M38" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="P38" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B39" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C39" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D39" t="s">
         <v>47</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>57</v>
       </c>
       <c r="G39" t="s">
         <v>33</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="M39" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="P39" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B40" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C40" t="s">
         <v>126</v>
       </c>
       <c r="D40" t="s">
         <v>47</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2000</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
         <v>111</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>128</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
         <v>178</v>
       </c>
       <c r="D41" t="s">
         <v>179</v>
       </c>
       <c r="E41" t="s">
         <v>67</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>33</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>180</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>182</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="P41" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C42" t="s">
         <v>187</v>
       </c>
       <c r="D42" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>57</v>
       </c>
       <c r="G42" t="s">
         <v>33</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>111</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="P42" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B43" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C43" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>67</v>
       </c>
       <c r="F43" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="G43" t="s">
         <v>33</v>
       </c>
       <c r="H43">
         <v>2009</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="P43" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C44" t="s">
         <v>98</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>41</v>
       </c>
       <c r="G44" t="s">
         <v>33</v>
       </c>
       <c r="H44">
         <v>2013</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>158</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="M44" t="s">
         <v>100</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="P44" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B45" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C45" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D45" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E45" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F45" t="s">
         <v>57</v>
       </c>
       <c r="G45" t="s">
         <v>68</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45"/>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="P45" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B46" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C46" t="s">
         <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>47</v>
       </c>
       <c r="E46" t="s">
         <v>67</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1996</v>
       </c>
       <c r="I46">
         <v>2011</v>
       </c>
       <c r="J46" t="s">
         <v>83</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>127</v>
       </c>
       <c r="M46" t="s">
         <v>128</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="P46" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B47" t="s">
         <v>47</v>
       </c>
       <c r="C47" t="s">
         <v>126</v>
       </c>
       <c r="D47" t="s">
         <v>47</v>
       </c>
       <c r="E47" t="s">
         <v>67</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1996</v>
       </c>
       <c r="I47">
         <v>2011</v>
       </c>
       <c r="J47" t="s">
         <v>83</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>127</v>
       </c>
       <c r="M47" t="s">
         <v>128</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="P47" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B48" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C48" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="E48" t="s">
         <v>67</v>
       </c>
       <c r="F48" t="s">
         <v>57</v>
       </c>
       <c r="G48" t="s">
         <v>68</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>59</v>
       </c>
       <c r="M48" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="P48" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B49" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C49" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>57</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2013</v>
       </c>
       <c r="I49">
         <v>2015</v>
       </c>
       <c r="J49" t="s">
         <v>158</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="M49" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="P49" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B50" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C50" t="s">
         <v>126</v>
       </c>
       <c r="D50" t="s">
         <v>47</v>
       </c>
       <c r="E50" t="s">
         <v>67</v>
       </c>
       <c r="F50" t="s">
         <v>41</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2010</v>
       </c>
       <c r="I50">
         <v>2018</v>
       </c>
       <c r="J50" t="s">
         <v>83</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>128</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="P50" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B51" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C51" t="s">
         <v>126</v>
       </c>
       <c r="D51" t="s">
         <v>19</v>
       </c>
       <c r="E51" t="s">
         <v>67</v>
       </c>
       <c r="F51" t="s">
         <v>41</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2010</v>
       </c>
       <c r="I51">
         <v>2010</v>
       </c>
       <c r="J51" t="s">
         <v>83</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="M51" t="s">
         <v>128</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="P51" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B52" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C52" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D52" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>41</v>
       </c>
       <c r="G52" t="s">
         <v>33</v>
       </c>
       <c r="H52">
         <v>2018</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>58</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="P52" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B53" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C53" t="s">
         <v>118</v>
       </c>
       <c r="D53" t="s">
         <v>47</v>
       </c>
       <c r="E53" t="s">
         <v>67</v>
       </c>
       <c r="F53" t="s">
         <v>75</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2012</v>
       </c>
       <c r="J53" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="P53" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B54" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C54" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D54" t="s">
         <v>47</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>57</v>
       </c>
       <c r="G54" t="s">
         <v>33</v>
       </c>
       <c r="H54">
         <v>2020</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="M54" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="P54" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B55" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C55" t="s">
         <v>89</v>
       </c>
       <c r="D55" t="s">
         <v>19</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2007</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>92</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="M55" t="s">
         <v>93</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="P55" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B56" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C56" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D56" t="s">
         <v>47</v>
       </c>
       <c r="E56" t="s">
         <v>67</v>
       </c>
       <c r="F56" t="s">
         <v>75</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2002</v>
       </c>
       <c r="I56">
         <v>2021</v>
       </c>
       <c r="J56" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="M56" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="P56" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B57" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C57" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D57" t="s">
         <v>47</v>
       </c>
       <c r="E57" t="s">
         <v>67</v>
       </c>
       <c r="F57" t="s">
         <v>41</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1995</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="M57" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="P57" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B58" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C58" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D58" t="s">
         <v>47</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>248</v>
+        <v>387</v>
       </c>
       <c r="H58">
         <v>2004</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>188</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="M58" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="P58" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B59" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C59" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D59" t="s">
         <v>47</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>57</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2004</v>
       </c>
       <c r="I59">
         <v>2021</v>
       </c>
       <c r="J59" t="s">
         <v>188</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="P59" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B60" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C60" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>57</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2007</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="M60" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="P60" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B61" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D61" t="s">
         <v>56</v>
       </c>
       <c r="E61" t="s">
         <v>67</v>
       </c>
       <c r="F61" t="s">
         <v>57</v>
       </c>
       <c r="G61" t="s">
         <v>33</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>158</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
         <v>59</v>
       </c>
       <c r="M61" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="P61" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">