--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -12,5008 +12,7816 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1584">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2510">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-353224-2013 Water Conservation Certification Rules for Liquid Fabric Detergent</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for liquid fabric detergent. It applies liquid detergents prepared with various surfactants and auxiliaries and conforming to QB/T 1224-2012, including laundry detergents and silk wool detergents. This rule does not apply to non-washable and laundry pre-stain products.</t>
+  </si>
+  <si>
     <t>Water</t>
   </si>
   <si>
     <t>QB/T 1224-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-353224-2013-water-conservation-certification-rules-liquid-fabric-detergent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492636.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Refrigerators, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers refrigerators for household use that are insulated with heat and have an electric cooler with equipment and volume suitable for use in the residence.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-refrigerators-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/28.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerators TGL-3-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerators and fridge freezers for residential use.</t>
+  </si>
+  <si>
     <t>TIS 2214</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-refrigerators-tgl-3-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-03-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Refrigerators</t>
+  </si>
+  <si>
+    <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -5277,21443 +8085,24462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N504"/>
+  <dimension ref="A1:P504"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>60</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>62</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>59</v>
+      </c>
+      <c r="G11" t="s">
+        <v>42</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>60</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>62</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>100</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>51</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>62</v>
+      </c>
+      <c r="N13" t="s">
+        <v>100</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>62</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" t="s">
+        <v>42</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>51</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" t="s">
+        <v>62</v>
+      </c>
+      <c r="N15" t="s">
+        <v>100</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>57</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>121</v>
+      </c>
+      <c r="M16" t="s">
+        <v>62</v>
+      </c>
+      <c r="N16" t="s">
+        <v>122</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>131</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" t="s">
+        <v>135</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>51</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>62</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" t="s">
+        <v>42</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>51</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>62</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>62</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" t="s">
+        <v>135</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H21">
         <v>2010</v>
       </c>
-      <c r="H3"/>
-[...76 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>79</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>147</v>
+      </c>
+      <c r="M21" t="s">
+        <v>62</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>51</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
+      <c r="M22" t="s">
+        <v>62</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>57</v>
+      </c>
+      <c r="D24" t="s">
+        <v>167</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>51</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>57</v>
+      </c>
+      <c r="D25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>59</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>51</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>62</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>177</v>
+      </c>
+      <c r="B26" t="s">
+        <v>178</v>
+      </c>
+      <c r="C26" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" t="s">
         <v>41</v>
       </c>
-      <c r="F5" t="s">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" t="s">
         <v>42</v>
       </c>
-      <c r="G5"/>
-[...40 lines deleted...]
-      <c r="H6">
+      <c r="H26">
+        <v>2002</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>51</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>179</v>
+      </c>
+      <c r="M26" t="s">
+        <v>62</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>57</v>
+      </c>
+      <c r="D27" t="s">
+        <v>146</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>59</v>
+      </c>
+      <c r="G27" t="s">
+        <v>42</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2010</v>
+      </c>
+      <c r="J27" t="s">
+        <v>51</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>184</v>
+      </c>
+      <c r="M27" t="s">
+        <v>62</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>57</v>
+      </c>
+      <c r="D28" t="s">
+        <v>167</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" t="s">
+        <v>42</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>79</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>62</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>57</v>
+      </c>
+      <c r="D29" t="s">
+        <v>85</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>59</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>51</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>62</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>57</v>
+      </c>
+      <c r="D30" t="s">
+        <v>146</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>59</v>
+      </c>
+      <c r="G30" t="s">
+        <v>42</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
         <v>2013</v>
       </c>
-      <c r="I6" t="s">
-[...5 lines deleted...]
-      <c r="K6" t="s">
+      <c r="J30" t="s">
         <v>51</v>
       </c>
-      <c r="L6" t="s">
-[...40 lines deleted...]
-      <c r="K7" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
+      <c r="M30" t="s">
+        <v>62</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>57</v>
+      </c>
+      <c r="D31" t="s">
+        <v>135</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>59</v>
+      </c>
+      <c r="G31" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31">
+        <v>2003</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
         <v>51</v>
       </c>
-      <c r="L7" t="s">
-[...5 lines deleted...]
-      <c r="N7" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>203</v>
+      </c>
+      <c r="M31" t="s">
+        <v>62</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>204</v>
+      </c>
+      <c r="P31" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>206</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
         <v>57</v>
       </c>
-    </row>
-[...45 lines deleted...]
-      <c r="A9" t="s">
+      <c r="D32" t="s">
+        <v>208</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>59</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>51</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>209</v>
+      </c>
+      <c r="M32" t="s">
         <v>62</v>
       </c>
-      <c r="B9" t="s">
-[...14 lines deleted...]
-      <c r="G9">
+      <c r="N32" t="s">
+        <v>100</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>59</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2020</v>
       </c>
-      <c r="H9"/>
-[...142 lines deleted...]
-      <c r="M12" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>79</v>
       </c>
-      <c r="N12" t="s">
-[...22 lines deleted...]
-      <c r="G13">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>215</v>
+      </c>
+      <c r="M33" t="s">
+        <v>62</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>216</v>
+      </c>
+      <c r="P33" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" t="s">
+        <v>57</v>
+      </c>
+      <c r="D34" t="s">
+        <v>220</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>59</v>
+      </c>
+      <c r="G34" t="s">
+        <v>42</v>
+      </c>
+      <c r="H34">
         <v>2004</v>
       </c>
-      <c r="H13">
-[...14 lines deleted...]
-      <c r="M13" t="s">
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>51</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>221</v>
+      </c>
+      <c r="M34" t="s">
+        <v>62</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>222</v>
+      </c>
+      <c r="P34" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>57</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>59</v>
+      </c>
+      <c r="G35" t="s">
+        <v>42</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>51</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>227</v>
+      </c>
+      <c r="M35" t="s">
+        <v>62</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>228</v>
+      </c>
+      <c r="P35" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>57</v>
+      </c>
+      <c r="D36" t="s">
+        <v>226</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>59</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2018</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>79</v>
       </c>
-      <c r="N13" t="s">
-[...82 lines deleted...]
-      <c r="M15" t="s">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>232</v>
+      </c>
+      <c r="M36" t="s">
+        <v>62</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>233</v>
+      </c>
+      <c r="P36" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>235</v>
+      </c>
+      <c r="B37" t="s">
+        <v>236</v>
+      </c>
+      <c r="C37" t="s">
+        <v>57</v>
+      </c>
+      <c r="D37" t="s">
+        <v>226</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>59</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
         <v>79</v>
       </c>
-      <c r="N15" t="s">
-[...85 lines deleted...]
-      <c r="N17" t="s">
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
+      <c r="M37" t="s">
+        <v>62</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>238</v>
+      </c>
+      <c r="P37" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>57</v>
+      </c>
+      <c r="D38" t="s">
+        <v>242</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>59</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>79</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>243</v>
+      </c>
+      <c r="M38" t="s">
+        <v>62</v>
+      </c>
+      <c r="N38" t="s">
         <v>100</v>
       </c>
-    </row>
-[...906 lines deleted...]
-    <row r="39" spans="1:14">
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>173</v>
+        <v>246</v>
       </c>
       <c r="B39" t="s">
-        <v>47</v>
+        <v>247</v>
       </c>
       <c r="C39" t="s">
-        <v>174</v>
+        <v>57</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>248</v>
       </c>
       <c r="E39" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G39" t="s">
+        <v>42</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>43</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K39" t="s">
-        <v>175</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>52</v>
+        <v>249</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N39" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>250</v>
+      </c>
+      <c r="P39" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>177</v>
+        <v>252</v>
       </c>
       <c r="B40" t="s">
-        <v>47</v>
+        <v>253</v>
       </c>
       <c r="C40" t="s">
-        <v>174</v>
+        <v>57</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>248</v>
       </c>
       <c r="E40" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>59</v>
+      </c>
+      <c r="G40" t="s">
+        <v>42</v>
+      </c>
+      <c r="H40">
         <v>2012</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2016</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K40" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>52</v>
+        <v>254</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N40" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>257</v>
       </c>
       <c r="B41" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="C41" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E41" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>59</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2011</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K41" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>52</v>
+        <v>259</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N41" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>183</v>
+        <v>262</v>
       </c>
       <c r="B42" t="s">
-        <v>47</v>
+        <v>263</v>
       </c>
       <c r="C42" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E42" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>59</v>
+      </c>
+      <c r="G42" t="s">
+        <v>42</v>
+      </c>
+      <c r="H42">
         <v>2002</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2018</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K42" t="s">
-        <v>184</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>52</v>
+        <v>264</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N42" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>265</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>186</v>
+        <v>267</v>
       </c>
       <c r="B43" t="s">
-        <v>47</v>
+        <v>268</v>
       </c>
       <c r="C43" t="s">
-        <v>187</v>
+        <v>57</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="E43" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>59</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2015</v>
       </c>
-      <c r="H43"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K43" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>52</v>
+        <v>270</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N43" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>190</v>
+        <v>273</v>
       </c>
       <c r="B44" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="C44" t="s">
-        <v>191</v>
+        <v>57</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E44" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>59</v>
+      </c>
+      <c r="G44" t="s">
+        <v>42</v>
+      </c>
+      <c r="H44">
         <v>2015</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2014</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K44" t="s">
-        <v>192</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>52</v>
+        <v>276</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N44" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>277</v>
+      </c>
+      <c r="P44" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>194</v>
+        <v>279</v>
       </c>
       <c r="B45" t="s">
-        <v>47</v>
+        <v>280</v>
       </c>
       <c r="C45" t="s">
-        <v>76</v>
+        <v>57</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E45" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>59</v>
+      </c>
+      <c r="G45" t="s">
+        <v>42</v>
+      </c>
+      <c r="H45">
         <v>2002</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2017</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K45" t="s">
-        <v>195</v>
+        <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>52</v>
+        <v>281</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N45" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>282</v>
+      </c>
+      <c r="P45" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>197</v>
+        <v>284</v>
       </c>
       <c r="B46" t="s">
-        <v>47</v>
+        <v>285</v>
       </c>
       <c r="C46" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="E46" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>59</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="H46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>199</v>
+        <v>79</v>
       </c>
       <c r="K46" t="s">
-        <v>200</v>
+        <v>287</v>
       </c>
       <c r="L46" t="s">
-        <v>52</v>
+        <v>288</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N46" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>289</v>
+      </c>
+      <c r="P46" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>202</v>
+        <v>291</v>
       </c>
       <c r="B47" t="s">
-        <v>47</v>
+        <v>292</v>
       </c>
       <c r="C47" t="s">
-        <v>203</v>
+        <v>57</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="E47" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>59</v>
+      </c>
+      <c r="G47" t="s">
+        <v>42</v>
       </c>
       <c r="H47">
         <v>2011</v>
       </c>
-      <c r="I47" t="s">
-        <v>43</v>
+      <c r="I47">
+        <v>2011</v>
       </c>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K47" t="s">
-        <v>204</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>52</v>
+        <v>294</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N47" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>295</v>
+      </c>
+      <c r="P47" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>206</v>
+        <v>297</v>
       </c>
       <c r="B48" t="s">
-        <v>47</v>
+        <v>298</v>
       </c>
       <c r="C48" t="s">
-        <v>207</v>
+        <v>57</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>299</v>
       </c>
       <c r="E48" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>59</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2019</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K48" t="s">
-        <v>208</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>52</v>
+        <v>300</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N48" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>301</v>
+      </c>
+      <c r="P48" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>210</v>
+        <v>303</v>
       </c>
       <c r="B49" t="s">
-        <v>47</v>
+        <v>304</v>
       </c>
       <c r="C49" t="s">
-        <v>211</v>
+        <v>57</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>305</v>
       </c>
       <c r="E49" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>59</v>
+      </c>
+      <c r="G49" t="s">
+        <v>42</v>
+      </c>
+      <c r="H49">
         <v>2003</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2011</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K49" t="s">
-        <v>212</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>52</v>
+        <v>306</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N49" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>307</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>214</v>
+        <v>309</v>
       </c>
       <c r="B50" t="s">
-        <v>47</v>
+        <v>310</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>57</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>305</v>
       </c>
       <c r="E50" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>59</v>
+      </c>
+      <c r="G50" t="s">
+        <v>42</v>
+      </c>
+      <c r="H50">
         <v>2003</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2015</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K50" t="s">
-        <v>215</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>52</v>
+        <v>311</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N50" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>312</v>
+      </c>
+      <c r="P50" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>217</v>
+        <v>314</v>
       </c>
       <c r="B51" t="s">
-        <v>47</v>
+        <v>315</v>
       </c>
       <c r="C51" t="s">
-        <v>218</v>
+        <v>57</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>316</v>
       </c>
       <c r="E51" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>59</v>
+      </c>
+      <c r="G51" t="s">
+        <v>42</v>
+      </c>
+      <c r="H51">
         <v>2003</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2016</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K51" t="s">
-        <v>219</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>52</v>
+        <v>317</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N51" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>318</v>
+      </c>
+      <c r="P51" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>221</v>
+        <v>320</v>
       </c>
       <c r="B52" t="s">
-        <v>47</v>
+        <v>321</v>
       </c>
       <c r="C52" t="s">
-        <v>222</v>
+        <v>57</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E52" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>59</v>
+      </c>
+      <c r="G52" t="s">
+        <v>42</v>
+      </c>
+      <c r="H52">
         <v>2002</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K52" t="s">
-        <v>223</v>
+        <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>52</v>
+        <v>323</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N52" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>324</v>
+      </c>
+      <c r="P52" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>225</v>
+        <v>326</v>
       </c>
       <c r="B53" t="s">
-        <v>47</v>
+        <v>327</v>
       </c>
       <c r="C53" t="s">
-        <v>226</v>
+        <v>57</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>328</v>
       </c>
       <c r="E53" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>59</v>
+      </c>
+      <c r="G53" t="s">
+        <v>42</v>
+      </c>
+      <c r="H53">
         <v>2002</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2021</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K53" t="s">
-        <v>227</v>
+        <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>99</v>
+        <v>329</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N53" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>330</v>
+      </c>
+      <c r="P53" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>229</v>
+        <v>332</v>
       </c>
       <c r="B54" t="s">
-        <v>47</v>
+        <v>333</v>
       </c>
       <c r="C54" t="s">
-        <v>218</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>316</v>
       </c>
       <c r="E54" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>59</v>
+      </c>
+      <c r="G54" t="s">
+        <v>42</v>
+      </c>
+      <c r="H54">
         <v>2003</v>
       </c>
-      <c r="H54">
+      <c r="I54">
         <v>2016</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K54" t="s">
-        <v>230</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>52</v>
+        <v>334</v>
       </c>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N54" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>335</v>
+      </c>
+      <c r="P54" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>232</v>
+        <v>337</v>
       </c>
       <c r="B55" t="s">
-        <v>47</v>
+        <v>338</v>
       </c>
       <c r="C55" t="s">
-        <v>218</v>
+        <v>57</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>316</v>
       </c>
       <c r="E55" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>59</v>
+      </c>
+      <c r="G55" t="s">
+        <v>42</v>
+      </c>
+      <c r="H55">
         <v>2003</v>
       </c>
-      <c r="H55">
+      <c r="I55">
         <v>2017</v>
       </c>
-      <c r="I55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K55" t="s">
-        <v>233</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>52</v>
+        <v>339</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N55" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>340</v>
+      </c>
+      <c r="P55" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>235</v>
+        <v>342</v>
       </c>
       <c r="B56" t="s">
-        <v>47</v>
+        <v>343</v>
       </c>
       <c r="C56" t="s">
-        <v>236</v>
+        <v>57</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="E56" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>59</v>
+      </c>
+      <c r="G56" t="s">
+        <v>42</v>
+      </c>
+      <c r="H56">
         <v>2001</v>
       </c>
-      <c r="H56">
+      <c r="I56">
         <v>2021</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K56" t="s">
-        <v>237</v>
+        <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>52</v>
+        <v>345</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N56" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>346</v>
+      </c>
+      <c r="P56" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>239</v>
+        <v>348</v>
       </c>
       <c r="B57" t="s">
-        <v>47</v>
+        <v>349</v>
       </c>
       <c r="C57" t="s">
-        <v>236</v>
+        <v>57</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="E57" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>59</v>
+      </c>
+      <c r="G57" t="s">
+        <v>42</v>
+      </c>
+      <c r="H57">
         <v>2001</v>
       </c>
-      <c r="H57">
+      <c r="I57">
         <v>2014</v>
       </c>
-      <c r="I57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J57" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K57" t="s">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>52</v>
+        <v>350</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N57" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>351</v>
+      </c>
+      <c r="P57" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>353</v>
       </c>
       <c r="B58" t="s">
-        <v>47</v>
+        <v>354</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>57</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="E58" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>59</v>
+      </c>
+      <c r="G58" t="s">
+        <v>42</v>
+      </c>
+      <c r="H58">
         <v>2001</v>
       </c>
-      <c r="H58">
+      <c r="I58">
         <v>2018</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K58" t="s">
-        <v>243</v>
+        <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>52</v>
+        <v>355</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N58" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>356</v>
+      </c>
+      <c r="P58" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>245</v>
+        <v>358</v>
       </c>
       <c r="B59" t="s">
-        <v>47</v>
+        <v>359</v>
       </c>
       <c r="C59" t="s">
-        <v>246</v>
+        <v>57</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>360</v>
       </c>
       <c r="E59" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>59</v>
+      </c>
+      <c r="G59" t="s">
+        <v>42</v>
+      </c>
+      <c r="H59">
         <v>2003</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2020</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K59" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>52</v>
+        <v>361</v>
       </c>
       <c r="M59" t="s">
+        <v>62</v>
+      </c>
+      <c r="N59" t="s">
+        <v>100</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>57</v>
+      </c>
+      <c r="D60" t="s">
+        <v>360</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>59</v>
+      </c>
+      <c r="G60" t="s">
+        <v>42</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>34</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>366</v>
+      </c>
+      <c r="M60" t="s">
+        <v>62</v>
+      </c>
+      <c r="N60" t="s">
+        <v>100</v>
+      </c>
+      <c r="O60" t="s">
+        <v>367</v>
+      </c>
+      <c r="P60"/>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>368</v>
+      </c>
+      <c r="B61" t="s">
+        <v>369</v>
+      </c>
+      <c r="C61" t="s">
+        <v>57</v>
+      </c>
+      <c r="D61" t="s">
+        <v>370</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>59</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
         <v>79</v>
       </c>
-      <c r="N59" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K61" t="s">
-        <v>254</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>52</v>
+        <v>371</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N61" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>372</v>
+      </c>
+      <c r="P61" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>256</v>
+        <v>374</v>
       </c>
       <c r="B62" t="s">
-        <v>47</v>
+        <v>375</v>
       </c>
       <c r="C62" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="E62" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>59</v>
+      </c>
+      <c r="G62" t="s">
+        <v>42</v>
       </c>
       <c r="H62">
         <v>2010</v>
       </c>
-      <c r="I62" t="s">
-        <v>43</v>
+      <c r="I62">
+        <v>2010</v>
       </c>
       <c r="J62" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K62" t="s">
-        <v>258</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>52</v>
+        <v>377</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N62" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>378</v>
+      </c>
+      <c r="P62" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>260</v>
+        <v>380</v>
       </c>
       <c r="B63" t="s">
-        <v>47</v>
+        <v>381</v>
       </c>
       <c r="C63" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="E63" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>59</v>
+      </c>
+      <c r="G63" t="s">
+        <v>42</v>
       </c>
       <c r="H63">
         <v>2010</v>
       </c>
-      <c r="I63" t="s">
-        <v>43</v>
+      <c r="I63">
+        <v>2010</v>
       </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K63" t="s">
-        <v>261</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>52</v>
+        <v>382</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N63" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>383</v>
+      </c>
+      <c r="P63" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>263</v>
+        <v>385</v>
       </c>
       <c r="B64" t="s">
-        <v>47</v>
+        <v>386</v>
       </c>
       <c r="C64" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="E64" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>59</v>
+      </c>
+      <c r="G64" t="s">
+        <v>42</v>
+      </c>
+      <c r="H64">
         <v>2000</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2014</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K64" t="s">
-        <v>254</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>52</v>
+        <v>371</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N64" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>387</v>
+      </c>
+      <c r="P64" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>265</v>
+        <v>389</v>
       </c>
       <c r="B65" t="s">
-        <v>47</v>
+        <v>390</v>
       </c>
       <c r="C65" t="s">
-        <v>266</v>
+        <v>57</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>391</v>
       </c>
       <c r="E65" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>59</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2009</v>
       </c>
-      <c r="H65"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K65" t="s">
-        <v>267</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>52</v>
+        <v>392</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N65" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>393</v>
+      </c>
+      <c r="P65" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>395</v>
       </c>
       <c r="B66" t="s">
-        <v>47</v>
+        <v>396</v>
       </c>
       <c r="C66" t="s">
-        <v>170</v>
+        <v>57</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E66" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>59</v>
+      </c>
+      <c r="G66" t="s">
+        <v>42</v>
+      </c>
+      <c r="H66">
         <v>2005</v>
       </c>
-      <c r="H66">
+      <c r="I66">
         <v>2014</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K66" t="s">
-        <v>270</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>52</v>
+        <v>397</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N66" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>398</v>
+      </c>
+      <c r="P66" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>400</v>
       </c>
       <c r="B67" t="s">
-        <v>47</v>
+        <v>401</v>
       </c>
       <c r="C67" t="s">
-        <v>273</v>
+        <v>57</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>402</v>
       </c>
       <c r="E67" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>59</v>
+      </c>
+      <c r="G67" t="s">
+        <v>42</v>
+      </c>
+      <c r="H67">
         <v>2005</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2014</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K67" t="s">
-        <v>274</v>
+        <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>52</v>
+        <v>403</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N67" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>404</v>
+      </c>
+      <c r="P67" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>276</v>
+        <v>406</v>
       </c>
       <c r="B68" t="s">
-        <v>47</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
-        <v>277</v>
+        <v>57</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>408</v>
       </c>
       <c r="E68" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>59</v>
+      </c>
+      <c r="G68" t="s">
+        <v>42</v>
+      </c>
+      <c r="H68">
         <v>2002</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2009</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K68" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>52</v>
+        <v>409</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N68" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>410</v>
+      </c>
+      <c r="P68" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>412</v>
       </c>
       <c r="B69" t="s">
-        <v>47</v>
+        <v>413</v>
       </c>
       <c r="C69" t="s">
-        <v>281</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>414</v>
       </c>
       <c r="E69" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>59</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2017</v>
       </c>
-      <c r="H69"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K69" t="s">
-        <v>282</v>
+        <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>52</v>
+        <v>415</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="N69" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>416</v>
+      </c>
+      <c r="P69" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>418</v>
       </c>
       <c r="B70" t="s">
-        <v>47</v>
+        <v>419</v>
       </c>
       <c r="C70" t="s">
-        <v>285</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>420</v>
       </c>
       <c r="E70" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>59</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
         <v>2021</v>
       </c>
-      <c r="H70"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K70" t="s">
-        <v>286</v>
+        <v>24</v>
       </c>
       <c r="L70" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N70" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>422</v>
+      </c>
+      <c r="P70" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>288</v>
+        <v>424</v>
       </c>
       <c r="B71" t="s">
-        <v>47</v>
+        <v>425</v>
       </c>
       <c r="C71" t="s">
-        <v>289</v>
+        <v>57</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>426</v>
       </c>
       <c r="E71" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>59</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2009</v>
       </c>
-      <c r="H71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="K71" t="s">
-        <v>290</v>
+        <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>52</v>
+        <v>427</v>
       </c>
       <c r="M71" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="N71" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>100</v>
+      </c>
+      <c r="O71" t="s">
+        <v>428</v>
+      </c>
+      <c r="P71" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>292</v>
+        <v>430</v>
       </c>
       <c r="B72" t="s">
-        <v>47</v>
+        <v>431</v>
       </c>
       <c r="C72" t="s">
-        <v>285</v>
+        <v>57</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>420</v>
       </c>
       <c r="E72" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G72">
+        <v>59</v>
+      </c>
+      <c r="G72" t="s">
+        <v>42</v>
+      </c>
+      <c r="H72">
         <v>2009</v>
       </c>
-      <c r="H72">
+      <c r="I72">
         <v>2021</v>
       </c>
-      <c r="I72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="K72" t="s">
-        <v>290</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>99</v>
+        <v>427</v>
       </c>
       <c r="M72" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="N72" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>432</v>
+      </c>
+      <c r="P72" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>294</v>
+        <v>434</v>
       </c>
       <c r="B73" t="s">
-        <v>47</v>
+        <v>435</v>
       </c>
       <c r="C73" t="s">
-        <v>295</v>
+        <v>57</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>436</v>
       </c>
       <c r="E73" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>59</v>
+      </c>
+      <c r="G73" t="s">
+        <v>42</v>
       </c>
       <c r="H73">
         <v>2010</v>
       </c>
-      <c r="I73" t="s">
-        <v>43</v>
+      <c r="I73">
+        <v>2010</v>
       </c>
       <c r="J73" t="s">
+        <v>51</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>437</v>
+      </c>
+      <c r="M73" t="s">
+        <v>62</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>438</v>
+      </c>
+      <c r="P73" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>440</v>
+      </c>
+      <c r="B74" t="s">
+        <v>441</v>
+      </c>
+      <c r="C74" t="s">
+        <v>57</v>
+      </c>
+      <c r="D74" t="s">
+        <v>242</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>59</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>79</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>442</v>
+      </c>
+      <c r="M74" t="s">
+        <v>62</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>443</v>
+      </c>
+      <c r="P74" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>445</v>
+      </c>
+      <c r="B75" t="s">
+        <v>446</v>
+      </c>
+      <c r="C75" t="s">
+        <v>57</v>
+      </c>
+      <c r="D75" t="s">
+        <v>242</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>59</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2021</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>79</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>447</v>
+      </c>
+      <c r="M75" t="s">
+        <v>62</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>448</v>
+      </c>
+      <c r="P75" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>450</v>
+      </c>
+      <c r="B76" t="s">
+        <v>451</v>
+      </c>
+      <c r="C76" t="s">
+        <v>57</v>
+      </c>
+      <c r="D76" t="s">
+        <v>360</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>59</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2022</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>68</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>452</v>
+      </c>
+      <c r="M76" t="s">
+        <v>130</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>453</v>
+      </c>
+      <c r="P76" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>455</v>
+      </c>
+      <c r="B77" t="s">
+        <v>456</v>
+      </c>
+      <c r="C77" t="s">
+        <v>57</v>
+      </c>
+      <c r="D77" t="s">
+        <v>457</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>59</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2018</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>79</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>458</v>
+      </c>
+      <c r="M77" t="s">
+        <v>62</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>459</v>
+      </c>
+      <c r="P77" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>461</v>
+      </c>
+      <c r="B78" t="s">
+        <v>462</v>
+      </c>
+      <c r="C78" t="s">
+        <v>57</v>
+      </c>
+      <c r="D78" t="s">
+        <v>402</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>59</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2018</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>79</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>463</v>
+      </c>
+      <c r="M78" t="s">
+        <v>62</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>464</v>
+      </c>
+      <c r="P78" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>466</v>
+      </c>
+      <c r="B79" t="s">
+        <v>467</v>
+      </c>
+      <c r="C79" t="s">
+        <v>57</v>
+      </c>
+      <c r="D79" t="s">
+        <v>19</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>59</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>51</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>468</v>
+      </c>
+      <c r="M79" t="s">
+        <v>62</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>469</v>
+      </c>
+      <c r="P79" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>471</v>
+      </c>
+      <c r="B80" t="s">
+        <v>472</v>
+      </c>
+      <c r="C80" t="s">
+        <v>57</v>
+      </c>
+      <c r="D80" t="s">
+        <v>370</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>59</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>51</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>473</v>
+      </c>
+      <c r="M80" t="s">
+        <v>62</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>474</v>
+      </c>
+      <c r="P80" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>476</v>
+      </c>
+      <c r="B81" t="s">
+        <v>477</v>
+      </c>
+      <c r="C81" t="s">
+        <v>57</v>
+      </c>
+      <c r="D81" t="s">
+        <v>478</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>59</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2009</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>51</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>479</v>
+      </c>
+      <c r="M81" t="s">
+        <v>62</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>480</v>
+      </c>
+      <c r="P81" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>482</v>
+      </c>
+      <c r="B82" t="s">
+        <v>483</v>
+      </c>
+      <c r="C82" t="s">
+        <v>57</v>
+      </c>
+      <c r="D82" t="s">
+        <v>19</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>59</v>
+      </c>
+      <c r="G82" t="s">
+        <v>42</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
+        <v>2018</v>
+      </c>
+      <c r="J82" t="s">
+        <v>51</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>484</v>
+      </c>
+      <c r="M82" t="s">
+        <v>62</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>485</v>
+      </c>
+      <c r="P82" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>487</v>
+      </c>
+      <c r="B83" t="s">
+        <v>488</v>
+      </c>
+      <c r="C83" t="s">
+        <v>57</v>
+      </c>
+      <c r="D83" t="s">
+        <v>489</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>59</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>51</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>490</v>
+      </c>
+      <c r="M83" t="s">
+        <v>62</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>491</v>
+      </c>
+      <c r="P83" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>493</v>
+      </c>
+      <c r="B84" t="s">
+        <v>494</v>
+      </c>
+      <c r="C84" t="s">
+        <v>57</v>
+      </c>
+      <c r="D84" t="s">
+        <v>19</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>59</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>51</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>495</v>
+      </c>
+      <c r="M84" t="s">
+        <v>62</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>496</v>
+      </c>
+      <c r="P84" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>498</v>
+      </c>
+      <c r="B85" t="s">
+        <v>499</v>
+      </c>
+      <c r="C85" t="s">
+        <v>57</v>
+      </c>
+      <c r="D85" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>59</v>
+      </c>
+      <c r="G85" t="s">
+        <v>42</v>
+      </c>
+      <c r="H85">
+        <v>2003</v>
+      </c>
+      <c r="I85">
+        <v>2014</v>
+      </c>
+      <c r="J85" t="s">
+        <v>51</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>500</v>
+      </c>
+      <c r="M85" t="s">
+        <v>62</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>501</v>
+      </c>
+      <c r="P85" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>503</v>
+      </c>
+      <c r="B86" t="s">
+        <v>504</v>
+      </c>
+      <c r="C86" t="s">
+        <v>57</v>
+      </c>
+      <c r="D86" t="s">
+        <v>370</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>59</v>
+      </c>
+      <c r="G86" t="s">
+        <v>42</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86">
+        <v>2014</v>
+      </c>
+      <c r="J86" t="s">
+        <v>51</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>505</v>
+      </c>
+      <c r="M86" t="s">
+        <v>62</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>506</v>
+      </c>
+      <c r="P86" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>508</v>
+      </c>
+      <c r="B87" t="s">
+        <v>509</v>
+      </c>
+      <c r="C87" t="s">
+        <v>57</v>
+      </c>
+      <c r="D87" t="s">
+        <v>510</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>59</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>51</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>511</v>
+      </c>
+      <c r="M87" t="s">
+        <v>62</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>512</v>
+      </c>
+      <c r="P87" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>514</v>
+      </c>
+      <c r="B88" t="s">
+        <v>515</v>
+      </c>
+      <c r="C88" t="s">
+        <v>57</v>
+      </c>
+      <c r="D88" t="s">
+        <v>19</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>59</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88">
+        <v>2020</v>
+      </c>
+      <c r="J88" t="s">
+        <v>79</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>516</v>
+      </c>
+      <c r="M88" t="s">
+        <v>62</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>517</v>
+      </c>
+      <c r="P88" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>519</v>
+      </c>
+      <c r="B89" t="s">
+        <v>520</v>
+      </c>
+      <c r="C89" t="s">
+        <v>57</v>
+      </c>
+      <c r="D89" t="s">
+        <v>510</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>59</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2016</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>79</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>521</v>
+      </c>
+      <c r="M89" t="s">
+        <v>62</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>522</v>
+      </c>
+      <c r="P89" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>524</v>
+      </c>
+      <c r="B90" t="s">
+        <v>525</v>
+      </c>
+      <c r="C90" t="s">
+        <v>57</v>
+      </c>
+      <c r="D90" t="s">
+        <v>510</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>59</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2019</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>51</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90" t="s">
+        <v>526</v>
+      </c>
+      <c r="M90" t="s">
+        <v>62</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>527</v>
+      </c>
+      <c r="P90" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>529</v>
+      </c>
+      <c r="B91" t="s">
+        <v>530</v>
+      </c>
+      <c r="C91" t="s">
+        <v>57</v>
+      </c>
+      <c r="D91" t="s">
+        <v>478</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>59</v>
+      </c>
+      <c r="G91" t="s">
+        <v>42</v>
+      </c>
+      <c r="H91">
+        <v>2014</v>
+      </c>
+      <c r="I91">
+        <v>2018</v>
+      </c>
+      <c r="J91" t="s">
+        <v>51</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>531</v>
+      </c>
+      <c r="M91" t="s">
+        <v>62</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>532</v>
+      </c>
+      <c r="P91" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>534</v>
+      </c>
+      <c r="B92" t="s">
+        <v>535</v>
+      </c>
+      <c r="C92" t="s">
+        <v>57</v>
+      </c>
+      <c r="D92" t="s">
+        <v>478</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>59</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2014</v>
+      </c>
+      <c r="I92">
+        <v>2017</v>
+      </c>
+      <c r="J92" t="s">
+        <v>79</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>536</v>
+      </c>
+      <c r="M92" t="s">
+        <v>62</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>537</v>
+      </c>
+      <c r="P92" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>539</v>
+      </c>
+      <c r="B93" t="s">
+        <v>540</v>
+      </c>
+      <c r="C93" t="s">
+        <v>57</v>
+      </c>
+      <c r="D93" t="s">
+        <v>478</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>59</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2019</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>79</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>541</v>
+      </c>
+      <c r="M93" t="s">
+        <v>62</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>542</v>
+      </c>
+      <c r="P93" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>544</v>
+      </c>
+      <c r="B94" t="s">
+        <v>545</v>
+      </c>
+      <c r="C94" t="s">
+        <v>57</v>
+      </c>
+      <c r="D94" t="s">
+        <v>299</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>59</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2014</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>79</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>546</v>
+      </c>
+      <c r="M94" t="s">
+        <v>62</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>547</v>
+      </c>
+      <c r="P94" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>549</v>
+      </c>
+      <c r="B95" t="s">
+        <v>550</v>
+      </c>
+      <c r="C95" t="s">
+        <v>57</v>
+      </c>
+      <c r="D95" t="s">
+        <v>299</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>59</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2017</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>79</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>551</v>
+      </c>
+      <c r="M95" t="s">
+        <v>62</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>552</v>
+      </c>
+      <c r="P95" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>554</v>
+      </c>
+      <c r="B96" t="s">
+        <v>555</v>
+      </c>
+      <c r="C96" t="s">
+        <v>57</v>
+      </c>
+      <c r="D96" t="s">
+        <v>556</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>59</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2017</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>79</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>557</v>
+      </c>
+      <c r="M96" t="s">
+        <v>62</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>558</v>
+      </c>
+      <c r="P96" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>560</v>
+      </c>
+      <c r="B97" t="s">
+        <v>561</v>
+      </c>
+      <c r="C97" t="s">
+        <v>57</v>
+      </c>
+      <c r="D97" t="s">
+        <v>60</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>59</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2018</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>68</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97" t="s">
+        <v>562</v>
+      </c>
+      <c r="M97" t="s">
+        <v>130</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>563</v>
+      </c>
+      <c r="P97" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>565</v>
+      </c>
+      <c r="B98" t="s">
+        <v>566</v>
+      </c>
+      <c r="C98" t="s">
+        <v>57</v>
+      </c>
+      <c r="D98" t="s">
+        <v>60</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>59</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2018</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>68</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>567</v>
+      </c>
+      <c r="M98" t="s">
+        <v>130</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>568</v>
+      </c>
+      <c r="P98" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>570</v>
+      </c>
+      <c r="B99" t="s">
+        <v>571</v>
+      </c>
+      <c r="C99" t="s">
+        <v>57</v>
+      </c>
+      <c r="D99" t="s">
+        <v>572</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>59</v>
+      </c>
+      <c r="G99" t="s">
+        <v>42</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99">
+        <v>2020</v>
+      </c>
+      <c r="J99" t="s">
+        <v>68</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>573</v>
+      </c>
+      <c r="M99" t="s">
+        <v>130</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>574</v>
+      </c>
+      <c r="P99" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>576</v>
+      </c>
+      <c r="B100" t="s">
+        <v>577</v>
+      </c>
+      <c r="C100" t="s">
+        <v>57</v>
+      </c>
+      <c r="D100" t="s">
+        <v>293</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>59</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2018</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>79</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>578</v>
+      </c>
+      <c r="M100" t="s">
+        <v>62</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>579</v>
+      </c>
+      <c r="P100" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>581</v>
+      </c>
+      <c r="B101" t="s">
+        <v>582</v>
+      </c>
+      <c r="C101" t="s">
+        <v>57</v>
+      </c>
+      <c r="D101" t="s">
+        <v>583</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>59</v>
+      </c>
+      <c r="G101" t="s">
+        <v>42</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>68</v>
+      </c>
+      <c r="K101" t="s">
+        <v>583</v>
+      </c>
+      <c r="L101" t="s">
+        <v>584</v>
+      </c>
+      <c r="M101" t="s">
+        <v>130</v>
+      </c>
+      <c r="N101" t="s">
+        <v>585</v>
+      </c>
+      <c r="O101" t="s">
+        <v>586</v>
+      </c>
+      <c r="P101" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>588</v>
+      </c>
+      <c r="B102" t="s">
+        <v>589</v>
+      </c>
+      <c r="C102" t="s">
+        <v>57</v>
+      </c>
+      <c r="D102" t="s">
+        <v>590</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>59</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2021</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>79</v>
+      </c>
+      <c r="K102" t="s">
+        <v>60</v>
+      </c>
+      <c r="L102" t="s">
+        <v>591</v>
+      </c>
+      <c r="M102" t="s">
+        <v>62</v>
+      </c>
+      <c r="N102" t="s">
+        <v>585</v>
+      </c>
+      <c r="O102" t="s">
+        <v>592</v>
+      </c>
+      <c r="P102" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>594</v>
+      </c>
+      <c r="B103" t="s">
+        <v>595</v>
+      </c>
+      <c r="C103" t="s">
+        <v>57</v>
+      </c>
+      <c r="D103" t="s">
+        <v>596</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>59</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>79</v>
+      </c>
+      <c r="K103" t="s">
+        <v>60</v>
+      </c>
+      <c r="L103" t="s">
+        <v>597</v>
+      </c>
+      <c r="M103" t="s">
+        <v>62</v>
+      </c>
+      <c r="N103" t="s">
+        <v>585</v>
+      </c>
+      <c r="O103" t="s">
+        <v>598</v>
+      </c>
+      <c r="P103" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>600</v>
+      </c>
+      <c r="B104" t="s">
+        <v>601</v>
+      </c>
+      <c r="C104" t="s">
+        <v>57</v>
+      </c>
+      <c r="D104" t="s">
+        <v>602</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>59</v>
+      </c>
+      <c r="G104" t="s">
+        <v>42</v>
+      </c>
+      <c r="H104">
+        <v>2011</v>
+      </c>
+      <c r="I104">
+        <v>2017</v>
+      </c>
+      <c r="J104" t="s">
+        <v>51</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>603</v>
+      </c>
+      <c r="M104" t="s">
+        <v>62</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>604</v>
+      </c>
+      <c r="P104" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>606</v>
+      </c>
+      <c r="B105" t="s">
+        <v>607</v>
+      </c>
+      <c r="C105" t="s">
+        <v>57</v>
+      </c>
+      <c r="D105" t="s">
+        <v>590</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>59</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>79</v>
+      </c>
+      <c r="K105" t="s">
+        <v>60</v>
+      </c>
+      <c r="L105" t="s">
+        <v>608</v>
+      </c>
+      <c r="M105" t="s">
+        <v>62</v>
+      </c>
+      <c r="N105" t="s">
+        <v>585</v>
+      </c>
+      <c r="O105" t="s">
+        <v>609</v>
+      </c>
+      <c r="P105" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>611</v>
+      </c>
+      <c r="B106" t="s">
+        <v>612</v>
+      </c>
+      <c r="C106" t="s">
+        <v>57</v>
+      </c>
+      <c r="D106" t="s">
+        <v>613</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>59</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2016</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>79</v>
+      </c>
+      <c r="K106" t="s">
+        <v>60</v>
+      </c>
+      <c r="L106" t="s">
+        <v>614</v>
+      </c>
+      <c r="M106" t="s">
+        <v>62</v>
+      </c>
+      <c r="N106" t="s">
+        <v>585</v>
+      </c>
+      <c r="O106" t="s">
+        <v>615</v>
+      </c>
+      <c r="P106" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>617</v>
+      </c>
+      <c r="B107" t="s">
+        <v>618</v>
+      </c>
+      <c r="C107" t="s">
+        <v>57</v>
+      </c>
+      <c r="D107" t="s">
+        <v>613</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>59</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>79</v>
+      </c>
+      <c r="K107" t="s">
+        <v>60</v>
+      </c>
+      <c r="L107" t="s">
+        <v>619</v>
+      </c>
+      <c r="M107" t="s">
+        <v>62</v>
+      </c>
+      <c r="N107" t="s">
+        <v>585</v>
+      </c>
+      <c r="O107" t="s">
+        <v>620</v>
+      </c>
+      <c r="P107" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>622</v>
+      </c>
+      <c r="B108" t="s">
+        <v>623</v>
+      </c>
+      <c r="C108" t="s">
+        <v>57</v>
+      </c>
+      <c r="D108" t="s">
+        <v>613</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>59</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2021</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>79</v>
+      </c>
+      <c r="K108" t="s">
+        <v>60</v>
+      </c>
+      <c r="L108" t="s">
+        <v>624</v>
+      </c>
+      <c r="M108" t="s">
+        <v>62</v>
+      </c>
+      <c r="N108" t="s">
+        <v>585</v>
+      </c>
+      <c r="O108" t="s">
+        <v>625</v>
+      </c>
+      <c r="P108" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>627</v>
+      </c>
+      <c r="B109" t="s">
+        <v>628</v>
+      </c>
+      <c r="C109" t="s">
+        <v>57</v>
+      </c>
+      <c r="D109" t="s">
+        <v>269</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>59</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2016</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>51</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>629</v>
+      </c>
+      <c r="M109" t="s">
+        <v>62</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>630</v>
+      </c>
+      <c r="P109" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>632</v>
+      </c>
+      <c r="B110" t="s">
+        <v>633</v>
+      </c>
+      <c r="C110" t="s">
+        <v>57</v>
+      </c>
+      <c r="D110" t="s">
+        <v>634</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>59</v>
+      </c>
+      <c r="G110" t="s">
+        <v>42</v>
+      </c>
+      <c r="H110">
+        <v>2016</v>
+      </c>
+      <c r="I110">
+        <v>2022</v>
+      </c>
+      <c r="J110" t="s">
+        <v>68</v>
+      </c>
+      <c r="K110" t="s">
+        <v>583</v>
+      </c>
+      <c r="L110" t="s">
+        <v>635</v>
+      </c>
+      <c r="M110" t="s">
+        <v>130</v>
+      </c>
+      <c r="N110" t="s">
+        <v>585</v>
+      </c>
+      <c r="O110" t="s">
+        <v>636</v>
+      </c>
+      <c r="P110" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>638</v>
+      </c>
+      <c r="B111" t="s">
+        <v>639</v>
+      </c>
+      <c r="C111" t="s">
+        <v>57</v>
+      </c>
+      <c r="D111" t="s">
+        <v>556</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>59</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>79</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>640</v>
+      </c>
+      <c r="M111" t="s">
+        <v>62</v>
+      </c>
+      <c r="N111" t="s">
+        <v>585</v>
+      </c>
+      <c r="O111" t="s">
+        <v>641</v>
+      </c>
+      <c r="P111" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>643</v>
+      </c>
+      <c r="B112" t="s">
+        <v>644</v>
+      </c>
+      <c r="C112" t="s">
+        <v>57</v>
+      </c>
+      <c r="D112" t="s">
+        <v>275</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>59</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>51</v>
+      </c>
+      <c r="K112" t="s">
+        <v>645</v>
+      </c>
+      <c r="L112" t="s">
+        <v>646</v>
+      </c>
+      <c r="M112" t="s">
+        <v>62</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>647</v>
+      </c>
+      <c r="P112" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>649</v>
+      </c>
+      <c r="B113" t="s">
+        <v>650</v>
+      </c>
+      <c r="C113" t="s">
+        <v>57</v>
+      </c>
+      <c r="D113" t="s">
+        <v>651</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>59</v>
+      </c>
+      <c r="G113" t="s">
+        <v>42</v>
+      </c>
+      <c r="H113">
+        <v>1999</v>
+      </c>
+      <c r="I113">
+        <v>2016</v>
+      </c>
+      <c r="J113" t="s">
+        <v>79</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>652</v>
+      </c>
+      <c r="M113" t="s">
+        <v>62</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>653</v>
+      </c>
+      <c r="P113" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>655</v>
+      </c>
+      <c r="B114" t="s">
+        <v>656</v>
+      </c>
+      <c r="C114" t="s">
+        <v>57</v>
+      </c>
+      <c r="D114" t="s">
+        <v>651</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>59</v>
+      </c>
+      <c r="G114" t="s">
+        <v>42</v>
+      </c>
+      <c r="H114">
+        <v>1999</v>
+      </c>
+      <c r="I114">
+        <v>2016</v>
+      </c>
+      <c r="J114" t="s">
+        <v>34</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>657</v>
+      </c>
+      <c r="M114" t="s">
+        <v>62</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>658</v>
+      </c>
+      <c r="P114" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>660</v>
+      </c>
+      <c r="B115" t="s">
+        <v>661</v>
+      </c>
+      <c r="C115" t="s">
+        <v>57</v>
+      </c>
+      <c r="D115" t="s">
+        <v>275</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>59</v>
+      </c>
+      <c r="G115" t="s">
+        <v>42</v>
+      </c>
+      <c r="H115">
+        <v>2013</v>
+      </c>
+      <c r="I115">
+        <v>2018</v>
+      </c>
+      <c r="J115" t="s">
+        <v>51</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>662</v>
+      </c>
+      <c r="M115" t="s">
+        <v>62</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>663</v>
+      </c>
+      <c r="P115" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>665</v>
+      </c>
+      <c r="B116" t="s">
+        <v>666</v>
+      </c>
+      <c r="C116" t="s">
+        <v>57</v>
+      </c>
+      <c r="D116" t="s">
+        <v>275</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>59</v>
+      </c>
+      <c r="G116" t="s">
+        <v>42</v>
+      </c>
+      <c r="H116">
+        <v>2003</v>
+      </c>
+      <c r="I116">
+        <v>2015</v>
+      </c>
+      <c r="J116" t="s">
+        <v>51</v>
+      </c>
+      <c r="K116" t="s">
+        <v>645</v>
+      </c>
+      <c r="L116" t="s">
+        <v>667</v>
+      </c>
+      <c r="M116" t="s">
+        <v>62</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>668</v>
+      </c>
+      <c r="P116" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>670</v>
+      </c>
+      <c r="B117" t="s">
+        <v>671</v>
+      </c>
+      <c r="C117" t="s">
+        <v>57</v>
+      </c>
+      <c r="D117" t="s">
+        <v>41</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>59</v>
+      </c>
+      <c r="G117" t="s">
+        <v>42</v>
+      </c>
+      <c r="H117">
+        <v>2002</v>
+      </c>
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>51</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>672</v>
+      </c>
+      <c r="M117" t="s">
+        <v>62</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>673</v>
+      </c>
+      <c r="P117" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>675</v>
+      </c>
+      <c r="B118" t="s">
+        <v>676</v>
+      </c>
+      <c r="C118" t="s">
+        <v>57</v>
+      </c>
+      <c r="D118" t="s">
+        <v>97</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>59</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2015</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>51</v>
+      </c>
+      <c r="K118" t="s">
+        <v>645</v>
+      </c>
+      <c r="L118" t="s">
+        <v>677</v>
+      </c>
+      <c r="M118" t="s">
+        <v>62</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>678</v>
+      </c>
+      <c r="P118" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>680</v>
+      </c>
+      <c r="B119" t="s">
+        <v>681</v>
+      </c>
+      <c r="C119" t="s">
+        <v>57</v>
+      </c>
+      <c r="D119" t="s">
+        <v>682</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>59</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2009</v>
+      </c>
+      <c r="I119">
+        <v>2016</v>
+      </c>
+      <c r="J119" t="s">
+        <v>79</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>683</v>
+      </c>
+      <c r="M119" t="s">
+        <v>62</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>684</v>
+      </c>
+      <c r="P119" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>686</v>
+      </c>
+      <c r="B120" t="s">
+        <v>687</v>
+      </c>
+      <c r="C120" t="s">
+        <v>57</v>
+      </c>
+      <c r="D120" t="s">
+        <v>167</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>59</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2019</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>79</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>688</v>
+      </c>
+      <c r="M120" t="s">
+        <v>62</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>689</v>
+      </c>
+      <c r="P120" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>691</v>
+      </c>
+      <c r="B121" t="s">
+        <v>692</v>
+      </c>
+      <c r="C121" t="s">
+        <v>57</v>
+      </c>
+      <c r="D121" t="s">
+        <v>693</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>59</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2020</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>79</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>694</v>
+      </c>
+      <c r="M121" t="s">
+        <v>62</v>
+      </c>
+      <c r="N121" t="s">
+        <v>695</v>
+      </c>
+      <c r="O121" t="s">
+        <v>696</v>
+      </c>
+      <c r="P121" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>698</v>
+      </c>
+      <c r="B122" t="s">
+        <v>699</v>
+      </c>
+      <c r="C122" t="s">
+        <v>57</v>
+      </c>
+      <c r="D122" t="s">
+        <v>700</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>59</v>
+      </c>
+      <c r="G122" t="s">
+        <v>42</v>
+      </c>
+      <c r="H122">
+        <v>2003</v>
+      </c>
+      <c r="I122">
+        <v>2013</v>
+      </c>
+      <c r="J122" t="s">
+        <v>51</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>701</v>
+      </c>
+      <c r="M122" t="s">
+        <v>62</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>702</v>
+      </c>
+      <c r="P122" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>704</v>
+      </c>
+      <c r="B123" t="s">
+        <v>705</v>
+      </c>
+      <c r="C123" t="s">
+        <v>57</v>
+      </c>
+      <c r="D123" t="s">
+        <v>706</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>59</v>
+      </c>
+      <c r="G123" t="s">
+        <v>42</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123">
+        <v>2017</v>
+      </c>
+      <c r="J123" t="s">
+        <v>34</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>707</v>
+      </c>
+      <c r="M123" t="s">
+        <v>62</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>708</v>
+      </c>
+      <c r="P123" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>710</v>
+      </c>
+      <c r="B124" t="s">
+        <v>711</v>
+      </c>
+      <c r="C124" t="s">
+        <v>57</v>
+      </c>
+      <c r="D124" t="s">
+        <v>156</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>59</v>
+      </c>
+      <c r="G124" t="s">
+        <v>42</v>
+      </c>
+      <c r="H124">
+        <v>2014</v>
+      </c>
+      <c r="I124">
+        <v>2018</v>
+      </c>
+      <c r="J124" t="s">
+        <v>51</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>712</v>
+      </c>
+      <c r="M124" t="s">
+        <v>62</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>713</v>
+      </c>
+      <c r="P124" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>715</v>
+      </c>
+      <c r="B125" t="s">
+        <v>716</v>
+      </c>
+      <c r="C125" t="s">
+        <v>57</v>
+      </c>
+      <c r="D125" t="s">
+        <v>706</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>59</v>
+      </c>
+      <c r="G125" t="s">
+        <v>42</v>
+      </c>
+      <c r="H125">
+        <v>2014</v>
+      </c>
+      <c r="I125">
+        <v>2015</v>
+      </c>
+      <c r="J125" t="s">
+        <v>51</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>717</v>
+      </c>
+      <c r="M125" t="s">
+        <v>62</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>718</v>
+      </c>
+      <c r="P125" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>720</v>
+      </c>
+      <c r="B126" t="s">
+        <v>721</v>
+      </c>
+      <c r="C126" t="s">
+        <v>57</v>
+      </c>
+      <c r="D126" t="s">
+        <v>602</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>59</v>
+      </c>
+      <c r="G126" t="s">
+        <v>42</v>
+      </c>
+      <c r="H126">
+        <v>2008</v>
+      </c>
+      <c r="I126">
+        <v>2018</v>
+      </c>
+      <c r="J126" t="s">
+        <v>51</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>722</v>
+      </c>
+      <c r="M126" t="s">
+        <v>62</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>723</v>
+      </c>
+      <c r="P126" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>725</v>
+      </c>
+      <c r="B127" t="s">
+        <v>726</v>
+      </c>
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
+        <v>344</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>21</v>
       </c>
-      <c r="K73" t="s">
-[...25 lines deleted...]
-      <c r="E74" t="s">
+      <c r="G127" t="s">
+        <v>50</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>727</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>728</v>
+      </c>
+      <c r="M127" t="s">
+        <v>26</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>729</v>
+      </c>
+      <c r="P127" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>730</v>
+      </c>
+      <c r="B128" t="s">
+        <v>731</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>732</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>50</v>
+      </c>
+      <c r="H128"/>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>727</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>26</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>733</v>
+      </c>
+      <c r="P128" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>734</v>
+      </c>
+      <c r="B129" t="s">
+        <v>735</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>322</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>50</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>727</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>736</v>
+      </c>
+      <c r="M129" t="s">
+        <v>26</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>737</v>
+      </c>
+      <c r="P129" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>738</v>
+      </c>
+      <c r="B130" t="s">
+        <v>739</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>105</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>50</v>
+      </c>
+      <c r="H130"/>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>727</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>26</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>740</v>
+      </c>
+      <c r="P130" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>741</v>
+      </c>
+      <c r="B131" t="s">
+        <v>742</v>
+      </c>
+      <c r="C131" t="s">
+        <v>743</v>
+      </c>
+      <c r="D131" t="s">
+        <v>602</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>59</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2010</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>744</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>745</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>746</v>
+      </c>
+      <c r="P131" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>748</v>
+      </c>
+      <c r="B132" t="s">
+        <v>749</v>
+      </c>
+      <c r="C132" t="s">
+        <v>743</v>
+      </c>
+      <c r="D132" t="s">
+        <v>72</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>59</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2009</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>744</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>745</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>750</v>
+      </c>
+      <c r="P132" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>751</v>
+      </c>
+      <c r="B133" t="s">
+        <v>752</v>
+      </c>
+      <c r="C133" t="s">
+        <v>743</v>
+      </c>
+      <c r="D133" t="s">
+        <v>753</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>59</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2010</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>744</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>745</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>754</v>
+      </c>
+      <c r="P133" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>755</v>
+      </c>
+      <c r="B134" t="s">
+        <v>756</v>
+      </c>
+      <c r="C134" t="s">
+        <v>743</v>
+      </c>
+      <c r="D134" t="s">
+        <v>757</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>59</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2010</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>744</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>745</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>758</v>
+      </c>
+      <c r="P134" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>759</v>
+      </c>
+      <c r="B135" t="s">
+        <v>760</v>
+      </c>
+      <c r="C135" t="s">
+        <v>743</v>
+      </c>
+      <c r="D135" t="s">
+        <v>426</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>59</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2009</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>744</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>745</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>761</v>
+      </c>
+      <c r="P135" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>762</v>
+      </c>
+      <c r="B136" t="s">
+        <v>763</v>
+      </c>
+      <c r="C136" t="s">
+        <v>743</v>
+      </c>
+      <c r="D136" t="s">
+        <v>305</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>59</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>744</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>745</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>764</v>
+      </c>
+      <c r="P136" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>765</v>
+      </c>
+      <c r="B137" t="s">
+        <v>766</v>
+      </c>
+      <c r="C137" t="s">
+        <v>743</v>
+      </c>
+      <c r="D137" t="s">
+        <v>767</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>59</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2010</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>744</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>745</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>768</v>
+      </c>
+      <c r="P137" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>769</v>
+      </c>
+      <c r="B138" t="s">
+        <v>770</v>
+      </c>
+      <c r="C138" t="s">
+        <v>743</v>
+      </c>
+      <c r="D138" t="s">
+        <v>299</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>59</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2010</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>744</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>745</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>771</v>
+      </c>
+      <c r="P138" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>772</v>
+      </c>
+      <c r="B139" t="s">
+        <v>773</v>
+      </c>
+      <c r="C139" t="s">
+        <v>743</v>
+      </c>
+      <c r="D139" t="s">
+        <v>774</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>59</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2009</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>744</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>745</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>775</v>
+      </c>
+      <c r="P139" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>776</v>
+      </c>
+      <c r="B140" t="s">
+        <v>777</v>
+      </c>
+      <c r="C140" t="s">
+        <v>743</v>
+      </c>
+      <c r="D140" t="s">
+        <v>299</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>59</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2010</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>744</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>745</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>778</v>
+      </c>
+      <c r="P140" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>779</v>
+      </c>
+      <c r="B141" t="s">
+        <v>780</v>
+      </c>
+      <c r="C141" t="s">
+        <v>743</v>
+      </c>
+      <c r="D141" t="s">
+        <v>316</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>59</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2009</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>744</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>745</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>781</v>
+      </c>
+      <c r="P141" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>782</v>
+      </c>
+      <c r="B142" t="s">
+        <v>783</v>
+      </c>
+      <c r="C142" t="s">
+        <v>743</v>
+      </c>
+      <c r="D142" t="s">
+        <v>305</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>59</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2009</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>744</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>745</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>784</v>
+      </c>
+      <c r="P142" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>785</v>
+      </c>
+      <c r="B143" t="s">
+        <v>786</v>
+      </c>
+      <c r="C143" t="s">
+        <v>743</v>
+      </c>
+      <c r="D143" t="s">
+        <v>305</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>59</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2009</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>744</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>745</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>787</v>
+      </c>
+      <c r="P143" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>788</v>
+      </c>
+      <c r="B144" t="s">
+        <v>789</v>
+      </c>
+      <c r="C144" t="s">
+        <v>743</v>
+      </c>
+      <c r="D144" t="s">
+        <v>305</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>59</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2010</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>744</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>745</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>790</v>
+      </c>
+      <c r="P144" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>791</v>
+      </c>
+      <c r="B145" t="s">
+        <v>792</v>
+      </c>
+      <c r="C145" t="s">
+        <v>743</v>
+      </c>
+      <c r="D145" t="s">
+        <v>793</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>59</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2010</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>744</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>745</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>794</v>
+      </c>
+      <c r="P145" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>795</v>
+      </c>
+      <c r="B146" t="s">
+        <v>796</v>
+      </c>
+      <c r="C146" t="s">
+        <v>743</v>
+      </c>
+      <c r="D146" t="s">
+        <v>322</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>59</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2008</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>744</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>745</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>797</v>
+      </c>
+      <c r="P146" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>798</v>
+      </c>
+      <c r="B147" t="s">
+        <v>799</v>
+      </c>
+      <c r="C147" t="s">
+        <v>800</v>
+      </c>
+      <c r="D147" t="s">
+        <v>801</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>49</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74">
+      <c r="G147" t="s">
+        <v>50</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>68</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>802</v>
+      </c>
+      <c r="M147" t="s">
+        <v>803</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>804</v>
+      </c>
+      <c r="P147" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>806</v>
+      </c>
+      <c r="B148" t="s">
+        <v>807</v>
+      </c>
+      <c r="C148" t="s">
+        <v>32</v>
+      </c>
+      <c r="D148" t="s">
+        <v>808</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>59</v>
+      </c>
+      <c r="G148" t="s">
+        <v>42</v>
+      </c>
+      <c r="H148">
+        <v>2001</v>
+      </c>
+      <c r="I148">
+        <v>2002</v>
+      </c>
+      <c r="J148" t="s">
+        <v>34</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148" t="s">
+        <v>809</v>
+      </c>
+      <c r="M148" t="s">
+        <v>36</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>810</v>
+      </c>
+      <c r="P148" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>812</v>
+      </c>
+      <c r="B149" t="s">
+        <v>813</v>
+      </c>
+      <c r="C149" t="s">
+        <v>32</v>
+      </c>
+      <c r="D149" t="s">
+        <v>700</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>59</v>
+      </c>
+      <c r="G149" t="s">
+        <v>42</v>
+      </c>
+      <c r="H149">
+        <v>2002</v>
+      </c>
+      <c r="I149">
+        <v>2010</v>
+      </c>
+      <c r="J149" t="s">
+        <v>34</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>814</v>
+      </c>
+      <c r="M149" t="s">
+        <v>36</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>815</v>
+      </c>
+      <c r="P149" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>817</v>
+      </c>
+      <c r="B150" t="s">
+        <v>818</v>
+      </c>
+      <c r="C150" t="s">
+        <v>32</v>
+      </c>
+      <c r="D150" t="s">
+        <v>651</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>59</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>1995</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>34</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>819</v>
+      </c>
+      <c r="M150" t="s">
+        <v>36</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>820</v>
+      </c>
+      <c r="P150" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>822</v>
+      </c>
+      <c r="B151" t="s">
+        <v>823</v>
+      </c>
+      <c r="C151" t="s">
+        <v>32</v>
+      </c>
+      <c r="D151" t="s">
+        <v>322</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>59</v>
+      </c>
+      <c r="G151" t="s">
+        <v>42</v>
+      </c>
+      <c r="H151">
+        <v>2002</v>
+      </c>
+      <c r="I151">
         <v>2015</v>
       </c>
-      <c r="H74"/>
-[...206 lines deleted...]
-      <c r="G79">
+      <c r="J151" t="s">
+        <v>34</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>824</v>
+      </c>
+      <c r="M151" t="s">
+        <v>36</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>825</v>
+      </c>
+      <c r="P151" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>827</v>
+      </c>
+      <c r="B152" t="s">
+        <v>828</v>
+      </c>
+      <c r="C152" t="s">
+        <v>32</v>
+      </c>
+      <c r="D152" t="s">
+        <v>269</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>59</v>
+      </c>
+      <c r="G152" t="s">
+        <v>42</v>
+      </c>
+      <c r="H152">
         <v>2013</v>
       </c>
-      <c r="H79"/>
-[...848 lines deleted...]
-      <c r="G99">
+      <c r="I152">
         <v>2015</v>
       </c>
-      <c r="H99">
-[...756 lines deleted...]
-      <c r="C117" t="s">
+      <c r="J152" t="s">
         <v>34</v>
       </c>
-      <c r="D117" t="s">
-[...439 lines deleted...]
-      <c r="F127" t="s">
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>829</v>
+      </c>
+      <c r="M152" t="s">
+        <v>36</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>830</v>
+      </c>
+      <c r="P152" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>832</v>
+      </c>
+      <c r="B153" t="s">
+        <v>833</v>
+      </c>
+      <c r="C153" t="s">
+        <v>32</v>
+      </c>
+      <c r="D153" t="s">
+        <v>757</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>59</v>
+      </c>
+      <c r="G153" t="s">
         <v>42</v>
-      </c>
-[...1055 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H153">
         <v>2007</v>
       </c>
-      <c r="I153" t="s">
-        <v>29</v>
+      <c r="I153">
+        <v>2007</v>
       </c>
       <c r="J153" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K153" t="s">
-        <v>552</v>
+        <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>31</v>
+        <v>834</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N153" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>835</v>
+      </c>
+      <c r="P153" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>554</v>
+        <v>837</v>
       </c>
       <c r="B154" t="s">
-        <v>27</v>
+        <v>838</v>
       </c>
       <c r="C154" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E154" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F154" t="s">
+        <v>59</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2013</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>34</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>839</v>
+      </c>
+      <c r="M154" t="s">
+        <v>36</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>840</v>
+      </c>
+      <c r="P154" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>842</v>
+      </c>
+      <c r="B155" t="s">
+        <v>843</v>
+      </c>
+      <c r="C155" t="s">
+        <v>32</v>
+      </c>
+      <c r="D155" t="s">
+        <v>844</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>59</v>
+      </c>
+      <c r="G155" t="s">
+        <v>42</v>
+      </c>
+      <c r="H155">
+        <v>2003</v>
+      </c>
+      <c r="I155">
+        <v>2013</v>
+      </c>
+      <c r="J155" t="s">
+        <v>34</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>845</v>
+      </c>
+      <c r="M155" t="s">
+        <v>36</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>846</v>
+      </c>
+      <c r="P155" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>848</v>
+      </c>
+      <c r="B156" t="s">
+        <v>849</v>
+      </c>
+      <c r="C156" t="s">
+        <v>32</v>
+      </c>
+      <c r="D156" t="s">
+        <v>850</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>59</v>
+      </c>
+      <c r="G156" t="s">
+        <v>42</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156">
+        <v>2003</v>
+      </c>
+      <c r="J156" t="s">
+        <v>34</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>36</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>851</v>
+      </c>
+      <c r="P156" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>853</v>
+      </c>
+      <c r="B157" t="s">
+        <v>854</v>
+      </c>
+      <c r="C157" t="s">
+        <v>32</v>
+      </c>
+      <c r="D157" t="s">
+        <v>510</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>59</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2013</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>34</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>855</v>
+      </c>
+      <c r="M157" t="s">
+        <v>36</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>856</v>
+      </c>
+      <c r="P157" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>858</v>
+      </c>
+      <c r="B158" t="s">
+        <v>859</v>
+      </c>
+      <c r="C158" t="s">
+        <v>32</v>
+      </c>
+      <c r="D158" t="s">
+        <v>767</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>59</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2008</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>34</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>860</v>
+      </c>
+      <c r="M158" t="s">
+        <v>36</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>861</v>
+      </c>
+      <c r="P158" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>863</v>
+      </c>
+      <c r="B159" t="s">
+        <v>864</v>
+      </c>
+      <c r="C159" t="s">
+        <v>32</v>
+      </c>
+      <c r="D159" t="s">
+        <v>135</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>59</v>
+      </c>
+      <c r="G159" t="s">
+        <v>42</v>
+      </c>
+      <c r="H159">
+        <v>2009</v>
+      </c>
+      <c r="I159">
+        <v>2015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>34</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159" t="s">
+        <v>865</v>
+      </c>
+      <c r="M159" t="s">
+        <v>36</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>866</v>
+      </c>
+      <c r="P159" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>868</v>
+      </c>
+      <c r="B160" t="s">
+        <v>869</v>
+      </c>
+      <c r="C160" t="s">
+        <v>32</v>
+      </c>
+      <c r="D160" t="s">
+        <v>269</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>59</v>
+      </c>
+      <c r="G160" t="s">
+        <v>42</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160">
+        <v>2010</v>
+      </c>
+      <c r="J160" t="s">
+        <v>34</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160" t="s">
+        <v>870</v>
+      </c>
+      <c r="M160" t="s">
+        <v>871</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>872</v>
+      </c>
+      <c r="P160" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>874</v>
+      </c>
+      <c r="B161" t="s">
+        <v>875</v>
+      </c>
+      <c r="C161" t="s">
+        <v>32</v>
+      </c>
+      <c r="D161" t="s">
+        <v>269</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>59</v>
+      </c>
+      <c r="G161" t="s">
+        <v>42</v>
+      </c>
+      <c r="H161">
+        <v>2013</v>
+      </c>
+      <c r="I161">
+        <v>2014</v>
+      </c>
+      <c r="J161" t="s">
+        <v>34</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>876</v>
+      </c>
+      <c r="M161" t="s">
+        <v>871</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>877</v>
+      </c>
+      <c r="P161" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>879</v>
+      </c>
+      <c r="B162" t="s">
+        <v>880</v>
+      </c>
+      <c r="C162" t="s">
+        <v>32</v>
+      </c>
+      <c r="D162" t="s">
+        <v>881</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>59</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2013</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>34</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162" t="s">
+        <v>882</v>
+      </c>
+      <c r="M162" t="s">
+        <v>871</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>883</v>
+      </c>
+      <c r="P162" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>885</v>
+      </c>
+      <c r="B163" t="s">
+        <v>886</v>
+      </c>
+      <c r="C163" t="s">
+        <v>32</v>
+      </c>
+      <c r="D163" t="s">
+        <v>887</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>59</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2013</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>34</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163" t="s">
+        <v>882</v>
+      </c>
+      <c r="M163" t="s">
+        <v>871</v>
+      </c>
+      <c r="N163" t="s">
+        <v>100</v>
+      </c>
+      <c r="O163" t="s">
+        <v>888</v>
+      </c>
+      <c r="P163" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>890</v>
+      </c>
+      <c r="B164" t="s">
+        <v>891</v>
+      </c>
+      <c r="C164" t="s">
+        <v>32</v>
+      </c>
+      <c r="D164" t="s">
         <v>19</v>
       </c>
-      <c r="G154">
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>59</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2010</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>34</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>892</v>
+      </c>
+      <c r="M164" t="s">
+        <v>871</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>893</v>
+      </c>
+      <c r="P164" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>895</v>
+      </c>
+      <c r="B165" t="s">
+        <v>896</v>
+      </c>
+      <c r="C165" t="s">
+        <v>32</v>
+      </c>
+      <c r="D165" t="s">
+        <v>897</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>59</v>
+      </c>
+      <c r="G165" t="s">
+        <v>42</v>
+      </c>
+      <c r="H165">
+        <v>2006</v>
+      </c>
+      <c r="I165">
         <v>2013</v>
       </c>
-      <c r="H154"/>
-[...41 lines deleted...]
-      <c r="H155">
+      <c r="J165" t="s">
+        <v>68</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>36</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>898</v>
+      </c>
+      <c r="P165" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>900</v>
+      </c>
+      <c r="B166" t="s">
+        <v>901</v>
+      </c>
+      <c r="C166" t="s">
+        <v>32</v>
+      </c>
+      <c r="D166" t="s">
+        <v>41</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>59</v>
+      </c>
+      <c r="G166" t="s">
+        <v>42</v>
+      </c>
+      <c r="H166">
+        <v>2008</v>
+      </c>
+      <c r="I166">
         <v>2013</v>
       </c>
-      <c r="I155" t="s">
-[...37 lines deleted...]
-      <c r="G156">
+      <c r="J166" t="s">
+        <v>68</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>902</v>
+      </c>
+      <c r="M166" t="s">
+        <v>36</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>903</v>
+      </c>
+      <c r="P166" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>905</v>
+      </c>
+      <c r="B167" t="s">
+        <v>906</v>
+      </c>
+      <c r="C167" t="s">
+        <v>32</v>
+      </c>
+      <c r="D167" t="s">
+        <v>41</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>59</v>
+      </c>
+      <c r="G167" t="s">
+        <v>42</v>
+      </c>
+      <c r="H167">
+        <v>2008</v>
+      </c>
+      <c r="I167">
         <v>2013</v>
       </c>
-      <c r="H156">
-[...410 lines deleted...]
-      <c r="C166" t="s">
+      <c r="J167" t="s">
         <v>34</v>
       </c>
-      <c r="D166" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="K167" t="s">
-        <v>597</v>
+        <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>575</v>
+        <v>907</v>
       </c>
       <c r="M167" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N167" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>908</v>
+      </c>
+      <c r="P167" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>910</v>
       </c>
       <c r="B168" t="s">
-        <v>27</v>
+        <v>911</v>
       </c>
       <c r="C168" t="s">
-        <v>465</v>
+        <v>32</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>706</v>
       </c>
       <c r="E168" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>59</v>
+      </c>
+      <c r="G168" t="s">
+        <v>42</v>
       </c>
       <c r="H168">
         <v>2011</v>
       </c>
-      <c r="I168" t="s">
-        <v>29</v>
+      <c r="I168">
+        <v>2011</v>
       </c>
       <c r="J168" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K168" t="s">
-        <v>600</v>
+        <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>575</v>
+        <v>912</v>
       </c>
       <c r="M168" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N168" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>913</v>
+      </c>
+      <c r="P168" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>602</v>
+        <v>915</v>
       </c>
       <c r="B169" t="s">
-        <v>27</v>
+        <v>916</v>
       </c>
       <c r="C169" t="s">
-        <v>187</v>
+        <v>32</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="E169" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G169">
+        <v>59</v>
+      </c>
+      <c r="G169" t="s">
+        <v>42</v>
+      </c>
+      <c r="H169">
         <v>2013</v>
       </c>
-      <c r="H169">
+      <c r="I169">
         <v>2015</v>
       </c>
-      <c r="I169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J169" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K169" t="s">
-        <v>603</v>
+        <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>31</v>
+        <v>917</v>
       </c>
       <c r="M169" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N169" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>918</v>
+      </c>
+      <c r="P169" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>605</v>
+        <v>920</v>
       </c>
       <c r="B170" t="s">
-        <v>27</v>
+        <v>921</v>
       </c>
       <c r="C170" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E170" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G170">
+        <v>59</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
         <v>2010</v>
       </c>
-      <c r="H170"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I170"/>
       <c r="J170" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K170" t="s">
-        <v>606</v>
+        <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>31</v>
+        <v>922</v>
       </c>
       <c r="M170" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N170" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>923</v>
+      </c>
+      <c r="P170" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>608</v>
+        <v>925</v>
       </c>
       <c r="B171" t="s">
-        <v>27</v>
+        <v>926</v>
       </c>
       <c r="C171" t="s">
-        <v>218</v>
+        <v>32</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>316</v>
       </c>
       <c r="E171" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G171">
+        <v>59</v>
+      </c>
+      <c r="G171" t="s">
+        <v>42</v>
+      </c>
+      <c r="H171">
         <v>2000</v>
       </c>
-      <c r="H171">
+      <c r="I171">
         <v>2015</v>
       </c>
-      <c r="I171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J171" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K171" t="s">
-        <v>609</v>
+        <v>24</v>
       </c>
       <c r="L171" t="s">
-        <v>575</v>
+        <v>927</v>
       </c>
       <c r="M171" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N171" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>928</v>
+      </c>
+      <c r="P171" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>611</v>
+        <v>930</v>
       </c>
       <c r="B172" t="s">
-        <v>27</v>
+        <v>931</v>
       </c>
       <c r="C172" t="s">
-        <v>482</v>
+        <v>32</v>
       </c>
       <c r="D172" t="s">
-        <v>17</v>
+        <v>732</v>
       </c>
       <c r="E172" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F172" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>59</v>
+      </c>
+      <c r="G172" t="s">
+        <v>42</v>
       </c>
       <c r="H172">
         <v>2010</v>
       </c>
-      <c r="I172" t="s">
-        <v>29</v>
+      <c r="I172">
+        <v>2010</v>
       </c>
       <c r="J172" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K172" t="s">
-        <v>612</v>
+        <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>575</v>
+        <v>932</v>
       </c>
       <c r="M172" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N172" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>933</v>
+      </c>
+      <c r="P172" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>614</v>
+        <v>935</v>
       </c>
       <c r="B173" t="s">
-        <v>27</v>
+        <v>936</v>
       </c>
       <c r="C173" t="s">
-        <v>615</v>
+        <v>32</v>
       </c>
       <c r="D173" t="s">
-        <v>17</v>
+        <v>937</v>
       </c>
       <c r="E173" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F173" t="s">
+        <v>59</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>34</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>938</v>
+      </c>
+      <c r="M173" t="s">
+        <v>871</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>939</v>
+      </c>
+      <c r="P173" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>941</v>
+      </c>
+      <c r="B174" t="s">
+        <v>942</v>
+      </c>
+      <c r="C174" t="s">
+        <v>32</v>
+      </c>
+      <c r="D174" t="s">
         <v>19</v>
       </c>
-      <c r="G173">
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>59</v>
+      </c>
+      <c r="G174" t="s">
+        <v>42</v>
+      </c>
+      <c r="H174">
+        <v>2002</v>
+      </c>
+      <c r="I174">
+        <v>2009</v>
+      </c>
+      <c r="J174" t="s">
+        <v>34</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>876</v>
+      </c>
+      <c r="M174" t="s">
+        <v>871</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>943</v>
+      </c>
+      <c r="P174" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>945</v>
+      </c>
+      <c r="B175" t="s">
+        <v>946</v>
+      </c>
+      <c r="C175" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" t="s">
+        <v>947</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>59</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2013</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>34</v>
+      </c>
+      <c r="K175" t="s">
+        <v>645</v>
+      </c>
+      <c r="L175" t="s">
+        <v>948</v>
+      </c>
+      <c r="M175" t="s">
+        <v>36</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>949</v>
+      </c>
+      <c r="P175" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>951</v>
+      </c>
+      <c r="B176" t="s">
+        <v>952</v>
+      </c>
+      <c r="C176" t="s">
+        <v>32</v>
+      </c>
+      <c r="D176" t="s">
+        <v>510</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>59</v>
+      </c>
+      <c r="G176" t="s">
+        <v>42</v>
+      </c>
+      <c r="H176">
+        <v>2013</v>
+      </c>
+      <c r="I176">
+        <v>2015</v>
+      </c>
+      <c r="J176" t="s">
+        <v>34</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>953</v>
+      </c>
+      <c r="M176" t="s">
+        <v>871</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>954</v>
+      </c>
+      <c r="P176" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>956</v>
+      </c>
+      <c r="B177" t="s">
+        <v>957</v>
+      </c>
+      <c r="C177" t="s">
+        <v>32</v>
+      </c>
+      <c r="D177" t="s">
+        <v>305</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>59</v>
+      </c>
+      <c r="G177" t="s">
+        <v>42</v>
+      </c>
+      <c r="H177">
+        <v>2000</v>
+      </c>
+      <c r="I177">
+        <v>2015</v>
+      </c>
+      <c r="J177" t="s">
+        <v>34</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>958</v>
+      </c>
+      <c r="M177" t="s">
+        <v>36</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>959</v>
+      </c>
+      <c r="P177" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>961</v>
+      </c>
+      <c r="B178" t="s">
+        <v>962</v>
+      </c>
+      <c r="C178" t="s">
+        <v>32</v>
+      </c>
+      <c r="D178" t="s">
+        <v>651</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>59</v>
+      </c>
+      <c r="G178" t="s">
+        <v>42</v>
+      </c>
+      <c r="H178">
+        <v>2010</v>
+      </c>
+      <c r="I178">
         <v>2011</v>
       </c>
-      <c r="H173"/>
-[...220 lines deleted...]
-      </c>
       <c r="J178" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K178" t="s">
-        <v>543</v>
+        <v>24</v>
       </c>
       <c r="L178" t="s">
-        <v>575</v>
+        <v>819</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N178" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>963</v>
+      </c>
+      <c r="P178" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>632</v>
+        <v>964</v>
       </c>
       <c r="B179" t="s">
-        <v>27</v>
+        <v>965</v>
       </c>
       <c r="C179" t="s">
-        <v>321</v>
+        <v>32</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="E179" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G179" t="s">
+        <v>42</v>
       </c>
       <c r="H179">
         <v>2012</v>
       </c>
-      <c r="I179" t="s">
-        <v>29</v>
+      <c r="I179">
+        <v>2012</v>
       </c>
       <c r="J179" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K179" t="s">
-        <v>633</v>
+        <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>575</v>
+        <v>966</v>
       </c>
       <c r="M179" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N179" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>967</v>
+      </c>
+      <c r="P179" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>635</v>
+        <v>969</v>
       </c>
       <c r="B180" t="s">
-        <v>27</v>
+        <v>970</v>
       </c>
       <c r="C180" t="s">
-        <v>615</v>
+        <v>32</v>
       </c>
       <c r="D180" t="s">
-        <v>17</v>
+        <v>937</v>
       </c>
       <c r="E180" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G180">
+        <v>59</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
         <v>2012</v>
       </c>
-      <c r="H180"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I180"/>
       <c r="J180" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K180" t="s">
-        <v>636</v>
+        <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>31</v>
+        <v>971</v>
       </c>
       <c r="M180" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N180" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>972</v>
+      </c>
+      <c r="P180" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>638</v>
+        <v>974</v>
       </c>
       <c r="B181" t="s">
-        <v>27</v>
+        <v>975</v>
       </c>
       <c r="C181" t="s">
-        <v>639</v>
+        <v>32</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>976</v>
       </c>
       <c r="E181" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G181" t="s">
+        <v>42</v>
       </c>
       <c r="H181">
         <v>2012</v>
       </c>
-      <c r="I181" t="s">
-        <v>29</v>
+      <c r="I181">
+        <v>2012</v>
       </c>
       <c r="J181" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K181" t="s">
-        <v>636</v>
+        <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>575</v>
+        <v>971</v>
       </c>
       <c r="M181" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N181" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>977</v>
+      </c>
+      <c r="P181" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>641</v>
+        <v>979</v>
       </c>
       <c r="B182" t="s">
-        <v>27</v>
+        <v>980</v>
       </c>
       <c r="C182" t="s">
-        <v>257</v>
+        <v>32</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>376</v>
       </c>
       <c r="E182" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G182">
+        <v>59</v>
+      </c>
+      <c r="G182" t="s">
+        <v>42</v>
+      </c>
+      <c r="H182">
         <v>1993</v>
       </c>
-      <c r="H182">
+      <c r="I182">
         <v>2013</v>
       </c>
-      <c r="I182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J182" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K182" t="s">
-        <v>642</v>
+        <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>31</v>
+        <v>981</v>
       </c>
       <c r="M182" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N182" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>982</v>
+      </c>
+      <c r="P182" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>644</v>
+        <v>984</v>
       </c>
       <c r="B183" t="s">
-        <v>27</v>
+        <v>985</v>
       </c>
       <c r="C183" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D183" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E183" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F183" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G183" t="s">
+        <v>42</v>
       </c>
       <c r="H183">
         <v>2012</v>
       </c>
-      <c r="I183" t="s">
-        <v>29</v>
+      <c r="I183">
+        <v>2012</v>
       </c>
       <c r="J183" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K183" t="s">
-        <v>645</v>
+        <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>575</v>
+        <v>986</v>
       </c>
       <c r="M183" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N183" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>987</v>
+      </c>
+      <c r="P183" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>647</v>
+        <v>989</v>
       </c>
       <c r="B184" t="s">
-        <v>27</v>
+        <v>990</v>
       </c>
       <c r="C184" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="D184" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E184" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>59</v>
+      </c>
+      <c r="G184" t="s">
+        <v>42</v>
       </c>
       <c r="H184">
         <v>2011</v>
       </c>
-      <c r="I184" t="s">
-        <v>29</v>
+      <c r="I184">
+        <v>2011</v>
       </c>
       <c r="J184" t="s">
-        <v>426</v>
+        <v>34</v>
       </c>
       <c r="K184" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="L184" t="s">
-        <v>31</v>
+        <v>991</v>
       </c>
       <c r="M184" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N184" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>992</v>
+      </c>
+      <c r="P184" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>650</v>
+        <v>994</v>
       </c>
       <c r="B185" t="s">
-        <v>27</v>
+        <v>995</v>
       </c>
       <c r="C185" t="s">
-        <v>512</v>
+        <v>32</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>774</v>
       </c>
       <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>59</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2013</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>34</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>996</v>
+      </c>
+      <c r="M185" t="s">
+        <v>36</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>997</v>
+      </c>
+      <c r="P185" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>999</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C186" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" t="s">
+        <v>275</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>59</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2013</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>34</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>882</v>
+      </c>
+      <c r="M186" t="s">
+        <v>36</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C187" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" t="s">
+        <v>72</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>59</v>
+      </c>
+      <c r="G187" t="s">
+        <v>42</v>
+      </c>
+      <c r="H187">
+        <v>2000</v>
+      </c>
+      <c r="I187">
+        <v>2012</v>
+      </c>
+      <c r="J187" t="s">
+        <v>34</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>927</v>
+      </c>
+      <c r="M187" t="s">
+        <v>36</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C188" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>59</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2013</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>68</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1010</v>
+      </c>
+      <c r="M188" t="s">
+        <v>36</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C189" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>59</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2017</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>68</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1015</v>
+      </c>
+      <c r="M189" t="s">
+        <v>36</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C190" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" t="s">
+        <v>19</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>59</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2014</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>34</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1020</v>
+      </c>
+      <c r="M190" t="s">
+        <v>36</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C191" t="s">
+        <v>32</v>
+      </c>
+      <c r="D191" t="s">
+        <v>72</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>59</v>
+      </c>
+      <c r="G191" t="s">
+        <v>42</v>
+      </c>
+      <c r="H191">
+        <v>2000</v>
+      </c>
+      <c r="I191">
+        <v>2012</v>
+      </c>
+      <c r="J191" t="s">
+        <v>34</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>927</v>
+      </c>
+      <c r="M191" t="s">
+        <v>36</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C192" t="s">
+        <v>32</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>59</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2017</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>68</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1015</v>
+      </c>
+      <c r="M192" t="s">
+        <v>36</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C193" t="s">
+        <v>32</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>59</v>
+      </c>
+      <c r="G193" t="s">
+        <v>42</v>
+      </c>
+      <c r="H193"/>
+      <c r="I193">
+        <v>2016</v>
+      </c>
+      <c r="J193" t="s">
+        <v>68</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M193" t="s">
+        <v>36</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D194" t="s">
+        <v>706</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>42</v>
+      </c>
+      <c r="H194">
+        <v>2021</v>
+      </c>
+      <c r="I194">
+        <v>2019</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1042</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D195" t="s">
+        <v>275</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>21</v>
+      </c>
+      <c r="G195" t="s">
+        <v>42</v>
+      </c>
+      <c r="H195">
+        <v>2014</v>
+      </c>
+      <c r="I195">
+        <v>2019</v>
+      </c>
+      <c r="J195" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D196" t="s">
+        <v>275</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>42</v>
+      </c>
+      <c r="H196">
+        <v>2015</v>
+      </c>
+      <c r="I196">
+        <v>2019</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K196" t="s">
+        <v>24</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>21</v>
+      </c>
+      <c r="G197" t="s">
+        <v>42</v>
+      </c>
+      <c r="H197">
+        <v>2012</v>
+      </c>
+      <c r="I197">
+        <v>2019</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K197" t="s">
+        <v>24</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D198" t="s">
+        <v>19</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>21</v>
+      </c>
+      <c r="G198" t="s">
+        <v>42</v>
+      </c>
+      <c r="H198">
+        <v>2012</v>
+      </c>
+      <c r="I198">
+        <v>2019</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K198" t="s">
+        <v>24</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D199" t="s">
+        <v>774</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>21</v>
+      </c>
+      <c r="G199" t="s">
+        <v>42</v>
+      </c>
+      <c r="H199">
+        <v>2014</v>
+      </c>
+      <c r="I199">
+        <v>2019</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K199" t="s">
+        <v>24</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D200" t="s">
+        <v>248</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
+        <v>42</v>
+      </c>
+      <c r="H200">
+        <v>2015</v>
+      </c>
+      <c r="I200">
+        <v>2019</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K200" t="s">
+        <v>24</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1073</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E201" t="s">
+        <v>20</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>2015</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K201" t="s">
+        <v>24</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1080</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1081</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D202" t="s">
+        <v>322</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>21</v>
+      </c>
+      <c r="G202" t="s">
+        <v>42</v>
+      </c>
+      <c r="H202">
+        <v>2014</v>
+      </c>
+      <c r="I202">
+        <v>2019</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K202" t="s">
+        <v>24</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1086</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D203" t="s">
+        <v>700</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>42</v>
+      </c>
+      <c r="H203">
+        <v>2013</v>
+      </c>
+      <c r="I203">
+        <v>2019</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K203" t="s">
+        <v>24</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D204" t="s">
+        <v>269</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>21</v>
+      </c>
+      <c r="G204" t="s">
+        <v>42</v>
+      </c>
+      <c r="H204">
+        <v>2017</v>
+      </c>
+      <c r="I204">
+        <v>2019</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K204" t="s">
+        <v>24</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D205" t="s">
+        <v>105</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>21</v>
+      </c>
+      <c r="G205" t="s">
+        <v>42</v>
+      </c>
+      <c r="H205">
+        <v>2016</v>
+      </c>
+      <c r="I205">
+        <v>2019</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K205" t="s">
+        <v>24</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1101</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>59</v>
+      </c>
+      <c r="G206" t="s">
+        <v>42</v>
+      </c>
+      <c r="H206">
+        <v>2000</v>
+      </c>
+      <c r="I206">
+        <v>2021</v>
+      </c>
+      <c r="J206" t="s">
+        <v>68</v>
+      </c>
+      <c r="K206" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>59</v>
+      </c>
+      <c r="G207" t="s">
+        <v>42</v>
+      </c>
+      <c r="H207">
+        <v>1995</v>
+      </c>
+      <c r="I207">
+        <v>2021</v>
+      </c>
+      <c r="J207" t="s">
+        <v>68</v>
+      </c>
+      <c r="K207" t="s">
+        <v>24</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D208" t="s">
+        <v>135</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
+        <v>59</v>
+      </c>
+      <c r="G208" t="s">
+        <v>42</v>
+      </c>
+      <c r="H208">
+        <v>1996</v>
+      </c>
+      <c r="I208">
+        <v>2021</v>
+      </c>
+      <c r="J208" t="s">
+        <v>68</v>
+      </c>
+      <c r="K208" t="s">
+        <v>24</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D209" t="s">
+        <v>322</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>59</v>
+      </c>
+      <c r="G209" t="s">
+        <v>42</v>
+      </c>
+      <c r="H209">
+        <v>2003</v>
+      </c>
+      <c r="I209">
+        <v>2022</v>
+      </c>
+      <c r="J209" t="s">
+        <v>68</v>
+      </c>
+      <c r="K209" t="s">
+        <v>24</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1125</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D210" t="s">
+        <v>700</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>59</v>
+      </c>
+      <c r="G210" t="s">
+        <v>42</v>
+      </c>
+      <c r="H210">
+        <v>1997</v>
+      </c>
+      <c r="I210">
+        <v>2021</v>
+      </c>
+      <c r="J210" t="s">
+        <v>68</v>
+      </c>
+      <c r="K210" t="s">
+        <v>24</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
         <v>49</v>
       </c>
-      <c r="F185" t="s">
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2017</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K211" t="s">
+        <v>24</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1138</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1139</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C212" t="s">
+        <v>32</v>
+      </c>
+      <c r="D212" t="s">
+        <v>305</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>59</v>
+      </c>
+      <c r="G212" t="s">
+        <v>42</v>
+      </c>
+      <c r="H212">
+        <v>2000</v>
+      </c>
+      <c r="I212">
+        <v>2015</v>
+      </c>
+      <c r="J212" t="s">
+        <v>34</v>
+      </c>
+      <c r="K212" t="s">
+        <v>24</v>
+      </c>
+      <c r="L212" t="s">
+        <v>958</v>
+      </c>
+      <c r="M212" t="s">
+        <v>36</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C213" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" t="s">
         <v>19</v>
       </c>
-      <c r="G185">
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>59</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2015</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>34</v>
+      </c>
+      <c r="K213" t="s">
+        <v>24</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M213" t="s">
+        <v>871</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
         <v>2013</v>
       </c>
-      <c r="H185"/>
-[...3 lines deleted...]
-      <c r="J185" t="s">
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>23</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1154</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D215" t="s">
+        <v>135</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
         <v>21</v>
       </c>
-      <c r="K185" t="s">
-[...31 lines deleted...]
-      <c r="G186">
+      <c r="G215" t="s">
+        <v>42</v>
+      </c>
+      <c r="H215">
+        <v>2000</v>
+      </c>
+      <c r="I215">
+        <v>2012</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K215" t="s">
+        <v>24</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D216" t="s">
+        <v>293</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>59</v>
+      </c>
+      <c r="G216" t="s">
+        <v>42</v>
+      </c>
+      <c r="H216">
         <v>2013</v>
       </c>
-      <c r="H186"/>
-[...3 lines deleted...]
-      <c r="J186" t="s">
+      <c r="I216">
+        <v>2020</v>
+      </c>
+      <c r="J216" t="s">
+        <v>51</v>
+      </c>
+      <c r="K216" t="s">
+        <v>24</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D217" t="s">
+        <v>72</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>59</v>
+      </c>
+      <c r="G217" t="s">
+        <v>42</v>
+      </c>
+      <c r="H217">
+        <v>1994</v>
+      </c>
+      <c r="I217">
+        <v>2020</v>
+      </c>
+      <c r="J217" t="s">
+        <v>51</v>
+      </c>
+      <c r="K217" t="s">
+        <v>24</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1175</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1176</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D218" t="s">
+        <v>316</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>59</v>
+      </c>
+      <c r="G218" t="s">
+        <v>42</v>
+      </c>
+      <c r="H218">
+        <v>1992</v>
+      </c>
+      <c r="I218">
+        <v>2020</v>
+      </c>
+      <c r="J218" t="s">
+        <v>51</v>
+      </c>
+      <c r="K218" t="s">
+        <v>24</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D219" t="s">
+        <v>305</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>59</v>
+      </c>
+      <c r="G219" t="s">
+        <v>42</v>
+      </c>
+      <c r="H219">
+        <v>2001</v>
+      </c>
+      <c r="I219">
+        <v>2019</v>
+      </c>
+      <c r="J219" t="s">
+        <v>51</v>
+      </c>
+      <c r="K219" t="s">
+        <v>24</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D220" t="s">
+        <v>72</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
         <v>21</v>
       </c>
-      <c r="K186" t="s">
-[...40 lines deleted...]
-      <c r="J187" t="s">
+      <c r="G220" t="s">
+        <v>42</v>
+      </c>
+      <c r="H220">
+        <v>2004</v>
+      </c>
+      <c r="I220">
+        <v>2011</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K220" t="s">
+        <v>24</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1192</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D221" t="s">
+        <v>275</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
         <v>21</v>
       </c>
-      <c r="K187" t="s">
-[...1460 lines deleted...]
-        <v>2006</v>
+      <c r="G221" t="s">
+        <v>42</v>
       </c>
       <c r="H221">
         <v>2006</v>
       </c>
-      <c r="I221" t="s">
-        <v>776</v>
+      <c r="I221">
+        <v>2006</v>
       </c>
       <c r="J221" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="K221" t="s">
+        <v>645</v>
+      </c>
+      <c r="L221"/>
       <c r="M221" t="s">
-        <v>24</v>
+        <v>1162</v>
       </c>
       <c r="N221" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>778</v>
+        <v>1193</v>
       </c>
       <c r="B222" t="s">
-        <v>755</v>
+        <v>1196</v>
       </c>
       <c r="C222" t="s">
-        <v>591</v>
+        <v>1160</v>
       </c>
       <c r="D222" t="s">
-        <v>17</v>
+        <v>897</v>
       </c>
       <c r="E222" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F222" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G222">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>42</v>
+      </c>
+      <c r="H222">
         <v>2006</v>
       </c>
-      <c r="H222">
+      <c r="I222">
         <v>2008</v>
       </c>
-      <c r="I222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J222" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="K222" t="s">
+        <v>645</v>
+      </c>
+      <c r="L222"/>
       <c r="M222" t="s">
-        <v>24</v>
+        <v>1162</v>
       </c>
       <c r="N222" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>781</v>
+        <v>1198</v>
       </c>
       <c r="B223" t="s">
-        <v>755</v>
+        <v>1199</v>
       </c>
       <c r="C223" t="s">
-        <v>782</v>
+        <v>1160</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>1200</v>
       </c>
       <c r="E223" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F223" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G223">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>42</v>
+      </c>
+      <c r="H223">
         <v>2009</v>
       </c>
-      <c r="H223">
+      <c r="I223">
         <v>2011</v>
       </c>
-      <c r="I223" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J223" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D224" t="s">
+        <v>732</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
         <v>21</v>
       </c>
-      <c r="K223"/>
-[...29 lines deleted...]
-      <c r="G224">
+      <c r="G224" t="s">
+        <v>42</v>
+      </c>
+      <c r="H224">
         <v>2006</v>
       </c>
-      <c r="H224">
+      <c r="I224">
         <v>2008</v>
       </c>
-      <c r="I224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J224" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K224" t="s">
+        <v>24</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1204</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D225" t="s">
+        <v>299</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
         <v>21</v>
       </c>
-      <c r="K224"/>
-[...29 lines deleted...]
-      <c r="G225">
+      <c r="G225" t="s">
+        <v>42</v>
+      </c>
+      <c r="H225">
         <v>2008</v>
       </c>
-      <c r="H225">
+      <c r="I225">
         <v>2010</v>
       </c>
-      <c r="I225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J225" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K225" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D226" t="s">
+        <v>97</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
         <v>21</v>
       </c>
-      <c r="K225"/>
-[...26 lines deleted...]
-      <c r="F226" t="s">
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>2006</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>1191</v>
+      </c>
+      <c r="K226" t="s">
+        <v>1210</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1162</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C227" t="s">
+        <v>32</v>
+      </c>
+      <c r="D227" t="s">
+        <v>937</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>33</v>
+      </c>
+      <c r="G227" t="s">
+        <v>42</v>
+      </c>
+      <c r="H227">
+        <v>1981</v>
+      </c>
+      <c r="I227">
+        <v>1982</v>
+      </c>
+      <c r="J227" t="s">
+        <v>34</v>
+      </c>
+      <c r="K227" t="s">
+        <v>24</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M227" t="s">
+        <v>871</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1215</v>
+      </c>
+      <c r="P227" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C228" t="s">
+        <v>32</v>
+      </c>
+      <c r="D228" t="s">
+        <v>376</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>33</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2009</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>34</v>
+      </c>
+      <c r="K228" t="s">
+        <v>24</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M228" t="s">
+        <v>36</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1219</v>
+      </c>
+      <c r="P228" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C229" t="s">
+        <v>32</v>
+      </c>
+      <c r="D229" t="s">
+        <v>370</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>33</v>
+      </c>
+      <c r="G229" t="s">
+        <v>42</v>
+      </c>
+      <c r="H229">
+        <v>2002</v>
+      </c>
+      <c r="I229">
+        <v>2001</v>
+      </c>
+      <c r="J229" t="s">
+        <v>34</v>
+      </c>
+      <c r="K229" t="s">
+        <v>24</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>36</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P229" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C230" t="s">
+        <v>32</v>
+      </c>
+      <c r="D230" t="s">
+        <v>97</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>33</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2003</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>34</v>
+      </c>
+      <c r="K230" t="s">
+        <v>645</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1224</v>
+      </c>
+      <c r="M230" t="s">
+        <v>871</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P230" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C231" t="s">
+        <v>32</v>
+      </c>
+      <c r="D231" t="s">
+        <v>97</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>33</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2003</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>34</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1224</v>
+      </c>
+      <c r="M231" t="s">
+        <v>36</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1227</v>
+      </c>
+      <c r="P231" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C232" t="s">
+        <v>57</v>
+      </c>
+      <c r="D232" t="s">
         <v>19</v>
       </c>
-      <c r="G226">
-[...80 lines deleted...]
-      <c r="F228" t="s">
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>33</v>
+      </c>
+      <c r="G232" t="s">
+        <v>42</v>
+      </c>
+      <c r="H232">
+        <v>2003</v>
+      </c>
+      <c r="I232">
+        <v>2014</v>
+      </c>
+      <c r="J232" t="s">
+        <v>51</v>
+      </c>
+      <c r="K232" t="s">
+        <v>24</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1230</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C233" t="s">
+        <v>57</v>
+      </c>
+      <c r="D233" t="s">
         <v>19</v>
       </c>
-      <c r="G228">
-[...83 lines deleted...]
-      <c r="G230">
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>33</v>
+      </c>
+      <c r="G233" t="s">
+        <v>42</v>
+      </c>
+      <c r="H233">
         <v>2003</v>
       </c>
-      <c r="H230"/>
-[...38 lines deleted...]
-      <c r="G231">
+      <c r="I233">
+        <v>2017</v>
+      </c>
+      <c r="J233" t="s">
+        <v>51</v>
+      </c>
+      <c r="K233" t="s">
+        <v>24</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1236</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1237</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C234" t="s">
+        <v>57</v>
+      </c>
+      <c r="D234" t="s">
+        <v>105</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>33</v>
+      </c>
+      <c r="G234" t="s">
+        <v>42</v>
+      </c>
+      <c r="H234">
+        <v>2005</v>
+      </c>
+      <c r="I234">
+        <v>2016</v>
+      </c>
+      <c r="J234" t="s">
+        <v>51</v>
+      </c>
+      <c r="K234" t="s">
+        <v>24</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1237</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C235" t="s">
+        <v>57</v>
+      </c>
+      <c r="D235" t="s">
+        <v>105</v>
+      </c>
+      <c r="E235" t="s">
+        <v>20</v>
+      </c>
+      <c r="F235" t="s">
+        <v>33</v>
+      </c>
+      <c r="G235" t="s">
+        <v>42</v>
+      </c>
+      <c r="H235">
+        <v>2005</v>
+      </c>
+      <c r="I235">
+        <v>2016</v>
+      </c>
+      <c r="J235" t="s">
+        <v>51</v>
+      </c>
+      <c r="K235" t="s">
+        <v>24</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1247</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1237</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H236">
+        <v>2024</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K236" t="s">
+        <v>24</v>
+      </c>
+      <c r="L236"/>
+      <c r="M236" t="s">
+        <v>1257</v>
+      </c>
+      <c r="N236" t="s">
+        <v>695</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1258</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C237" t="s">
+        <v>57</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>59</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2018</v>
+      </c>
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>68</v>
+      </c>
+      <c r="K237" t="s">
+        <v>287</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C238" t="s">
+        <v>57</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>59</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2021</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>68</v>
+      </c>
+      <c r="K238" t="s">
+        <v>24</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1275</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>33</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H239">
+        <v>2025</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1278</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D240" t="s">
+        <v>376</v>
+      </c>
+      <c r="E240" t="s">
+        <v>20</v>
+      </c>
+      <c r="F240" t="s">
+        <v>59</v>
+      </c>
+      <c r="G240" t="s">
+        <v>42</v>
+      </c>
+      <c r="H240">
         <v>2003</v>
       </c>
-      <c r="H231"/>
-[...383 lines deleted...]
-      <c r="H240">
+      <c r="I240">
         <v>2012</v>
       </c>
-      <c r="I240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J240" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K240" t="s">
-        <v>841</v>
+        <v>24</v>
       </c>
       <c r="L240" t="s">
-        <v>842</v>
+        <v>1283</v>
       </c>
       <c r="M240" t="s">
-        <v>24</v>
+        <v>1284</v>
       </c>
       <c r="N240" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>844</v>
+        <v>1287</v>
       </c>
       <c r="B241" t="s">
-        <v>27</v>
+        <v>1288</v>
       </c>
       <c r="C241" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D241" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E241" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F241" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G241">
+        <v>59</v>
+      </c>
+      <c r="G241" t="s">
+        <v>42</v>
+      </c>
+      <c r="H241">
         <v>2000</v>
       </c>
-      <c r="H241">
+      <c r="I241">
         <v>2013</v>
       </c>
-      <c r="I241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J241" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K241" t="s">
-        <v>845</v>
+        <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>31</v>
+        <v>1289</v>
       </c>
       <c r="M241" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N241" t="s">
-        <v>846</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>847</v>
+        <v>1292</v>
       </c>
       <c r="B242" t="s">
-        <v>27</v>
+        <v>1293</v>
       </c>
       <c r="C242" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D242" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E242" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F242" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G242">
+        <v>59</v>
+      </c>
+      <c r="G242" t="s">
+        <v>42</v>
+      </c>
+      <c r="H242">
         <v>2000</v>
       </c>
-      <c r="H242">
+      <c r="I242">
         <v>2013</v>
       </c>
-      <c r="I242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J242" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K242" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242"/>
       <c r="M242" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N242" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1294</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>849</v>
+        <v>1296</v>
       </c>
       <c r="B243" t="s">
-        <v>27</v>
+        <v>1297</v>
       </c>
       <c r="C243" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D243" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E243" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F243" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G243">
+        <v>59</v>
+      </c>
+      <c r="G243" t="s">
+        <v>42</v>
+      </c>
+      <c r="H243">
         <v>2000</v>
       </c>
-      <c r="H243">
+      <c r="I243">
         <v>2013</v>
       </c>
-      <c r="I243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J243" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K243" t="s">
-        <v>845</v>
+        <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>575</v>
+        <v>1289</v>
       </c>
       <c r="M243" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N243" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1298</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>851</v>
+        <v>1300</v>
       </c>
       <c r="B244" t="s">
-        <v>27</v>
+        <v>1301</v>
       </c>
       <c r="C244" t="s">
-        <v>246</v>
+        <v>32</v>
       </c>
       <c r="D244" t="s">
-        <v>17</v>
+        <v>360</v>
       </c>
       <c r="E244" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F244" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>59</v>
+      </c>
+      <c r="G244" t="s">
+        <v>42</v>
       </c>
       <c r="H244">
         <v>2015</v>
       </c>
-      <c r="I244" t="s">
-        <v>29</v>
+      <c r="I244">
+        <v>2015</v>
       </c>
       <c r="J244" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K244" t="s">
-        <v>851</v>
+        <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>31</v>
+        <v>1300</v>
       </c>
       <c r="M244" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N244" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>853</v>
+        <v>1304</v>
       </c>
       <c r="B245" t="s">
-        <v>27</v>
+        <v>1305</v>
       </c>
       <c r="C245" t="s">
+        <v>32</v>
+      </c>
+      <c r="D245" t="s">
+        <v>41</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>59</v>
+      </c>
+      <c r="G245" t="s">
+        <v>42</v>
+      </c>
+      <c r="H245">
+        <v>2008</v>
+      </c>
+      <c r="I245">
+        <v>2013</v>
+      </c>
+      <c r="J245" t="s">
         <v>34</v>
       </c>
-      <c r="D245" t="s">
-[...11 lines deleted...]
-      <c r="H245">
+      <c r="K245" t="s">
+        <v>24</v>
+      </c>
+      <c r="L245" t="s">
+        <v>43</v>
+      </c>
+      <c r="M245" t="s">
+        <v>871</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C246" t="s">
+        <v>32</v>
+      </c>
+      <c r="D246" t="s">
+        <v>732</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>59</v>
+      </c>
+      <c r="G246" t="s">
+        <v>42</v>
+      </c>
+      <c r="H246">
+        <v>2010</v>
+      </c>
+      <c r="I246">
+        <v>2014</v>
+      </c>
+      <c r="J246" t="s">
+        <v>34</v>
+      </c>
+      <c r="K246" t="s">
+        <v>24</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>36</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C247" t="s">
+        <v>32</v>
+      </c>
+      <c r="D247" t="s">
+        <v>478</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>59</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
         <v>2013</v>
       </c>
-      <c r="I245" t="s">
-[...85 lines deleted...]
-      </c>
+      <c r="I247"/>
       <c r="J247" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K247" t="s">
+        <v>24</v>
+      </c>
+      <c r="L247"/>
       <c r="M247" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N247" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1314</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>859</v>
+        <v>1316</v>
       </c>
       <c r="B248" t="s">
-        <v>27</v>
+        <v>1317</v>
       </c>
       <c r="C248" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="D248" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E248" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>59</v>
+      </c>
+      <c r="G248" t="s">
+        <v>42</v>
       </c>
       <c r="H248">
         <v>2011</v>
       </c>
-      <c r="I248" t="s">
-        <v>29</v>
+      <c r="I248">
+        <v>2011</v>
       </c>
       <c r="J248" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K248" t="s">
+        <v>645</v>
+      </c>
+      <c r="L248"/>
       <c r="M248" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N248" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1318</v>
+      </c>
+      <c r="P248"/>
+    </row>
+    <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>861</v>
+        <v>1319</v>
       </c>
       <c r="B249" t="s">
-        <v>27</v>
+        <v>1320</v>
       </c>
       <c r="C249" t="s">
+        <v>32</v>
+      </c>
+      <c r="D249" t="s">
+        <v>41</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>59</v>
+      </c>
+      <c r="G249" t="s">
+        <v>42</v>
+      </c>
+      <c r="H249">
+        <v>2008</v>
+      </c>
+      <c r="I249">
+        <v>2014</v>
+      </c>
+      <c r="J249" t="s">
         <v>34</v>
       </c>
-      <c r="D249" t="s">
-[...11 lines deleted...]
-      <c r="H249">
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249"/>
+      <c r="M249" t="s">
+        <v>871</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C250" t="s">
+        <v>32</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>59</v>
+      </c>
+      <c r="G250" t="s">
+        <v>42</v>
+      </c>
+      <c r="H250">
+        <v>2011</v>
+      </c>
+      <c r="I250">
+        <v>2013</v>
+      </c>
+      <c r="J250" t="s">
+        <v>34</v>
+      </c>
+      <c r="K250" t="s">
+        <v>24</v>
+      </c>
+      <c r="L250"/>
+      <c r="M250" t="s">
+        <v>36</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1326</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C251" t="s">
+        <v>32</v>
+      </c>
+      <c r="D251" t="s">
+        <v>850</v>
+      </c>
+      <c r="E251" t="s">
+        <v>20</v>
+      </c>
+      <c r="F251" t="s">
+        <v>59</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
         <v>2014</v>
       </c>
-      <c r="I249" t="s">
-[...38 lines deleted...]
-      <c r="H250">
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>34</v>
+      </c>
+      <c r="K251" t="s">
+        <v>24</v>
+      </c>
+      <c r="L251"/>
+      <c r="M251" t="s">
+        <v>36</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C252" t="s">
+        <v>32</v>
+      </c>
+      <c r="D252" t="s">
+        <v>19</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>59</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2014</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>34</v>
+      </c>
+      <c r="K252" t="s">
+        <v>24</v>
+      </c>
+      <c r="L252"/>
+      <c r="M252" t="s">
+        <v>871</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C253" t="s">
+        <v>32</v>
+      </c>
+      <c r="D253" t="s">
+        <v>275</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>59</v>
+      </c>
+      <c r="G253" t="s">
+        <v>42</v>
+      </c>
+      <c r="H253">
         <v>2013</v>
       </c>
-      <c r="I250" t="s">
-[...35 lines deleted...]
-      <c r="G251">
+      <c r="I253">
         <v>2014</v>
       </c>
-      <c r="H251"/>
-[...36 lines deleted...]
-      <c r="G252">
+      <c r="J253" t="s">
+        <v>34</v>
+      </c>
+      <c r="K253" t="s">
+        <v>24</v>
+      </c>
+      <c r="L253"/>
+      <c r="M253" t="s">
+        <v>871</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1338</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C254" t="s">
+        <v>32</v>
+      </c>
+      <c r="D254" t="s">
+        <v>41</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>59</v>
+      </c>
+      <c r="G254" t="s">
+        <v>42</v>
+      </c>
+      <c r="H254">
+        <v>2012</v>
+      </c>
+      <c r="I254">
         <v>2014</v>
       </c>
-      <c r="H252"/>
-[...55 lines deleted...]
-      <c r="N253" t="s">
+      <c r="J254" t="s">
+        <v>34</v>
+      </c>
+      <c r="K254" t="s">
+        <v>24</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
         <v>871</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C254" t="s">
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1342</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C255" t="s">
+        <v>32</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>59</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2015</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
         <v>34</v>
       </c>
-      <c r="D254" t="s">
-[...63 lines deleted...]
-      </c>
+      <c r="K255" t="s">
+        <v>24</v>
+      </c>
+      <c r="L255"/>
       <c r="M255" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N255" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1346</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>876</v>
+        <v>1348</v>
       </c>
       <c r="B256" t="s">
-        <v>27</v>
+        <v>1349</v>
       </c>
       <c r="C256" t="s">
-        <v>266</v>
+        <v>32</v>
       </c>
       <c r="D256" t="s">
-        <v>17</v>
+        <v>391</v>
       </c>
       <c r="E256" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F256" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>59</v>
+      </c>
+      <c r="G256" t="s">
+        <v>42</v>
       </c>
       <c r="H256">
         <v>2015</v>
       </c>
-      <c r="I256" t="s">
-        <v>29</v>
+      <c r="I256">
+        <v>2015</v>
       </c>
       <c r="J256" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K256" t="s">
-        <v>876</v>
+        <v>24</v>
       </c>
       <c r="L256" t="s">
-        <v>575</v>
+        <v>1348</v>
       </c>
       <c r="M256" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N256" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1350</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>878</v>
+        <v>1352</v>
       </c>
       <c r="B257" t="s">
-        <v>27</v>
+        <v>1353</v>
       </c>
       <c r="C257" t="s">
-        <v>591</v>
+        <v>32</v>
       </c>
       <c r="D257" t="s">
-        <v>17</v>
+        <v>897</v>
       </c>
       <c r="E257" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F257" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G257">
+        <v>59</v>
+      </c>
+      <c r="G257" t="s">
+        <v>42</v>
+      </c>
+      <c r="H257">
         <v>2006</v>
       </c>
-      <c r="H257">
+      <c r="I257">
         <v>2016</v>
       </c>
-      <c r="I257" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J257" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K257" t="s">
+        <v>24</v>
+      </c>
+      <c r="L257"/>
       <c r="M257" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N257" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1354</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>880</v>
+        <v>1356</v>
       </c>
       <c r="B258" t="s">
-        <v>27</v>
+        <v>1357</v>
       </c>
       <c r="C258" t="s">
-        <v>881</v>
+        <v>32</v>
       </c>
       <c r="D258" t="s">
-        <v>17</v>
+        <v>1358</v>
       </c>
       <c r="E258" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F258" t="s">
+        <v>59</v>
+      </c>
+      <c r="G258" t="s">
+        <v>22</v>
+      </c>
+      <c r="H258">
+        <v>2016</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>34</v>
+      </c>
+      <c r="K258" t="s">
+        <v>24</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>871</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1359</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C259" t="s">
+        <v>32</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>59</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2016</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>34</v>
+      </c>
+      <c r="K259" t="s">
+        <v>24</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>871</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C260" t="s">
+        <v>32</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>59</v>
+      </c>
+      <c r="G260" t="s">
+        <v>22</v>
+      </c>
+      <c r="H260">
+        <v>2016</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>34</v>
+      </c>
+      <c r="K260" t="s">
+        <v>24</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260" t="s">
+        <v>871</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1369</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C261" t="s">
+        <v>32</v>
+      </c>
+      <c r="D261" t="s">
+        <v>316</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>59</v>
+      </c>
+      <c r="G261" t="s">
+        <v>42</v>
+      </c>
+      <c r="H261">
+        <v>2000</v>
+      </c>
+      <c r="I261">
+        <v>2016</v>
+      </c>
+      <c r="J261" t="s">
+        <v>34</v>
+      </c>
+      <c r="K261" t="s">
+        <v>24</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261" t="s">
+        <v>36</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C262" t="s">
+        <v>32</v>
+      </c>
+      <c r="D262" t="s">
+        <v>316</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>59</v>
+      </c>
+      <c r="G262" t="s">
+        <v>42</v>
+      </c>
+      <c r="H262">
+        <v>2000</v>
+      </c>
+      <c r="I262">
+        <v>2015</v>
+      </c>
+      <c r="J262" t="s">
+        <v>34</v>
+      </c>
+      <c r="K262" t="s">
+        <v>24</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>871</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1376</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C263" t="s">
+        <v>32</v>
+      </c>
+      <c r="D263" t="s">
+        <v>305</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>59</v>
+      </c>
+      <c r="G263" t="s">
+        <v>42</v>
+      </c>
+      <c r="H263">
+        <v>2000</v>
+      </c>
+      <c r="I263">
+        <v>2013</v>
+      </c>
+      <c r="J263" t="s">
+        <v>34</v>
+      </c>
+      <c r="K263" t="s">
+        <v>24</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M263" t="s">
+        <v>871</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1380</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C264" t="s">
+        <v>32</v>
+      </c>
+      <c r="D264" t="s">
         <v>19</v>
       </c>
-      <c r="G258">
-[...119 lines deleted...]
-      <c r="G261">
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>59</v>
+      </c>
+      <c r="G264" t="s">
+        <v>42</v>
+      </c>
+      <c r="H264">
+        <v>2001</v>
+      </c>
+      <c r="I264">
+        <v>2013</v>
+      </c>
+      <c r="J264" t="s">
+        <v>34</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264"/>
+      <c r="M264" t="s">
+        <v>36</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C265" t="s">
+        <v>32</v>
+      </c>
+      <c r="D265" t="s">
+        <v>700</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>59</v>
+      </c>
+      <c r="G265" t="s">
+        <v>42</v>
+      </c>
+      <c r="H265">
+        <v>2002</v>
+      </c>
+      <c r="I265">
+        <v>2014</v>
+      </c>
+      <c r="J265" t="s">
+        <v>34</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M265" t="s">
+        <v>36</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C266" t="s">
+        <v>32</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>59</v>
+      </c>
+      <c r="G266" t="s">
+        <v>42</v>
+      </c>
+      <c r="H266">
+        <v>1998</v>
+      </c>
+      <c r="I266">
+        <v>2014</v>
+      </c>
+      <c r="J266" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M266" t="s">
+        <v>36</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1396</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C267" t="s">
+        <v>32</v>
+      </c>
+      <c r="D267" t="s">
+        <v>135</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>59</v>
+      </c>
+      <c r="G267" t="s">
+        <v>42</v>
+      </c>
+      <c r="H267">
+        <v>2005</v>
+      </c>
+      <c r="I267">
+        <v>2013</v>
+      </c>
+      <c r="J267" t="s">
+        <v>34</v>
+      </c>
+      <c r="K267" t="s">
+        <v>24</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1400</v>
+      </c>
+      <c r="M267" t="s">
+        <v>871</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1401</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C268" t="s">
+        <v>32</v>
+      </c>
+      <c r="D268" t="s">
+        <v>370</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="F268" t="s">
+        <v>59</v>
+      </c>
+      <c r="G268" t="s">
+        <v>42</v>
+      </c>
+      <c r="H268">
+        <v>2002</v>
+      </c>
+      <c r="I268">
+        <v>2013</v>
+      </c>
+      <c r="J268" t="s">
+        <v>34</v>
+      </c>
+      <c r="K268" t="s">
+        <v>24</v>
+      </c>
+      <c r="L268"/>
+      <c r="M268" t="s">
+        <v>871</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1405</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C269" t="s">
+        <v>32</v>
+      </c>
+      <c r="D269" t="s">
+        <v>305</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>59</v>
+      </c>
+      <c r="G269" t="s">
+        <v>42</v>
+      </c>
+      <c r="H269">
         <v>2000</v>
       </c>
-      <c r="H261">
-[...41 lines deleted...]
-      <c r="H262">
+      <c r="I269">
+        <v>2013</v>
+      </c>
+      <c r="J269" t="s">
+        <v>34</v>
+      </c>
+      <c r="K269" t="s">
+        <v>24</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1409</v>
+      </c>
+      <c r="M269" t="s">
+        <v>36</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1410</v>
+      </c>
+      <c r="P269"/>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C270" t="s">
+        <v>32</v>
+      </c>
+      <c r="D270" t="s">
+        <v>156</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>59</v>
+      </c>
+      <c r="G270" t="s">
+        <v>42</v>
+      </c>
+      <c r="H270">
+        <v>2011</v>
+      </c>
+      <c r="I270">
+        <v>2013</v>
+      </c>
+      <c r="J270" t="s">
+        <v>34</v>
+      </c>
+      <c r="K270" t="s">
+        <v>24</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>871</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1413</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C271" t="s">
+        <v>32</v>
+      </c>
+      <c r="D271" t="s">
+        <v>947</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>59</v>
+      </c>
+      <c r="G271" t="s">
+        <v>42</v>
+      </c>
+      <c r="H271">
+        <v>2006</v>
+      </c>
+      <c r="I271">
         <v>2015</v>
       </c>
-      <c r="I262" t="s">
-[...38 lines deleted...]
-      <c r="H263">
+      <c r="J271" t="s">
+        <v>34</v>
+      </c>
+      <c r="K271" t="s">
+        <v>645</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>871</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1417</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C272" t="s">
+        <v>32</v>
+      </c>
+      <c r="D272" t="s">
+        <v>774</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>59</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
         <v>2013</v>
       </c>
-      <c r="I263" t="s">
-[...387 lines deleted...]
-      </c>
+      <c r="I272"/>
       <c r="J272" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K272" t="s">
+        <v>24</v>
+      </c>
+      <c r="L272"/>
       <c r="M272" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N272" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>919</v>
+        <v>1423</v>
       </c>
       <c r="B273" t="s">
-        <v>27</v>
+        <v>1424</v>
       </c>
       <c r="C273" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D273" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E273" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F273" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G273" t="s">
+        <v>42</v>
       </c>
       <c r="H273">
         <v>2012</v>
       </c>
-      <c r="I273" t="s">
-        <v>29</v>
+      <c r="I273">
+        <v>2012</v>
       </c>
       <c r="J273" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="K273" t="s">
-        <v>920</v>
+        <v>287</v>
       </c>
       <c r="L273" t="s">
-        <v>575</v>
+        <v>1425</v>
       </c>
       <c r="M273" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N273" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>922</v>
+        <v>1428</v>
       </c>
       <c r="B274" t="s">
-        <v>27</v>
+        <v>1429</v>
       </c>
       <c r="C274" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D274" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E274" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F274" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G274">
+        <v>59</v>
+      </c>
+      <c r="G274" t="s">
+        <v>42</v>
+      </c>
+      <c r="H274">
         <v>2000</v>
       </c>
-      <c r="H274">
+      <c r="I274">
         <v>2015</v>
       </c>
-      <c r="I274" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J274" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K274" t="s">
+        <v>24</v>
+      </c>
+      <c r="L274"/>
       <c r="M274" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N274" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1430</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>924</v>
+        <v>1432</v>
       </c>
       <c r="B275" t="s">
-        <v>27</v>
+        <v>1433</v>
       </c>
       <c r="C275" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="D275" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E275" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F275" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G275">
+        <v>59</v>
+      </c>
+      <c r="G275" t="s">
+        <v>42</v>
+      </c>
+      <c r="H275">
         <v>2002</v>
       </c>
-      <c r="H275">
+      <c r="I275">
         <v>2013</v>
       </c>
-      <c r="I275" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J275" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K275" t="s">
-        <v>925</v>
+        <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>31</v>
+        <v>1434</v>
       </c>
       <c r="M275" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N275" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1435</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>927</v>
+        <v>1437</v>
       </c>
       <c r="B276" t="s">
-        <v>27</v>
+        <v>1438</v>
       </c>
       <c r="C276" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D276" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="E276" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F276" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G276">
+        <v>59</v>
+      </c>
+      <c r="G276" t="s">
+        <v>42</v>
+      </c>
+      <c r="H276">
         <v>2000</v>
       </c>
-      <c r="H276">
+      <c r="I276">
         <v>2015</v>
       </c>
-      <c r="I276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J276" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K276" t="s">
+        <v>24</v>
+      </c>
+      <c r="L276"/>
       <c r="M276" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N276" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1439</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>929</v>
+        <v>1441</v>
       </c>
       <c r="B277" t="s">
-        <v>27</v>
+        <v>1442</v>
       </c>
       <c r="C277" t="s">
-        <v>558</v>
+        <v>32</v>
       </c>
       <c r="D277" t="s">
-        <v>17</v>
+        <v>844</v>
       </c>
       <c r="E277" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F277" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G277">
+        <v>59</v>
+      </c>
+      <c r="G277" t="s">
+        <v>42</v>
+      </c>
+      <c r="H277">
         <v>2001</v>
       </c>
-      <c r="H277">
+      <c r="I277">
         <v>2013</v>
       </c>
-      <c r="I277" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J277" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K277" t="s">
+        <v>24</v>
+      </c>
+      <c r="L277"/>
       <c r="M277" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N277" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1443</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>931</v>
+        <v>1445</v>
       </c>
       <c r="B278" t="s">
-        <v>27</v>
+        <v>1446</v>
       </c>
       <c r="C278" t="s">
-        <v>591</v>
+        <v>32</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>897</v>
       </c>
       <c r="E278" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F278" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G278">
+        <v>59</v>
+      </c>
+      <c r="G278" t="s">
+        <v>42</v>
+      </c>
+      <c r="H278">
         <v>2006</v>
       </c>
-      <c r="H278">
+      <c r="I278">
         <v>2013</v>
       </c>
-      <c r="I278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J278" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K278" t="s">
+        <v>24</v>
+      </c>
+      <c r="L278"/>
       <c r="M278" t="s">
-        <v>24</v>
+        <v>871</v>
       </c>
       <c r="N278" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>933</v>
+        <v>1449</v>
       </c>
       <c r="B279" t="s">
-        <v>27</v>
+        <v>1450</v>
       </c>
       <c r="C279" t="s">
-        <v>536</v>
+        <v>32</v>
       </c>
       <c r="D279" t="s">
-        <v>17</v>
+        <v>808</v>
       </c>
       <c r="E279" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F279" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G279">
+        <v>59</v>
+      </c>
+      <c r="G279" t="s">
+        <v>42</v>
+      </c>
+      <c r="H279">
         <v>2001</v>
       </c>
-      <c r="H279">
+      <c r="I279">
         <v>2013</v>
       </c>
-      <c r="I279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J279" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K279" t="s">
+        <v>24</v>
+      </c>
+      <c r="L279"/>
       <c r="M279" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N279" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1451</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>935</v>
+        <v>1453</v>
       </c>
       <c r="B280" t="s">
-        <v>27</v>
+        <v>1454</v>
       </c>
       <c r="C280" t="s">
-        <v>191</v>
+        <v>32</v>
       </c>
       <c r="D280" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E280" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F280" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>59</v>
+      </c>
+      <c r="G280" t="s">
+        <v>42</v>
       </c>
       <c r="H280">
         <v>2011</v>
       </c>
-      <c r="I280" t="s">
-        <v>29</v>
+      <c r="I280">
+        <v>2011</v>
       </c>
       <c r="J280" t="s">
+        <v>34</v>
+      </c>
+      <c r="K280" t="s">
+        <v>24</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1455</v>
+      </c>
+      <c r="M280" t="s">
+        <v>871</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C281" t="s">
+        <v>32</v>
+      </c>
+      <c r="D281" t="s">
+        <v>360</v>
+      </c>
+      <c r="E281" t="s">
+        <v>20</v>
+      </c>
+      <c r="F281" t="s">
+        <v>59</v>
+      </c>
+      <c r="G281" t="s">
+        <v>22</v>
+      </c>
+      <c r="H281">
+        <v>2014</v>
+      </c>
+      <c r="I281"/>
+      <c r="J281" t="s">
+        <v>34</v>
+      </c>
+      <c r="K281" t="s">
+        <v>24</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>36</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1460</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C282" t="s">
+        <v>32</v>
+      </c>
+      <c r="D282" t="s">
+        <v>91</v>
+      </c>
+      <c r="E282" t="s">
+        <v>20</v>
+      </c>
+      <c r="F282" t="s">
+        <v>59</v>
+      </c>
+      <c r="G282" t="s">
+        <v>22</v>
+      </c>
+      <c r="H282">
+        <v>2015</v>
+      </c>
+      <c r="I282"/>
+      <c r="J282" t="s">
+        <v>34</v>
+      </c>
+      <c r="K282" t="s">
+        <v>60</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>871</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1464</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C283" t="s">
+        <v>32</v>
+      </c>
+      <c r="D283" t="s">
+        <v>305</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="F283" t="s">
+        <v>59</v>
+      </c>
+      <c r="G283" t="s">
+        <v>42</v>
+      </c>
+      <c r="H283">
+        <v>2000</v>
+      </c>
+      <c r="I283">
+        <v>2013</v>
+      </c>
+      <c r="J283" t="s">
+        <v>34</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M283" t="s">
+        <v>36</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1468</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C284" t="s">
+        <v>32</v>
+      </c>
+      <c r="D284" t="s">
+        <v>937</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>59</v>
+      </c>
+      <c r="G284" t="s">
+        <v>22</v>
+      </c>
+      <c r="H284">
+        <v>2011</v>
+      </c>
+      <c r="I284"/>
+      <c r="J284" t="s">
+        <v>34</v>
+      </c>
+      <c r="K284" t="s">
+        <v>24</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1472</v>
+      </c>
+      <c r="M284" t="s">
+        <v>36</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1473</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C285" t="s">
+        <v>32</v>
+      </c>
+      <c r="D285" t="s">
+        <v>682</v>
+      </c>
+      <c r="E285" t="s">
+        <v>20</v>
+      </c>
+      <c r="F285" t="s">
+        <v>59</v>
+      </c>
+      <c r="G285" t="s">
+        <v>22</v>
+      </c>
+      <c r="H285">
+        <v>2014</v>
+      </c>
+      <c r="I285"/>
+      <c r="J285" t="s">
+        <v>34</v>
+      </c>
+      <c r="K285" t="s">
+        <v>24</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1475</v>
+      </c>
+      <c r="M285" t="s">
+        <v>36</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C286" t="s">
+        <v>32</v>
+      </c>
+      <c r="D286" t="s">
+        <v>269</v>
+      </c>
+      <c r="E286" t="s">
+        <v>20</v>
+      </c>
+      <c r="F286" t="s">
+        <v>59</v>
+      </c>
+      <c r="G286" t="s">
+        <v>22</v>
+      </c>
+      <c r="H286">
+        <v>2013</v>
+      </c>
+      <c r="I286"/>
+      <c r="J286" t="s">
+        <v>34</v>
+      </c>
+      <c r="K286" t="s">
+        <v>24</v>
+      </c>
+      <c r="L286"/>
+      <c r="M286" t="s">
+        <v>36</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1481</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C287" t="s">
+        <v>32</v>
+      </c>
+      <c r="D287" t="s">
+        <v>305</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>59</v>
+      </c>
+      <c r="G287" t="s">
+        <v>42</v>
+      </c>
+      <c r="H287">
+        <v>2000</v>
+      </c>
+      <c r="I287">
+        <v>2014</v>
+      </c>
+      <c r="J287" t="s">
+        <v>34</v>
+      </c>
+      <c r="K287" t="s">
+        <v>24</v>
+      </c>
+      <c r="L287"/>
+      <c r="M287" t="s">
+        <v>871</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1485</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C288" t="s">
+        <v>32</v>
+      </c>
+      <c r="D288" t="s">
+        <v>269</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>59</v>
+      </c>
+      <c r="G288" t="s">
+        <v>22</v>
+      </c>
+      <c r="H288">
+        <v>2013</v>
+      </c>
+      <c r="I288"/>
+      <c r="J288" t="s">
+        <v>34</v>
+      </c>
+      <c r="K288" t="s">
+        <v>24</v>
+      </c>
+      <c r="L288"/>
+      <c r="M288" t="s">
+        <v>36</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1489</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
         <v>21</v>
       </c>
-      <c r="K280" t="s">
-[...28 lines deleted...]
-      <c r="F281" t="s">
+      <c r="G289" t="s">
+        <v>22</v>
+      </c>
+      <c r="H289">
+        <v>2022</v>
+      </c>
+      <c r="I289"/>
+      <c r="J289" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1495</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>21</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
+        <v>2022</v>
+      </c>
+      <c r="I290"/>
+      <c r="J290" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K290" t="s">
+        <v>24</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1502</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1503</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" t="s">
+        <v>22</v>
+      </c>
+      <c r="H291">
+        <v>2022</v>
+      </c>
+      <c r="I291"/>
+      <c r="J291" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K291" t="s">
+        <v>60</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1509</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292" t="s">
+        <v>21</v>
+      </c>
+      <c r="G292" t="s">
+        <v>22</v>
+      </c>
+      <c r="H292">
+        <v>2022</v>
+      </c>
+      <c r="I292"/>
+      <c r="J292" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K292" t="s">
+        <v>24</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1514</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1515</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E293" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" t="s">
+        <v>21</v>
+      </c>
+      <c r="G293" t="s">
+        <v>22</v>
+      </c>
+      <c r="H293">
+        <v>2022</v>
+      </c>
+      <c r="I293"/>
+      <c r="J293" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K293" t="s">
+        <v>60</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M293" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1521</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E294" t="s">
+        <v>20</v>
+      </c>
+      <c r="F294" t="s">
+        <v>21</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
+        <v>2022</v>
+      </c>
+      <c r="I294"/>
+      <c r="J294" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K294" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1527</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N294" t="s">
+        <v>1528</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1529</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="F295" t="s">
+        <v>21</v>
+      </c>
+      <c r="G295" t="s">
+        <v>22</v>
+      </c>
+      <c r="H295">
+        <v>2022</v>
+      </c>
+      <c r="I295"/>
+      <c r="J295" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K295" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1534</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N295" t="s">
+        <v>1528</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1535</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D296" t="s">
+        <v>275</v>
+      </c>
+      <c r="E296" t="s">
+        <v>20</v>
+      </c>
+      <c r="F296" t="s">
+        <v>21</v>
+      </c>
+      <c r="G296" t="s">
+        <v>22</v>
+      </c>
+      <c r="H296">
+        <v>2022</v>
+      </c>
+      <c r="I296"/>
+      <c r="J296" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K296" t="s">
+        <v>24</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1539</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1540</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E297" t="s">
+        <v>20</v>
+      </c>
+      <c r="F297" t="s">
+        <v>21</v>
+      </c>
+      <c r="G297" t="s">
+        <v>22</v>
+      </c>
+      <c r="H297">
+        <v>2022</v>
+      </c>
+      <c r="I297"/>
+      <c r="J297" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K297" t="s">
+        <v>60</v>
+      </c>
+      <c r="L297" t="s">
+        <v>1545</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1546</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E298" t="s">
+        <v>20</v>
+      </c>
+      <c r="F298" t="s">
+        <v>21</v>
+      </c>
+      <c r="G298" t="s">
+        <v>22</v>
+      </c>
+      <c r="H298">
+        <v>2022</v>
+      </c>
+      <c r="I298"/>
+      <c r="J298" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K298" t="s">
+        <v>24</v>
+      </c>
+      <c r="L298" t="s">
+        <v>1551</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1552</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C299" t="s">
+        <v>743</v>
+      </c>
+      <c r="D299" t="s">
         <v>19</v>
       </c>
-      <c r="G281">
-[...742 lines deleted...]
-      </c>
       <c r="E299" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F299" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>59</v>
+      </c>
+      <c r="G299" t="s">
+        <v>22</v>
       </c>
       <c r="H299">
         <v>2012</v>
       </c>
-      <c r="I299" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I299"/>
       <c r="J299" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="K299" t="s">
+        <v>24</v>
+      </c>
+      <c r="L299"/>
       <c r="M299" t="s">
-        <v>24</v>
+        <v>745</v>
       </c>
       <c r="N299" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P299" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>998</v>
+        <v>1554</v>
       </c>
       <c r="B300" t="s">
-        <v>490</v>
+        <v>1558</v>
       </c>
       <c r="C300" t="s">
-        <v>16</v>
+        <v>743</v>
       </c>
       <c r="D300" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E300" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F300" t="s">
+        <v>59</v>
+      </c>
+      <c r="G300" t="s">
+        <v>22</v>
+      </c>
+      <c r="H300">
+        <v>2012</v>
+      </c>
+      <c r="I300"/>
+      <c r="J300" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K300" t="s">
+        <v>24</v>
+      </c>
+      <c r="L300"/>
+      <c r="M300" t="s">
+        <v>745</v>
+      </c>
+      <c r="N300" t="s">
+        <v>27</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1559</v>
+      </c>
+      <c r="P300" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C301" t="s">
+        <v>743</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E301" t="s">
+        <v>20</v>
+      </c>
+      <c r="F301" t="s">
+        <v>59</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>2012</v>
+      </c>
+      <c r="I301"/>
+      <c r="J301" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K301" t="s">
+        <v>24</v>
+      </c>
+      <c r="L301"/>
+      <c r="M301" t="s">
+        <v>745</v>
+      </c>
+      <c r="N301" t="s">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1562</v>
+      </c>
+      <c r="P301" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C302" t="s">
+        <v>743</v>
+      </c>
+      <c r="D302" t="s">
+        <v>91</v>
+      </c>
+      <c r="E302" t="s">
+        <v>20</v>
+      </c>
+      <c r="F302" t="s">
+        <v>59</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
+      </c>
+      <c r="H302">
+        <v>2010</v>
+      </c>
+      <c r="I302"/>
+      <c r="J302" t="s">
+        <v>744</v>
+      </c>
+      <c r="K302" t="s">
+        <v>60</v>
+      </c>
+      <c r="L302"/>
+      <c r="M302" t="s">
+        <v>745</v>
+      </c>
+      <c r="N302" t="s">
+        <v>27</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1564</v>
+      </c>
+      <c r="P302" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C303" t="s">
+        <v>743</v>
+      </c>
+      <c r="D303" t="s">
+        <v>97</v>
+      </c>
+      <c r="E303" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" t="s">
+        <v>59</v>
+      </c>
+      <c r="G303" t="s">
+        <v>42</v>
+      </c>
+      <c r="H303">
+        <v>1996</v>
+      </c>
+      <c r="I303">
+        <v>2012</v>
+      </c>
+      <c r="J303" t="s">
+        <v>744</v>
+      </c>
+      <c r="K303" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L303"/>
+      <c r="M303" t="s">
+        <v>745</v>
+      </c>
+      <c r="N303" t="s">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1567</v>
+      </c>
+      <c r="P303" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C304" t="s">
+        <v>743</v>
+      </c>
+      <c r="D304" t="s">
+        <v>97</v>
+      </c>
+      <c r="E304" t="s">
+        <v>20</v>
+      </c>
+      <c r="F304" t="s">
+        <v>59</v>
+      </c>
+      <c r="G304" t="s">
+        <v>42</v>
+      </c>
+      <c r="H304">
+        <v>1996</v>
+      </c>
+      <c r="I304">
+        <v>2012</v>
+      </c>
+      <c r="J304" t="s">
+        <v>744</v>
+      </c>
+      <c r="K304" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L304"/>
+      <c r="M304" t="s">
+        <v>745</v>
+      </c>
+      <c r="N304" t="s">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1569</v>
+      </c>
+      <c r="P304" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
+      <c r="A305" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C305" t="s">
+        <v>743</v>
+      </c>
+      <c r="D305" t="s">
+        <v>167</v>
+      </c>
+      <c r="E305" t="s">
+        <v>20</v>
+      </c>
+      <c r="F305" t="s">
+        <v>59</v>
+      </c>
+      <c r="G305" t="s">
+        <v>42</v>
+      </c>
+      <c r="H305">
+        <v>2010</v>
+      </c>
+      <c r="I305">
+        <v>2012</v>
+      </c>
+      <c r="J305" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K305" t="s">
+        <v>24</v>
+      </c>
+      <c r="L305"/>
+      <c r="M305" t="s">
+        <v>745</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1571</v>
+      </c>
+      <c r="P305" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C306" t="s">
+        <v>743</v>
+      </c>
+      <c r="D306" t="s">
         <v>19</v>
       </c>
-      <c r="G300">
+      <c r="E306" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" t="s">
+        <v>59</v>
+      </c>
+      <c r="G306" t="s">
+        <v>42</v>
+      </c>
+      <c r="H306">
         <v>2012</v>
       </c>
-      <c r="H300"/>
-[...36 lines deleted...]
-      <c r="G301">
+      <c r="I306">
         <v>2012</v>
       </c>
-      <c r="H301"/>
-[...36 lines deleted...]
-      <c r="G302">
+      <c r="J306" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K306" t="s">
+        <v>24</v>
+      </c>
+      <c r="L306"/>
+      <c r="M306" t="s">
+        <v>745</v>
+      </c>
+      <c r="N306" t="s">
+        <v>27</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1573</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C307" t="s">
+        <v>743</v>
+      </c>
+      <c r="D307" t="s">
+        <v>478</v>
+      </c>
+      <c r="E307" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" t="s">
+        <v>59</v>
+      </c>
+      <c r="G307" t="s">
+        <v>42</v>
+      </c>
+      <c r="H307">
         <v>2012</v>
       </c>
-      <c r="H302">
+      <c r="I307">
         <v>2012</v>
       </c>
-      <c r="I302" t="s">
-[...35 lines deleted...]
-      <c r="G303">
+      <c r="J307" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K307" t="s">
+        <v>24</v>
+      </c>
+      <c r="L307"/>
+      <c r="M307" t="s">
+        <v>745</v>
+      </c>
+      <c r="N307" t="s">
+        <v>27</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1575</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C308" t="s">
+        <v>743</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E308" t="s">
+        <v>20</v>
+      </c>
+      <c r="F308" t="s">
+        <v>59</v>
+      </c>
+      <c r="G308" t="s">
+        <v>42</v>
+      </c>
+      <c r="H308">
+        <v>1996</v>
+      </c>
+      <c r="I308">
         <v>2012</v>
       </c>
-      <c r="H303">
+      <c r="J308" t="s">
+        <v>744</v>
+      </c>
+      <c r="K308" t="s">
+        <v>24</v>
+      </c>
+      <c r="L308"/>
+      <c r="M308" t="s">
+        <v>745</v>
+      </c>
+      <c r="N308" t="s">
+        <v>27</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1578</v>
+      </c>
+      <c r="P308" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C309" t="s">
+        <v>743</v>
+      </c>
+      <c r="D309" t="s">
+        <v>360</v>
+      </c>
+      <c r="E309" t="s">
+        <v>20</v>
+      </c>
+      <c r="F309" t="s">
+        <v>59</v>
+      </c>
+      <c r="G309" t="s">
+        <v>42</v>
+      </c>
+      <c r="H309">
+        <v>1996</v>
+      </c>
+      <c r="I309">
         <v>2012</v>
       </c>
-      <c r="I303" t="s">
-[...249 lines deleted...]
-      </c>
       <c r="J309" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="K309" t="s">
+        <v>24</v>
+      </c>
+      <c r="L309"/>
       <c r="M309" t="s">
-        <v>79</v>
+        <v>745</v>
       </c>
       <c r="N309" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1580</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>998</v>
+        <v>1554</v>
       </c>
       <c r="B310" t="s">
-        <v>490</v>
+        <v>1581</v>
       </c>
       <c r="C310" t="s">
-        <v>76</v>
+        <v>743</v>
       </c>
       <c r="D310" t="s">
-        <v>17</v>
+        <v>208</v>
       </c>
       <c r="E310" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F310" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>59</v>
+      </c>
+      <c r="G310" t="s">
+        <v>42</v>
       </c>
       <c r="H310">
         <v>2012</v>
       </c>
-      <c r="I310" t="s">
-        <v>491</v>
+      <c r="I310">
+        <v>2012</v>
       </c>
       <c r="J310" t="s">
-        <v>802</v>
-[...4 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="K310" t="s">
+        <v>24</v>
+      </c>
+      <c r="L310"/>
       <c r="M310" t="s">
-        <v>24</v>
+        <v>745</v>
       </c>
       <c r="N310" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:14">
+        <v>100</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1582</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1013</v>
+        <v>1583</v>
       </c>
       <c r="B311" t="s">
-        <v>490</v>
+        <v>1584</v>
       </c>
       <c r="C311" t="s">
-        <v>236</v>
+        <v>743</v>
       </c>
       <c r="D311" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="E311" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F311" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G311">
+        <v>59</v>
+      </c>
+      <c r="G311" t="s">
+        <v>42</v>
+      </c>
+      <c r="H311">
         <v>1996</v>
       </c>
-      <c r="H311">
+      <c r="I311">
         <v>2010</v>
       </c>
-      <c r="I311" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J311" t="s">
+        <v>744</v>
+      </c>
+      <c r="K311" t="s">
+        <v>24</v>
+      </c>
+      <c r="L311"/>
+      <c r="M311" t="s">
+        <v>745</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1585</v>
+      </c>
+      <c r="P311" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C312" t="s">
+        <v>743</v>
+      </c>
+      <c r="D312" t="s">
+        <v>376</v>
+      </c>
+      <c r="E312" t="s">
+        <v>20</v>
+      </c>
+      <c r="F312" t="s">
+        <v>59</v>
+      </c>
+      <c r="G312" t="s">
+        <v>42</v>
+      </c>
+      <c r="H312">
+        <v>1996</v>
+      </c>
+      <c r="I312">
+        <v>2012</v>
+      </c>
+      <c r="J312" t="s">
+        <v>744</v>
+      </c>
+      <c r="K312" t="s">
+        <v>24</v>
+      </c>
+      <c r="L312" t="s">
+        <v>1588</v>
+      </c>
+      <c r="M312" t="s">
+        <v>745</v>
+      </c>
+      <c r="N312" t="s">
+        <v>27</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1589</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C313" t="s">
+        <v>743</v>
+      </c>
+      <c r="D313" t="s">
+        <v>97</v>
+      </c>
+      <c r="E313" t="s">
+        <v>20</v>
+      </c>
+      <c r="F313" t="s">
+        <v>59</v>
+      </c>
+      <c r="G313" t="s">
+        <v>42</v>
+      </c>
+      <c r="H313">
+        <v>1996</v>
+      </c>
+      <c r="I313">
+        <v>2010</v>
+      </c>
+      <c r="J313" t="s">
+        <v>744</v>
+      </c>
+      <c r="K313" t="s">
+        <v>645</v>
+      </c>
+      <c r="L313"/>
+      <c r="M313" t="s">
+        <v>745</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1592</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C314" t="s">
+        <v>743</v>
+      </c>
+      <c r="D314" t="s">
+        <v>426</v>
+      </c>
+      <c r="E314" t="s">
+        <v>20</v>
+      </c>
+      <c r="F314" t="s">
+        <v>59</v>
+      </c>
+      <c r="G314" t="s">
+        <v>42</v>
+      </c>
+      <c r="H314">
+        <v>1996</v>
+      </c>
+      <c r="I314">
+        <v>2010</v>
+      </c>
+      <c r="J314" t="s">
+        <v>744</v>
+      </c>
+      <c r="K314" t="s">
+        <v>24</v>
+      </c>
+      <c r="L314"/>
+      <c r="M314" t="s">
+        <v>745</v>
+      </c>
+      <c r="N314" t="s">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1595</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C315" t="s">
+        <v>743</v>
+      </c>
+      <c r="D315" t="s">
+        <v>97</v>
+      </c>
+      <c r="E315" t="s">
+        <v>20</v>
+      </c>
+      <c r="F315" t="s">
+        <v>59</v>
+      </c>
+      <c r="G315" t="s">
+        <v>42</v>
+      </c>
+      <c r="H315">
+        <v>1996</v>
+      </c>
+      <c r="I315">
+        <v>2010</v>
+      </c>
+      <c r="J315" t="s">
+        <v>744</v>
+      </c>
+      <c r="K315" t="s">
+        <v>645</v>
+      </c>
+      <c r="L315"/>
+      <c r="M315" t="s">
+        <v>745</v>
+      </c>
+      <c r="N315" t="s">
+        <v>27</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1598</v>
+      </c>
+      <c r="P315" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
+      <c r="A316" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C316" t="s">
+        <v>743</v>
+      </c>
+      <c r="D316" t="s">
+        <v>167</v>
+      </c>
+      <c r="E316" t="s">
+        <v>20</v>
+      </c>
+      <c r="F316" t="s">
+        <v>59</v>
+      </c>
+      <c r="G316" t="s">
+        <v>42</v>
+      </c>
+      <c r="H316">
+        <v>1996</v>
+      </c>
+      <c r="I316">
+        <v>2010</v>
+      </c>
+      <c r="J316" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K316" t="s">
+        <v>24</v>
+      </c>
+      <c r="L316"/>
+      <c r="M316" t="s">
+        <v>745</v>
+      </c>
+      <c r="N316" t="s">
+        <v>27</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C317" t="s">
+        <v>743</v>
+      </c>
+      <c r="D317" t="s">
+        <v>105</v>
+      </c>
+      <c r="E317" t="s">
+        <v>20</v>
+      </c>
+      <c r="F317" t="s">
+        <v>59</v>
+      </c>
+      <c r="G317" t="s">
+        <v>42</v>
+      </c>
+      <c r="H317">
+        <v>1996</v>
+      </c>
+      <c r="I317">
+        <v>2010</v>
+      </c>
+      <c r="J317" t="s">
+        <v>744</v>
+      </c>
+      <c r="K317" t="s">
+        <v>645</v>
+      </c>
+      <c r="L317"/>
+      <c r="M317" t="s">
+        <v>745</v>
+      </c>
+      <c r="N317" t="s">
+        <v>27</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1603</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C318" t="s">
+        <v>743</v>
+      </c>
+      <c r="D318" t="s">
+        <v>414</v>
+      </c>
+      <c r="E318" t="s">
+        <v>20</v>
+      </c>
+      <c r="F318" t="s">
+        <v>59</v>
+      </c>
+      <c r="G318" t="s">
+        <v>42</v>
+      </c>
+      <c r="H318">
+        <v>1996</v>
+      </c>
+      <c r="I318">
+        <v>2010</v>
+      </c>
+      <c r="J318" t="s">
+        <v>744</v>
+      </c>
+      <c r="K318" t="s">
+        <v>24</v>
+      </c>
+      <c r="L318"/>
+      <c r="M318" t="s">
+        <v>745</v>
+      </c>
+      <c r="N318" t="s">
+        <v>27</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1606</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B319" t="s">
+        <v>478</v>
+      </c>
+      <c r="C319" t="s">
+        <v>743</v>
+      </c>
+      <c r="D319" t="s">
+        <v>478</v>
+      </c>
+      <c r="E319" t="s">
+        <v>20</v>
+      </c>
+      <c r="F319" t="s">
+        <v>59</v>
+      </c>
+      <c r="G319" t="s">
+        <v>42</v>
+      </c>
+      <c r="H319">
+        <v>1996</v>
+      </c>
+      <c r="I319">
+        <v>2010</v>
+      </c>
+      <c r="J319" t="s">
+        <v>727</v>
+      </c>
+      <c r="K319" t="s">
+        <v>24</v>
+      </c>
+      <c r="L319"/>
+      <c r="M319" t="s">
+        <v>745</v>
+      </c>
+      <c r="N319" t="s">
+        <v>27</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1608</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C320" t="s">
+        <v>743</v>
+      </c>
+      <c r="D320" t="s">
+        <v>391</v>
+      </c>
+      <c r="E320" t="s">
+        <v>20</v>
+      </c>
+      <c r="F320" t="s">
+        <v>59</v>
+      </c>
+      <c r="G320" t="s">
+        <v>42</v>
+      </c>
+      <c r="H320">
+        <v>1996</v>
+      </c>
+      <c r="I320">
+        <v>2010</v>
+      </c>
+      <c r="J320" t="s">
+        <v>744</v>
+      </c>
+      <c r="K320" t="s">
+        <v>24</v>
+      </c>
+      <c r="L320"/>
+      <c r="M320" t="s">
+        <v>745</v>
+      </c>
+      <c r="N320" t="s">
+        <v>27</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1612</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C321" t="s">
+        <v>18</v>
+      </c>
+      <c r="D321" t="s">
+        <v>774</v>
+      </c>
+      <c r="E321" t="s">
+        <v>20</v>
+      </c>
+      <c r="F321" t="s">
         <v>21</v>
       </c>
-      <c r="K311"/>
-[...406 lines deleted...]
-      <c r="F321" t="s">
+      <c r="G321" t="s">
+        <v>50</v>
+      </c>
+      <c r="H321"/>
+      <c r="I321"/>
+      <c r="J321" t="s">
+        <v>727</v>
+      </c>
+      <c r="K321" t="s">
+        <v>24</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1615</v>
+      </c>
+      <c r="M321" t="s">
+        <v>26</v>
+      </c>
+      <c r="N321" t="s">
+        <v>27</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1616</v>
+      </c>
+      <c r="P321" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C322" t="s">
+        <v>57</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E322" t="s">
+        <v>20</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G322" t="s">
+        <v>22</v>
+      </c>
+      <c r="H322">
+        <v>2022</v>
+      </c>
+      <c r="I322"/>
+      <c r="J322" t="s">
+        <v>1620</v>
+      </c>
+      <c r="K322" t="s">
+        <v>287</v>
+      </c>
+      <c r="L322" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M322" t="s">
+        <v>1622</v>
+      </c>
+      <c r="N322" t="s">
+        <v>1623</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1624</v>
+      </c>
+      <c r="P322" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C323" t="s">
+        <v>32</v>
+      </c>
+      <c r="D323" t="s">
+        <v>19</v>
+      </c>
+      <c r="E323" t="s">
+        <v>20</v>
+      </c>
+      <c r="F323" t="s">
+        <v>33</v>
+      </c>
+      <c r="G323" t="s">
         <v>42</v>
-      </c>
-[...83 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H323">
         <v>2012</v>
       </c>
-      <c r="I323" t="s">
-        <v>29</v>
+      <c r="I323">
+        <v>2012</v>
       </c>
       <c r="J323" t="s">
+        <v>34</v>
+      </c>
+      <c r="K323" t="s">
+        <v>24</v>
+      </c>
+      <c r="L323" t="s">
+        <v>1628</v>
+      </c>
+      <c r="M323" t="s">
+        <v>871</v>
+      </c>
+      <c r="N323" t="s">
+        <v>27</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1629</v>
+      </c>
+      <c r="P323" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1633</v>
+      </c>
+      <c r="E324" t="s">
+        <v>20</v>
+      </c>
+      <c r="F324" t="s">
+        <v>49</v>
+      </c>
+      <c r="G324" t="s">
+        <v>50</v>
+      </c>
+      <c r="H324"/>
+      <c r="I324"/>
+      <c r="J324" t="s">
+        <v>51</v>
+      </c>
+      <c r="K324" t="s">
+        <v>583</v>
+      </c>
+      <c r="L324"/>
+      <c r="M324" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N324" t="s">
+        <v>585</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1635</v>
+      </c>
+      <c r="P324" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E325" t="s">
+        <v>20</v>
+      </c>
+      <c r="F325" t="s">
         <v>21</v>
       </c>
-      <c r="K323" t="s">
-[...28 lines deleted...]
-      <c r="F324" t="s">
+      <c r="G325" t="s">
         <v>42</v>
       </c>
-      <c r="G324"/>
-[...37 lines deleted...]
-      <c r="G325">
+      <c r="H325">
         <v>2002</v>
       </c>
-      <c r="H325">
+      <c r="I325">
         <v>2010</v>
       </c>
-      <c r="I325" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J325" t="s">
-        <v>50</v>
+        <v>1641</v>
       </c>
       <c r="K325" t="s">
-        <v>1055</v>
+        <v>60</v>
       </c>
       <c r="L325" t="s">
-        <v>1056</v>
+        <v>1642</v>
       </c>
       <c r="M325" t="s">
-        <v>24</v>
+        <v>1643</v>
       </c>
       <c r="N325" t="s">
-        <v>1057</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1644</v>
+      </c>
+      <c r="P325" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1058</v>
+        <v>1646</v>
       </c>
       <c r="B326" t="s">
-        <v>1052</v>
+        <v>1647</v>
       </c>
       <c r="C326" t="s">
-        <v>82</v>
+        <v>1639</v>
       </c>
       <c r="D326" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E326" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F326" t="s">
+        <v>21</v>
+      </c>
+      <c r="G326" t="s">
+        <v>22</v>
+      </c>
+      <c r="H326">
+        <v>2012</v>
+      </c>
+      <c r="I326"/>
+      <c r="J326" t="s">
+        <v>1641</v>
+      </c>
+      <c r="K326" t="s">
+        <v>24</v>
+      </c>
+      <c r="L326" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M326" t="s">
+        <v>1643</v>
+      </c>
+      <c r="N326" t="s">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1649</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C327" t="s">
+        <v>743</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E327" t="s">
+        <v>20</v>
+      </c>
+      <c r="F327" t="s">
+        <v>59</v>
+      </c>
+      <c r="G327" t="s">
+        <v>42</v>
+      </c>
+      <c r="H327">
+        <v>2006</v>
+      </c>
+      <c r="I327">
+        <v>2015</v>
+      </c>
+      <c r="J327" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K327" t="s">
+        <v>583</v>
+      </c>
+      <c r="L327" t="s">
+        <v>1654</v>
+      </c>
+      <c r="M327" t="s">
+        <v>1655</v>
+      </c>
+      <c r="N327" t="s">
+        <v>585</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1656</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C328" t="s">
+        <v>743</v>
+      </c>
+      <c r="D328" t="s">
+        <v>590</v>
+      </c>
+      <c r="E328" t="s">
+        <v>20</v>
+      </c>
+      <c r="F328" t="s">
+        <v>59</v>
+      </c>
+      <c r="G328" t="s">
+        <v>42</v>
+      </c>
+      <c r="H328">
+        <v>2001</v>
+      </c>
+      <c r="I328">
+        <v>2012</v>
+      </c>
+      <c r="J328" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K328" t="s">
+        <v>583</v>
+      </c>
+      <c r="L328" t="s">
+        <v>1660</v>
+      </c>
+      <c r="M328" t="s">
+        <v>1655</v>
+      </c>
+      <c r="N328" t="s">
+        <v>585</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1661</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C329" t="s">
+        <v>743</v>
+      </c>
+      <c r="D329" t="s">
+        <v>596</v>
+      </c>
+      <c r="E329" t="s">
+        <v>20</v>
+      </c>
+      <c r="F329" t="s">
+        <v>59</v>
+      </c>
+      <c r="G329" t="s">
+        <v>42</v>
+      </c>
+      <c r="H329">
+        <v>1994</v>
+      </c>
+      <c r="I329">
+        <v>2013</v>
+      </c>
+      <c r="J329" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K329" t="s">
+        <v>583</v>
+      </c>
+      <c r="L329" t="s">
+        <v>1665</v>
+      </c>
+      <c r="M329" t="s">
+        <v>1655</v>
+      </c>
+      <c r="N329" t="s">
+        <v>585</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1666</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C330" t="s">
+        <v>743</v>
+      </c>
+      <c r="D330" t="s">
+        <v>613</v>
+      </c>
+      <c r="E330" t="s">
+        <v>20</v>
+      </c>
+      <c r="F330" t="s">
+        <v>59</v>
+      </c>
+      <c r="G330" t="s">
+        <v>42</v>
+      </c>
+      <c r="H330">
+        <v>1992</v>
+      </c>
+      <c r="I330">
+        <v>2012</v>
+      </c>
+      <c r="J330" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K330" t="s">
+        <v>583</v>
+      </c>
+      <c r="L330" t="s">
+        <v>1660</v>
+      </c>
+      <c r="M330" t="s">
+        <v>1655</v>
+      </c>
+      <c r="N330" t="s">
+        <v>585</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C331" t="s">
+        <v>32</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E331" t="s">
+        <v>20</v>
+      </c>
+      <c r="F331" t="s">
+        <v>33</v>
+      </c>
+      <c r="G331" t="s">
+        <v>42</v>
+      </c>
+      <c r="H331">
+        <v>1981</v>
+      </c>
+      <c r="I331">
+        <v>2002</v>
+      </c>
+      <c r="J331" t="s">
+        <v>34</v>
+      </c>
+      <c r="K331" t="s">
+        <v>24</v>
+      </c>
+      <c r="L331"/>
+      <c r="M331" t="s">
+        <v>871</v>
+      </c>
+      <c r="N331" t="s">
+        <v>100</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1674</v>
+      </c>
+      <c r="P331" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C332" t="s">
+        <v>32</v>
+      </c>
+      <c r="D332" t="s">
+        <v>156</v>
+      </c>
+      <c r="E332" t="s">
+        <v>20</v>
+      </c>
+      <c r="F332" t="s">
+        <v>33</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
+        <v>2011</v>
+      </c>
+      <c r="I332"/>
+      <c r="J332" t="s">
+        <v>34</v>
+      </c>
+      <c r="K332" t="s">
+        <v>24</v>
+      </c>
+      <c r="L332" t="s">
+        <v>922</v>
+      </c>
+      <c r="M332" t="s">
+        <v>36</v>
+      </c>
+      <c r="N332" t="s">
+        <v>27</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1677</v>
+      </c>
+      <c r="P332" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
+      <c r="A333" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C333" t="s">
+        <v>32</v>
+      </c>
+      <c r="D333" t="s">
+        <v>167</v>
+      </c>
+      <c r="E333" t="s">
+        <v>20</v>
+      </c>
+      <c r="F333" t="s">
+        <v>33</v>
+      </c>
+      <c r="G333" t="s">
+        <v>22</v>
+      </c>
+      <c r="H333">
+        <v>2003</v>
+      </c>
+      <c r="I333"/>
+      <c r="J333" t="s">
+        <v>34</v>
+      </c>
+      <c r="K333" t="s">
+        <v>24</v>
+      </c>
+      <c r="L333" t="s">
+        <v>1680</v>
+      </c>
+      <c r="M333" t="s">
+        <v>871</v>
+      </c>
+      <c r="N333" t="s">
+        <v>27</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1681</v>
+      </c>
+      <c r="P333" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E334" t="s">
+        <v>20</v>
+      </c>
+      <c r="F334" t="s">
+        <v>33</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
+      </c>
+      <c r="H334">
+        <v>2013</v>
+      </c>
+      <c r="I334"/>
+      <c r="J334" t="s">
+        <v>23</v>
+      </c>
+      <c r="K334" t="s">
+        <v>24</v>
+      </c>
+      <c r="L334"/>
+      <c r="M334" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N334" t="s">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1684</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
+      <c r="A335" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D335" t="s">
+        <v>91</v>
+      </c>
+      <c r="E335" t="s">
+        <v>20</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G335" t="s">
+        <v>22</v>
+      </c>
+      <c r="H335">
+        <v>2018</v>
+      </c>
+      <c r="I335"/>
+      <c r="J335" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K335" t="s">
+        <v>60</v>
+      </c>
+      <c r="L335"/>
+      <c r="M335" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N335" t="s">
+        <v>27</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1688</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
+      <c r="A336" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1692</v>
+      </c>
+      <c r="E336" t="s">
+        <v>20</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G336" t="s">
+        <v>22</v>
+      </c>
+      <c r="H336">
+        <v>2009</v>
+      </c>
+      <c r="I336"/>
+      <c r="J336" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K336" t="s">
+        <v>24</v>
+      </c>
+      <c r="L336"/>
+      <c r="M336" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N336" t="s">
+        <v>27</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1693</v>
+      </c>
+      <c r="P336" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
+      <c r="A337" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D337" t="s">
+        <v>370</v>
+      </c>
+      <c r="E337" t="s">
+        <v>20</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G337" t="s">
+        <v>22</v>
+      </c>
+      <c r="H337">
+        <v>2015</v>
+      </c>
+      <c r="I337"/>
+      <c r="J337" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K337" t="s">
+        <v>24</v>
+      </c>
+      <c r="L337"/>
+      <c r="M337" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N337" t="s">
+        <v>27</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1697</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
+      <c r="A338" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E338" t="s">
+        <v>20</v>
+      </c>
+      <c r="F338" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G338" t="s">
+        <v>22</v>
+      </c>
+      <c r="H338">
+        <v>2009</v>
+      </c>
+      <c r="I338"/>
+      <c r="J338" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K338" t="s">
+        <v>24</v>
+      </c>
+      <c r="L338"/>
+      <c r="M338" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N338" t="s">
+        <v>27</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1702</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
+      <c r="A339" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D339" t="s">
+        <v>732</v>
+      </c>
+      <c r="E339" t="s">
+        <v>20</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G339" t="s">
+        <v>22</v>
+      </c>
+      <c r="H339">
+        <v>2009</v>
+      </c>
+      <c r="I339"/>
+      <c r="J339" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K339" t="s">
+        <v>24</v>
+      </c>
+      <c r="L339"/>
+      <c r="M339" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N339" t="s">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
+      <c r="A340" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E340" t="s">
+        <v>20</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G340" t="s">
+        <v>22</v>
+      </c>
+      <c r="H340">
+        <v>2015</v>
+      </c>
+      <c r="I340"/>
+      <c r="J340" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K340" t="s">
+        <v>24</v>
+      </c>
+      <c r="L340"/>
+      <c r="M340" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N340" t="s">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1712</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
+      <c r="A341" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D341" t="s">
         <v>19</v>
       </c>
-      <c r="G326">
-[...44 lines deleted...]
-      <c r="H327">
+      <c r="E341" t="s">
+        <v>20</v>
+      </c>
+      <c r="F341" t="s">
+        <v>33</v>
+      </c>
+      <c r="G341" t="s">
+        <v>22</v>
+      </c>
+      <c r="H341">
         <v>2015</v>
       </c>
-      <c r="I327" t="s">
-[...172 lines deleted...]
-      <c r="H331">
+      <c r="I341"/>
+      <c r="J341" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K341" t="s">
+        <v>24</v>
+      </c>
+      <c r="L341"/>
+      <c r="M341" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N341" t="s">
+        <v>27</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1716</v>
+      </c>
+      <c r="P341" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
+      <c r="A342" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E342" t="s">
+        <v>20</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G342" t="s">
+        <v>22</v>
+      </c>
+      <c r="H342">
+        <v>2015</v>
+      </c>
+      <c r="I342"/>
+      <c r="J342" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K342" t="s">
+        <v>24</v>
+      </c>
+      <c r="L342"/>
+      <c r="M342" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N342" t="s">
+        <v>27</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1720</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
+      <c r="A343" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E343" t="s">
+        <v>20</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G343" t="s">
+        <v>22</v>
+      </c>
+      <c r="H343">
+        <v>2015</v>
+      </c>
+      <c r="I343"/>
+      <c r="J343" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K343" t="s">
+        <v>24</v>
+      </c>
+      <c r="L343"/>
+      <c r="M343" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N343" t="s">
+        <v>27</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1725</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
+      <c r="A344" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E344" t="s">
+        <v>20</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G344" t="s">
+        <v>22</v>
+      </c>
+      <c r="H344">
+        <v>2009</v>
+      </c>
+      <c r="I344"/>
+      <c r="J344" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K344" t="s">
+        <v>24</v>
+      </c>
+      <c r="L344"/>
+      <c r="M344" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N344" t="s">
+        <v>27</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1730</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
+      <c r="A345" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E345" t="s">
+        <v>20</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G345" t="s">
+        <v>22</v>
+      </c>
+      <c r="H345">
+        <v>2015</v>
+      </c>
+      <c r="I345"/>
+      <c r="J345" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K345" t="s">
+        <v>24</v>
+      </c>
+      <c r="L345"/>
+      <c r="M345" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N345" t="s">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
+      <c r="A346" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E346" t="s">
+        <v>20</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G346" t="s">
+        <v>22</v>
+      </c>
+      <c r="H346">
+        <v>2015</v>
+      </c>
+      <c r="I346"/>
+      <c r="J346" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K346" t="s">
+        <v>24</v>
+      </c>
+      <c r="L346"/>
+      <c r="M346" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N346" t="s">
+        <v>27</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1739</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G347" t="s">
+        <v>22</v>
+      </c>
+      <c r="H347">
+        <v>2015</v>
+      </c>
+      <c r="I347"/>
+      <c r="J347" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K347" t="s">
+        <v>24</v>
+      </c>
+      <c r="L347"/>
+      <c r="M347" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1744</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E348" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G348" t="s">
+        <v>22</v>
+      </c>
+      <c r="H348">
+        <v>2015</v>
+      </c>
+      <c r="I348"/>
+      <c r="J348" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K348" t="s">
+        <v>24</v>
+      </c>
+      <c r="L348"/>
+      <c r="M348" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N348" t="s">
+        <v>27</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P348" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D349" t="s">
+        <v>344</v>
+      </c>
+      <c r="E349" t="s">
+        <v>20</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G349" t="s">
+        <v>22</v>
+      </c>
+      <c r="H349">
+        <v>2015</v>
+      </c>
+      <c r="I349"/>
+      <c r="J349" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K349" t="s">
+        <v>24</v>
+      </c>
+      <c r="L349"/>
+      <c r="M349" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1753</v>
+      </c>
+      <c r="P349" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E350" t="s">
+        <v>20</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G350" t="s">
+        <v>22</v>
+      </c>
+      <c r="H350">
+        <v>2015</v>
+      </c>
+      <c r="I350"/>
+      <c r="J350" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K350" t="s">
+        <v>24</v>
+      </c>
+      <c r="L350"/>
+      <c r="M350" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1757</v>
+      </c>
+      <c r="P350" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E351" t="s">
+        <v>20</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G351" t="s">
+        <v>22</v>
+      </c>
+      <c r="H351">
+        <v>2015</v>
+      </c>
+      <c r="I351"/>
+      <c r="J351" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K351" t="s">
+        <v>24</v>
+      </c>
+      <c r="L351"/>
+      <c r="M351" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N351" t="s">
+        <v>27</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1762</v>
+      </c>
+      <c r="P351" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G352" t="s">
+        <v>22</v>
+      </c>
+      <c r="H352">
+        <v>2021</v>
+      </c>
+      <c r="I352"/>
+      <c r="J352" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K352" t="s">
+        <v>24</v>
+      </c>
+      <c r="L352"/>
+      <c r="M352" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N352" t="s">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1767</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
+      <c r="A353" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D353" t="s">
+        <v>269</v>
+      </c>
+      <c r="E353" t="s">
+        <v>20</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G353" t="s">
+        <v>22</v>
+      </c>
+      <c r="H353">
+        <v>2021</v>
+      </c>
+      <c r="I353"/>
+      <c r="J353" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K353" t="s">
+        <v>24</v>
+      </c>
+      <c r="L353"/>
+      <c r="M353" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N353" t="s">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1771</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
+      <c r="A354" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E354" t="s">
+        <v>20</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G354" t="s">
+        <v>22</v>
+      </c>
+      <c r="H354">
+        <v>2021</v>
+      </c>
+      <c r="I354"/>
+      <c r="J354" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K354" t="s">
+        <v>24</v>
+      </c>
+      <c r="L354"/>
+      <c r="M354" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N354" t="s">
+        <v>27</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1776</v>
+      </c>
+      <c r="P354" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D355" t="s">
+        <v>97</v>
+      </c>
+      <c r="E355" t="s">
+        <v>20</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G355" t="s">
+        <v>22</v>
+      </c>
+      <c r="H355">
+        <v>2009</v>
+      </c>
+      <c r="I355"/>
+      <c r="J355" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K355" t="s">
+        <v>24</v>
+      </c>
+      <c r="L355"/>
+      <c r="M355" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1780</v>
+      </c>
+      <c r="P355" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E356" t="s">
+        <v>20</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G356" t="s">
+        <v>22</v>
+      </c>
+      <c r="H356">
+        <v>2021</v>
+      </c>
+      <c r="I356"/>
+      <c r="J356" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K356" t="s">
+        <v>24</v>
+      </c>
+      <c r="L356"/>
+      <c r="M356" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N356" t="s">
+        <v>27</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1785</v>
+      </c>
+      <c r="P356" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D357" t="s">
+        <v>651</v>
+      </c>
+      <c r="E357" t="s">
+        <v>20</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G357" t="s">
+        <v>22</v>
+      </c>
+      <c r="H357">
+        <v>2009</v>
+      </c>
+      <c r="I357"/>
+      <c r="J357" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K357" t="s">
+        <v>24</v>
+      </c>
+      <c r="L357"/>
+      <c r="M357" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N357" t="s">
+        <v>27</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1789</v>
+      </c>
+      <c r="P357" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E358" t="s">
+        <v>20</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G358" t="s">
+        <v>22</v>
+      </c>
+      <c r="H358">
+        <v>2015</v>
+      </c>
+      <c r="I358"/>
+      <c r="J358" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K358" t="s">
+        <v>24</v>
+      </c>
+      <c r="L358"/>
+      <c r="M358" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N358" t="s">
+        <v>27</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1794</v>
+      </c>
+      <c r="P358" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1798</v>
+      </c>
+      <c r="E359" t="s">
+        <v>20</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G359" t="s">
+        <v>22</v>
+      </c>
+      <c r="H359">
+        <v>2015</v>
+      </c>
+      <c r="I359"/>
+      <c r="J359" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K359" t="s">
+        <v>24</v>
+      </c>
+      <c r="L359"/>
+      <c r="M359" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1799</v>
+      </c>
+      <c r="P359" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E360" t="s">
+        <v>20</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G360" t="s">
+        <v>22</v>
+      </c>
+      <c r="H360">
+        <v>2015</v>
+      </c>
+      <c r="I360"/>
+      <c r="J360" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K360" t="s">
+        <v>24</v>
+      </c>
+      <c r="L360"/>
+      <c r="M360" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1803</v>
+      </c>
+      <c r="P360" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D361" t="s">
+        <v>275</v>
+      </c>
+      <c r="E361" t="s">
+        <v>20</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G361" t="s">
+        <v>22</v>
+      </c>
+      <c r="H361">
+        <v>2015</v>
+      </c>
+      <c r="I361"/>
+      <c r="J361" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K361" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L361"/>
+      <c r="M361" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1807</v>
+      </c>
+      <c r="P361" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E362" t="s">
+        <v>20</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G362" t="s">
+        <v>22</v>
+      </c>
+      <c r="H362">
+        <v>2015</v>
+      </c>
+      <c r="I362"/>
+      <c r="J362" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K362" t="s">
+        <v>24</v>
+      </c>
+      <c r="L362"/>
+      <c r="M362" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N362" t="s">
+        <v>27</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1812</v>
+      </c>
+      <c r="P362" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E363" t="s">
+        <v>20</v>
+      </c>
+      <c r="F363" t="s">
+        <v>33</v>
+      </c>
+      <c r="G363" t="s">
+        <v>22</v>
+      </c>
+      <c r="H363">
+        <v>2015</v>
+      </c>
+      <c r="I363"/>
+      <c r="J363" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K363" t="s">
+        <v>24</v>
+      </c>
+      <c r="L363"/>
+      <c r="M363" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1817</v>
+      </c>
+      <c r="P363" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E364" t="s">
+        <v>20</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G364" t="s">
+        <v>22</v>
+      </c>
+      <c r="H364">
+        <v>2015</v>
+      </c>
+      <c r="I364"/>
+      <c r="J364" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K364" t="s">
+        <v>24</v>
+      </c>
+      <c r="L364"/>
+      <c r="M364" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N364" t="s">
+        <v>27</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1821</v>
+      </c>
+      <c r="P364" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
+      <c r="A365" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E365" t="s">
+        <v>20</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G365" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H365">
+        <v>2023</v>
+      </c>
+      <c r="I365"/>
+      <c r="J365" t="s">
+        <v>1826</v>
+      </c>
+      <c r="K365" t="s">
+        <v>287</v>
+      </c>
+      <c r="L365" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M365" t="s">
+        <v>1827</v>
+      </c>
+      <c r="N365" t="s">
+        <v>1623</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1828</v>
+      </c>
+      <c r="P365" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
+      <c r="A366" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C366" t="s">
+        <v>32</v>
+      </c>
+      <c r="D366" t="s">
+        <v>135</v>
+      </c>
+      <c r="E366" t="s">
+        <v>20</v>
+      </c>
+      <c r="F366" t="s">
+        <v>33</v>
+      </c>
+      <c r="G366" t="s">
+        <v>42</v>
+      </c>
+      <c r="H366">
+        <v>1991</v>
+      </c>
+      <c r="I366">
+        <v>2009</v>
+      </c>
+      <c r="J366" t="s">
+        <v>34</v>
+      </c>
+      <c r="K366" t="s">
+        <v>24</v>
+      </c>
+      <c r="L366" t="s">
+        <v>1832</v>
+      </c>
+      <c r="M366" t="s">
+        <v>36</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1833</v>
+      </c>
+      <c r="P366" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C367" t="s">
+        <v>32</v>
+      </c>
+      <c r="D367" t="s">
+        <v>135</v>
+      </c>
+      <c r="E367" t="s">
+        <v>20</v>
+      </c>
+      <c r="F367" t="s">
+        <v>33</v>
+      </c>
+      <c r="G367" t="s">
+        <v>42</v>
+      </c>
+      <c r="H367">
+        <v>1991</v>
+      </c>
+      <c r="I367">
         <v>2002</v>
       </c>
-      <c r="I331" t="s">
-[...35 lines deleted...]
-      <c r="G332">
+      <c r="J367" t="s">
+        <v>34</v>
+      </c>
+      <c r="K367" t="s">
+        <v>24</v>
+      </c>
+      <c r="L367" t="s">
+        <v>865</v>
+      </c>
+      <c r="M367" t="s">
+        <v>36</v>
+      </c>
+      <c r="N367" t="s">
+        <v>27</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1836</v>
+      </c>
+      <c r="P367" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
+      <c r="A368" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C368" t="s">
+        <v>32</v>
+      </c>
+      <c r="D368" t="s">
+        <v>135</v>
+      </c>
+      <c r="E368" t="s">
+        <v>20</v>
+      </c>
+      <c r="F368" t="s">
+        <v>33</v>
+      </c>
+      <c r="G368" t="s">
+        <v>42</v>
+      </c>
+      <c r="H368">
+        <v>1991</v>
+      </c>
+      <c r="I368">
+        <v>2016</v>
+      </c>
+      <c r="J368" t="s">
+        <v>34</v>
+      </c>
+      <c r="K368" t="s">
+        <v>24</v>
+      </c>
+      <c r="L368" t="s">
+        <v>1839</v>
+      </c>
+      <c r="M368" t="s">
+        <v>871</v>
+      </c>
+      <c r="N368" t="s">
+        <v>27</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1840</v>
+      </c>
+      <c r="P368" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C369" t="s">
+        <v>32</v>
+      </c>
+      <c r="D369" t="s">
+        <v>651</v>
+      </c>
+      <c r="E369" t="s">
+        <v>20</v>
+      </c>
+      <c r="F369" t="s">
+        <v>33</v>
+      </c>
+      <c r="G369" t="s">
+        <v>42</v>
+      </c>
+      <c r="H369">
+        <v>1996</v>
+      </c>
+      <c r="I369">
         <v>2011</v>
       </c>
-      <c r="H332"/>
-[...1502 lines deleted...]
-      </c>
       <c r="J369" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K369" t="s">
-        <v>543</v>
+        <v>24</v>
       </c>
       <c r="L369" t="s">
-        <v>31</v>
+        <v>819</v>
       </c>
       <c r="M369" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N369" t="s">
-        <v>1177</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1843</v>
+      </c>
+      <c r="P369" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1178</v>
+        <v>1844</v>
       </c>
       <c r="B370" t="s">
-        <v>27</v>
+        <v>651</v>
       </c>
       <c r="C370" t="s">
-        <v>1179</v>
+        <v>32</v>
       </c>
       <c r="D370" t="s">
-        <v>17</v>
+        <v>1845</v>
       </c>
       <c r="E370" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F370" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>33</v>
+      </c>
+      <c r="G370" t="s">
+        <v>42</v>
       </c>
       <c r="H370">
         <v>2011</v>
       </c>
-      <c r="I370" t="s">
-        <v>29</v>
+      <c r="I370">
+        <v>2011</v>
       </c>
       <c r="J370" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K370" t="s">
-        <v>543</v>
+        <v>24</v>
       </c>
       <c r="L370" t="s">
-        <v>31</v>
+        <v>819</v>
       </c>
       <c r="M370" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N370" t="s">
-        <v>1180</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1846</v>
+      </c>
+      <c r="P370" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1178</v>
+        <v>1844</v>
       </c>
       <c r="B371" t="s">
-        <v>27</v>
+        <v>651</v>
       </c>
       <c r="C371" t="s">
-        <v>430</v>
+        <v>32</v>
       </c>
       <c r="D371" t="s">
-        <v>17</v>
+        <v>651</v>
       </c>
       <c r="E371" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F371" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G371">
+        <v>33</v>
+      </c>
+      <c r="G371" t="s">
+        <v>42</v>
+      </c>
+      <c r="H371">
         <v>1996</v>
       </c>
-      <c r="H371">
+      <c r="I371">
         <v>2011</v>
       </c>
-      <c r="I371" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J371" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K371" t="s">
-        <v>543</v>
+        <v>24</v>
       </c>
       <c r="L371" t="s">
-        <v>31</v>
+        <v>819</v>
       </c>
       <c r="M371" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N371" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1847</v>
+      </c>
+      <c r="P371" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1182</v>
+        <v>1848</v>
       </c>
       <c r="B372" t="s">
-        <v>490</v>
+        <v>1849</v>
       </c>
       <c r="C372" t="s">
-        <v>461</v>
+        <v>743</v>
       </c>
       <c r="D372" t="s">
-        <v>17</v>
+        <v>700</v>
       </c>
       <c r="E372" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F372" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G372" t="s">
+        <v>42</v>
       </c>
       <c r="H372">
         <v>2012</v>
       </c>
-      <c r="I372" t="s">
-        <v>491</v>
+      <c r="I372">
+        <v>2012</v>
       </c>
       <c r="J372" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="K372" t="s">
+        <v>24</v>
+      </c>
+      <c r="L372"/>
       <c r="M372" t="s">
-        <v>24</v>
+        <v>745</v>
       </c>
       <c r="N372" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1850</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1182</v>
+        <v>1848</v>
       </c>
       <c r="B373" t="s">
-        <v>490</v>
+        <v>322</v>
       </c>
       <c r="C373" t="s">
-        <v>222</v>
+        <v>743</v>
       </c>
       <c r="D373" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E373" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F373" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G373" t="s">
+        <v>42</v>
       </c>
       <c r="H373">
         <v>2012</v>
       </c>
-      <c r="I373" t="s">
-        <v>491</v>
+      <c r="I373">
+        <v>2012</v>
       </c>
       <c r="J373" t="s">
+        <v>744</v>
+      </c>
+      <c r="K373" t="s">
+        <v>24</v>
+      </c>
+      <c r="L373"/>
+      <c r="M373" t="s">
+        <v>745</v>
+      </c>
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1852</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
+      <c r="A374" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D374" t="s">
+        <v>801</v>
+      </c>
+      <c r="E374" t="s">
+        <v>20</v>
+      </c>
+      <c r="F374" t="s">
+        <v>49</v>
+      </c>
+      <c r="G374" t="s">
+        <v>50</v>
+      </c>
+      <c r="H374"/>
+      <c r="I374"/>
+      <c r="J374" t="s">
+        <v>744</v>
+      </c>
+      <c r="K374" t="s">
+        <v>24</v>
+      </c>
+      <c r="L374" t="s">
+        <v>1856</v>
+      </c>
+      <c r="M374" t="s">
+        <v>1857</v>
+      </c>
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1858</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
+      <c r="A375" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C375" t="s">
+        <v>32</v>
+      </c>
+      <c r="D375" t="s">
+        <v>344</v>
+      </c>
+      <c r="E375" t="s">
+        <v>20</v>
+      </c>
+      <c r="F375" t="s">
         <v>21</v>
       </c>
-      <c r="K373"/>
-[...26 lines deleted...]
-      <c r="F374" t="s">
+      <c r="G375" t="s">
         <v>42</v>
       </c>
-      <c r="G374"/>
-[...4 lines deleted...]
-      <c r="J374" t="s">
+      <c r="H375">
+        <v>2012</v>
+      </c>
+      <c r="I375">
+        <v>2015</v>
+      </c>
+      <c r="J375" t="s">
+        <v>34</v>
+      </c>
+      <c r="K375" t="s">
+        <v>24</v>
+      </c>
+      <c r="L375"/>
+      <c r="M375" t="s">
+        <v>36</v>
+      </c>
+      <c r="N375" t="s">
+        <v>100</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1862</v>
+      </c>
+      <c r="P375" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C376" t="s">
+        <v>32</v>
+      </c>
+      <c r="D376" t="s">
+        <v>269</v>
+      </c>
+      <c r="E376" t="s">
+        <v>20</v>
+      </c>
+      <c r="F376" t="s">
+        <v>49</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376">
+        <v>2018</v>
+      </c>
+      <c r="I376"/>
+      <c r="J376" t="s">
+        <v>34</v>
+      </c>
+      <c r="K376" t="s">
+        <v>24</v>
+      </c>
+      <c r="L376"/>
+      <c r="M376" t="s">
+        <v>36</v>
+      </c>
+      <c r="N376" t="s">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1866</v>
+      </c>
+      <c r="P376" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C377" t="s">
+        <v>32</v>
+      </c>
+      <c r="D377" t="s">
+        <v>651</v>
+      </c>
+      <c r="E377" t="s">
+        <v>20</v>
+      </c>
+      <c r="F377" t="s">
         <v>21</v>
       </c>
-      <c r="K374" t="s">
-[...40 lines deleted...]
-      <c r="J375" t="s">
+      <c r="G377" t="s">
+        <v>42</v>
+      </c>
+      <c r="H377">
+        <v>2010</v>
+      </c>
+      <c r="I377">
+        <v>2018</v>
+      </c>
+      <c r="J377" t="s">
+        <v>34</v>
+      </c>
+      <c r="K377" t="s">
+        <v>24</v>
+      </c>
+      <c r="L377"/>
+      <c r="M377" t="s">
+        <v>36</v>
+      </c>
+      <c r="N377" t="s">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1870</v>
+      </c>
+      <c r="P377" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
+      <c r="A378" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C378" t="s">
+        <v>32</v>
+      </c>
+      <c r="D378" t="s">
+        <v>156</v>
+      </c>
+      <c r="E378" t="s">
+        <v>20</v>
+      </c>
+      <c r="F378" t="s">
         <v>21</v>
       </c>
-      <c r="K375"/>
-[...112 lines deleted...]
-        <v>2011</v>
+      <c r="G378" t="s">
+        <v>42</v>
       </c>
       <c r="H378">
         <v>2011</v>
       </c>
-      <c r="I378" t="s">
-        <v>29</v>
+      <c r="I378">
+        <v>2011</v>
       </c>
       <c r="J378" t="s">
+        <v>34</v>
+      </c>
+      <c r="K378" t="s">
+        <v>24</v>
+      </c>
+      <c r="L378" t="s">
+        <v>922</v>
+      </c>
+      <c r="M378" t="s">
+        <v>36</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1874</v>
+      </c>
+      <c r="P378" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C379" t="s">
+        <v>32</v>
+      </c>
+      <c r="D379" t="s">
+        <v>947</v>
+      </c>
+      <c r="E379" t="s">
+        <v>20</v>
+      </c>
+      <c r="F379" t="s">
         <v>21</v>
       </c>
-      <c r="K378" t="s">
-[...31 lines deleted...]
-      <c r="G379">
+      <c r="G379" t="s">
+        <v>22</v>
+      </c>
+      <c r="H379">
         <v>2013</v>
       </c>
-      <c r="H379"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I379"/>
       <c r="J379" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="K379" t="s">
+        <v>645</v>
+      </c>
+      <c r="L379"/>
       <c r="M379" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N379" t="s">
-        <v>1199</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1878</v>
+      </c>
+      <c r="P379" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1200</v>
+        <v>1880</v>
       </c>
       <c r="B380" t="s">
-        <v>27</v>
+        <v>1881</v>
       </c>
       <c r="C380" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="D380" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
       <c r="E380" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F380" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G380">
+        <v>21</v>
+      </c>
+      <c r="G380" t="s">
+        <v>42</v>
+      </c>
+      <c r="H380">
         <v>2010</v>
       </c>
-      <c r="H380">
+      <c r="I380">
         <v>2016</v>
       </c>
-      <c r="I380" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J380" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K380" t="s">
+        <v>24</v>
+      </c>
+      <c r="L380"/>
+      <c r="M380" t="s">
+        <v>36</v>
+      </c>
+      <c r="N380" t="s">
+        <v>27</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1883</v>
+      </c>
+      <c r="P380" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C381" t="s">
+        <v>32</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E381" t="s">
+        <v>20</v>
+      </c>
+      <c r="F381" t="s">
         <v>21</v>
       </c>
-      <c r="K380"/>
-[...30 lines deleted...]
-        <v>2010</v>
+      <c r="G381" t="s">
+        <v>42</v>
       </c>
       <c r="H381">
         <v>2010</v>
       </c>
-      <c r="I381" t="s">
-        <v>29</v>
+      <c r="I381">
+        <v>2010</v>
       </c>
       <c r="J381" t="s">
+        <v>34</v>
+      </c>
+      <c r="K381" t="s">
+        <v>24</v>
+      </c>
+      <c r="L381" t="s">
+        <v>1887</v>
+      </c>
+      <c r="M381" t="s">
+        <v>36</v>
+      </c>
+      <c r="N381" t="s">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1888</v>
+      </c>
+      <c r="P381" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
+      <c r="A382" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C382" t="s">
+        <v>32</v>
+      </c>
+      <c r="D382" t="s">
+        <v>135</v>
+      </c>
+      <c r="E382" t="s">
+        <v>20</v>
+      </c>
+      <c r="F382" t="s">
         <v>21</v>
       </c>
-      <c r="K381" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G382" t="s">
+        <v>42</v>
       </c>
       <c r="H382">
         <v>2010</v>
       </c>
-      <c r="I382" t="s">
-        <v>29</v>
+      <c r="I382">
+        <v>2010</v>
       </c>
       <c r="J382" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K382" t="s">
-        <v>1174</v>
+        <v>24</v>
       </c>
       <c r="L382" t="s">
-        <v>31</v>
+        <v>1839</v>
       </c>
       <c r="M382" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N382" t="s">
-        <v>1207</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1892</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1208</v>
+        <v>1894</v>
       </c>
       <c r="B383" t="s">
-        <v>27</v>
+        <v>1895</v>
       </c>
       <c r="C383" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D383" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E383" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F383" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G383">
+        <v>33</v>
+      </c>
+      <c r="G383" t="s">
+        <v>42</v>
+      </c>
+      <c r="H383">
         <v>2010</v>
       </c>
-      <c r="H383">
+      <c r="I383">
         <v>2017</v>
       </c>
-      <c r="I383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J383" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K383" t="s">
-        <v>1209</v>
+        <v>24</v>
       </c>
       <c r="L383" t="s">
-        <v>31</v>
+        <v>1896</v>
       </c>
       <c r="M383" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="N383" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1897</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1211</v>
+        <v>1899</v>
       </c>
       <c r="B384" t="s">
-        <v>1047</v>
+        <v>1900</v>
       </c>
       <c r="C384" t="s">
-        <v>461</v>
+        <v>1632</v>
       </c>
       <c r="D384" t="s">
-        <v>17</v>
+        <v>700</v>
       </c>
       <c r="E384" t="s">
+        <v>20</v>
+      </c>
+      <c r="F384" t="s">
+        <v>49</v>
+      </c>
+      <c r="G384" t="s">
+        <v>42</v>
+      </c>
+      <c r="H384">
+        <v>2011</v>
+      </c>
+      <c r="I384">
+        <v>2019</v>
+      </c>
+      <c r="J384" t="s">
+        <v>68</v>
+      </c>
+      <c r="K384" t="s">
+        <v>24</v>
+      </c>
+      <c r="L384" t="s">
+        <v>1901</v>
+      </c>
+      <c r="M384" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1903</v>
+      </c>
+      <c r="P384" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
+      <c r="A385" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E385" t="s">
+        <v>20</v>
+      </c>
+      <c r="F385" t="s">
+        <v>49</v>
+      </c>
+      <c r="G385" t="s">
+        <v>22</v>
+      </c>
+      <c r="H385">
+        <v>2015</v>
+      </c>
+      <c r="I385"/>
+      <c r="J385" t="s">
+        <v>68</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L385" t="s">
+        <v>1908</v>
+      </c>
+      <c r="M385" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1909</v>
+      </c>
+      <c r="P385" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="386" spans="1:16">
+      <c r="A386" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D386" t="s">
+        <v>72</v>
+      </c>
+      <c r="E386" t="s">
+        <v>20</v>
+      </c>
+      <c r="F386" t="s">
+        <v>59</v>
+      </c>
+      <c r="G386" t="s">
+        <v>22</v>
+      </c>
+      <c r="H386">
+        <v>2011</v>
+      </c>
+      <c r="I386"/>
+      <c r="J386" t="s">
+        <v>68</v>
+      </c>
+      <c r="K386" t="s">
+        <v>24</v>
+      </c>
+      <c r="L386" t="s">
+        <v>1913</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1914</v>
+      </c>
+      <c r="P386" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
+      <c r="A387" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D387" t="s">
+        <v>376</v>
+      </c>
+      <c r="E387" t="s">
+        <v>20</v>
+      </c>
+      <c r="F387" t="s">
+        <v>49</v>
+      </c>
+      <c r="G387" t="s">
+        <v>42</v>
+      </c>
+      <c r="H387">
+        <v>2013</v>
+      </c>
+      <c r="I387">
+        <v>2016</v>
+      </c>
+      <c r="J387" t="s">
+        <v>68</v>
+      </c>
+      <c r="K387" t="s">
+        <v>24</v>
+      </c>
+      <c r="L387" t="s">
+        <v>1918</v>
+      </c>
+      <c r="M387" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1919</v>
+      </c>
+      <c r="P387" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
+      <c r="A388" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D388" t="s">
+        <v>305</v>
+      </c>
+      <c r="E388" t="s">
+        <v>20</v>
+      </c>
+      <c r="F388" t="s">
+        <v>59</v>
+      </c>
+      <c r="G388" t="s">
+        <v>22</v>
+      </c>
+      <c r="H388">
+        <v>2014</v>
+      </c>
+      <c r="I388"/>
+      <c r="J388" t="s">
+        <v>68</v>
+      </c>
+      <c r="K388" t="s">
+        <v>24</v>
+      </c>
+      <c r="L388" t="s">
+        <v>1923</v>
+      </c>
+      <c r="M388" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>1924</v>
+      </c>
+      <c r="P388" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D389" t="s">
+        <v>286</v>
+      </c>
+      <c r="E389" t="s">
+        <v>20</v>
+      </c>
+      <c r="F389" t="s">
+        <v>49</v>
+      </c>
+      <c r="G389" t="s">
+        <v>22</v>
+      </c>
+      <c r="H389">
+        <v>2013</v>
+      </c>
+      <c r="I389"/>
+      <c r="J389" t="s">
+        <v>68</v>
+      </c>
+      <c r="K389" t="s">
+        <v>24</v>
+      </c>
+      <c r="L389" t="s">
+        <v>1928</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N389" t="s">
+        <v>1623</v>
+      </c>
+      <c r="O389" t="s">
+        <v>1929</v>
+      </c>
+      <c r="P389" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D390" t="s">
+        <v>402</v>
+      </c>
+      <c r="E390" t="s">
+        <v>20</v>
+      </c>
+      <c r="F390" t="s">
+        <v>49</v>
+      </c>
+      <c r="G390" t="s">
+        <v>42</v>
+      </c>
+      <c r="H390">
+        <v>2014</v>
+      </c>
+      <c r="I390">
+        <v>2016</v>
+      </c>
+      <c r="J390" t="s">
+        <v>68</v>
+      </c>
+      <c r="K390" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L390" t="s">
+        <v>1933</v>
+      </c>
+      <c r="M390" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>1934</v>
+      </c>
+      <c r="P390" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D391" t="s">
+        <v>167</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>49</v>
+      </c>
+      <c r="G391" t="s">
+        <v>22</v>
+      </c>
+      <c r="H391">
+        <v>2018</v>
+      </c>
+      <c r="I391"/>
+      <c r="J391" t="s">
+        <v>68</v>
+      </c>
+      <c r="K391" t="s">
+        <v>24</v>
+      </c>
+      <c r="L391" t="s">
+        <v>1938</v>
+      </c>
+      <c r="M391" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>1939</v>
+      </c>
+      <c r="P391" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D392" t="s">
+        <v>774</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>49</v>
+      </c>
+      <c r="G392" t="s">
+        <v>22</v>
+      </c>
+      <c r="H392">
+        <v>2019</v>
+      </c>
+      <c r="I392"/>
+      <c r="J392" t="s">
+        <v>68</v>
+      </c>
+      <c r="K392" t="s">
+        <v>24</v>
+      </c>
+      <c r="L392" t="s">
+        <v>1943</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
+        <v>1944</v>
+      </c>
+      <c r="P392" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D393" t="s">
         <v>41</v>
       </c>
-      <c r="F384" t="s">
-[...2 lines deleted...]
-      <c r="G384">
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>49</v>
+      </c>
+      <c r="G393" t="s">
+        <v>22</v>
+      </c>
+      <c r="H393">
+        <v>2019</v>
+      </c>
+      <c r="I393"/>
+      <c r="J393" t="s">
+        <v>68</v>
+      </c>
+      <c r="K393" t="s">
+        <v>287</v>
+      </c>
+      <c r="L393" t="s">
+        <v>1948</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N393" t="s">
+        <v>1949</v>
+      </c>
+      <c r="O393" t="s">
+        <v>1950</v>
+      </c>
+      <c r="P393" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D394" t="s">
+        <v>135</v>
+      </c>
+      <c r="E394" t="s">
+        <v>20</v>
+      </c>
+      <c r="F394" t="s">
+        <v>49</v>
+      </c>
+      <c r="G394" t="s">
+        <v>42</v>
+      </c>
+      <c r="H394">
+        <v>2020</v>
+      </c>
+      <c r="I394">
+        <v>2023</v>
+      </c>
+      <c r="J394" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K394" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M394" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>1956</v>
+      </c>
+      <c r="P394" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E395" t="s">
+        <v>20</v>
+      </c>
+      <c r="F395" t="s">
+        <v>49</v>
+      </c>
+      <c r="G395" t="s">
+        <v>22</v>
+      </c>
+      <c r="H395">
+        <v>2020</v>
+      </c>
+      <c r="I395"/>
+      <c r="J395" t="s">
+        <v>68</v>
+      </c>
+      <c r="K395" t="s">
+        <v>24</v>
+      </c>
+      <c r="L395" t="s">
+        <v>1960</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>1961</v>
+      </c>
+      <c r="P395" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="396" spans="1:16">
+      <c r="A396" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D396" t="s">
+        <v>322</v>
+      </c>
+      <c r="E396" t="s">
+        <v>20</v>
+      </c>
+      <c r="F396" t="s">
+        <v>49</v>
+      </c>
+      <c r="G396" t="s">
+        <v>22</v>
+      </c>
+      <c r="H396">
+        <v>2021</v>
+      </c>
+      <c r="I396"/>
+      <c r="J396" t="s">
+        <v>68</v>
+      </c>
+      <c r="K396" t="s">
+        <v>24</v>
+      </c>
+      <c r="L396" t="s">
+        <v>1965</v>
+      </c>
+      <c r="M396" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
+        <v>1966</v>
+      </c>
+      <c r="P396" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="397" spans="1:16">
+      <c r="A397" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E397" t="s">
+        <v>20</v>
+      </c>
+      <c r="F397" t="s">
+        <v>49</v>
+      </c>
+      <c r="G397" t="s">
+        <v>22</v>
+      </c>
+      <c r="H397">
+        <v>2021</v>
+      </c>
+      <c r="I397"/>
+      <c r="J397" t="s">
+        <v>68</v>
+      </c>
+      <c r="K397" t="s">
+        <v>24</v>
+      </c>
+      <c r="L397" t="s">
+        <v>1971</v>
+      </c>
+      <c r="M397" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N397" t="s">
+        <v>100</v>
+      </c>
+      <c r="O397" t="s">
+        <v>1972</v>
+      </c>
+      <c r="P397" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="398" spans="1:16">
+      <c r="A398" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E398" t="s">
+        <v>20</v>
+      </c>
+      <c r="F398" t="s">
+        <v>49</v>
+      </c>
+      <c r="G398" t="s">
+        <v>22</v>
+      </c>
+      <c r="H398">
+        <v>2021</v>
+      </c>
+      <c r="I398"/>
+      <c r="J398" t="s">
+        <v>68</v>
+      </c>
+      <c r="K398" t="s">
+        <v>24</v>
+      </c>
+      <c r="L398" t="s">
+        <v>1976</v>
+      </c>
+      <c r="M398" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
+        <v>1977</v>
+      </c>
+      <c r="P398" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="399" spans="1:16">
+      <c r="A399" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D399" t="s">
+        <v>97</v>
+      </c>
+      <c r="E399" t="s">
+        <v>20</v>
+      </c>
+      <c r="F399" t="s">
+        <v>49</v>
+      </c>
+      <c r="G399" t="s">
+        <v>22</v>
+      </c>
+      <c r="H399">
+        <v>2024</v>
+      </c>
+      <c r="I399"/>
+      <c r="J399" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K399" t="s">
+        <v>1981</v>
+      </c>
+      <c r="L399" t="s">
+        <v>1982</v>
+      </c>
+      <c r="M399" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N399" t="s">
+        <v>100</v>
+      </c>
+      <c r="O399" t="s">
+        <v>1983</v>
+      </c>
+      <c r="P399" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="400" spans="1:16">
+      <c r="A400" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E400" t="s">
+        <v>20</v>
+      </c>
+      <c r="F400" t="s">
+        <v>49</v>
+      </c>
+      <c r="G400" t="s">
+        <v>22</v>
+      </c>
+      <c r="H400">
+        <v>2024</v>
+      </c>
+      <c r="I400"/>
+      <c r="J400" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K400" t="s">
+        <v>24</v>
+      </c>
+      <c r="L400" t="s">
+        <v>1988</v>
+      </c>
+      <c r="M400" t="s">
+        <v>1989</v>
+      </c>
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
+        <v>1990</v>
+      </c>
+      <c r="P400" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="401" spans="1:16">
+      <c r="A401" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E401" t="s">
+        <v>20</v>
+      </c>
+      <c r="F401" t="s">
+        <v>49</v>
+      </c>
+      <c r="G401" t="s">
+        <v>22</v>
+      </c>
+      <c r="H401">
+        <v>2024</v>
+      </c>
+      <c r="I401"/>
+      <c r="J401" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K401" t="s">
+        <v>24</v>
+      </c>
+      <c r="L401" t="s">
+        <v>1995</v>
+      </c>
+      <c r="M401" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
+        <v>1996</v>
+      </c>
+      <c r="P401" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="402" spans="1:16">
+      <c r="A402" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D402" t="s">
+        <v>344</v>
+      </c>
+      <c r="E402" t="s">
+        <v>20</v>
+      </c>
+      <c r="F402" t="s">
+        <v>49</v>
+      </c>
+      <c r="G402" t="s">
+        <v>22</v>
+      </c>
+      <c r="H402">
+        <v>2010</v>
+      </c>
+      <c r="I402"/>
+      <c r="J402" t="s">
+        <v>68</v>
+      </c>
+      <c r="K402" t="s">
+        <v>24</v>
+      </c>
+      <c r="L402" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M402" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
+        <v>2001</v>
+      </c>
+      <c r="P402" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="403" spans="1:16">
+      <c r="A403" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B403" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E403" t="s">
+        <v>20</v>
+      </c>
+      <c r="F403" t="s">
+        <v>49</v>
+      </c>
+      <c r="G403" t="s">
+        <v>42</v>
+      </c>
+      <c r="H403">
+        <v>2008</v>
+      </c>
+      <c r="I403">
+        <v>2019</v>
+      </c>
+      <c r="J403" t="s">
+        <v>68</v>
+      </c>
+      <c r="K403" t="s">
+        <v>24</v>
+      </c>
+      <c r="L403" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M403" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
+        <v>2006</v>
+      </c>
+      <c r="P403" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="404" spans="1:16">
+      <c r="A404" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B404" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D404" t="s">
+        <v>275</v>
+      </c>
+      <c r="E404" t="s">
+        <v>20</v>
+      </c>
+      <c r="F404" t="s">
+        <v>49</v>
+      </c>
+      <c r="G404" t="s">
+        <v>22</v>
+      </c>
+      <c r="H404">
+        <v>2014</v>
+      </c>
+      <c r="I404"/>
+      <c r="J404" t="s">
+        <v>68</v>
+      </c>
+      <c r="K404" t="s">
+        <v>1526</v>
+      </c>
+      <c r="L404" t="s">
+        <v>2010</v>
+      </c>
+      <c r="M404" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
         <v>2011</v>
       </c>
-      <c r="H384">
+      <c r="P404" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="405" spans="1:16">
+      <c r="A405" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B405" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D405" t="s">
+        <v>572</v>
+      </c>
+      <c r="E405" t="s">
+        <v>20</v>
+      </c>
+      <c r="F405" t="s">
+        <v>49</v>
+      </c>
+      <c r="G405" t="s">
+        <v>22</v>
+      </c>
+      <c r="H405">
+        <v>2021</v>
+      </c>
+      <c r="I405"/>
+      <c r="J405" t="s">
+        <v>68</v>
+      </c>
+      <c r="K405" t="s">
+        <v>24</v>
+      </c>
+      <c r="L405" t="s">
+        <v>2015</v>
+      </c>
+      <c r="M405" t="s">
+        <v>1902</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
+        <v>2016</v>
+      </c>
+      <c r="P405" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="406" spans="1:16">
+      <c r="A406" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B406" t="s">
         <v>2019</v>
       </c>
-      <c r="I384" t="s">
-[...34 lines deleted...]
-      <c r="F385" t="s">
+      <c r="C406" t="s">
+        <v>32</v>
+      </c>
+      <c r="D406" t="s">
         <v>19</v>
       </c>
-      <c r="G385">
-[...327 lines deleted...]
-      <c r="C393" t="s">
+      <c r="E406" t="s">
+        <v>20</v>
+      </c>
+      <c r="F406" t="s">
+        <v>33</v>
+      </c>
+      <c r="G406" t="s">
+        <v>22</v>
+      </c>
+      <c r="H406">
+        <v>2010</v>
+      </c>
+      <c r="I406"/>
+      <c r="J406" t="s">
         <v>34</v>
       </c>
-      <c r="D393" t="s">
-[...50 lines deleted...]
-      <c r="G394">
+      <c r="K406" t="s">
+        <v>24</v>
+      </c>
+      <c r="L406" t="s">
         <v>2020</v>
       </c>
-      <c r="H394">
+      <c r="M406" t="s">
+        <v>36</v>
+      </c>
+      <c r="N406" t="s">
+        <v>27</v>
+      </c>
+      <c r="O406" t="s">
+        <v>2021</v>
+      </c>
+      <c r="P406" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="407" spans="1:16">
+      <c r="A407" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B407" t="s">
         <v>2023</v>
       </c>
-      <c r="I394" t="s">
-[...205 lines deleted...]
-      <c r="G399">
+      <c r="C407" t="s">
         <v>2024</v>
       </c>
-      <c r="H399"/>
-[...38 lines deleted...]
-      <c r="G400">
+      <c r="D407" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E407" t="s">
+        <v>20</v>
+      </c>
+      <c r="F407" t="s">
+        <v>59</v>
+      </c>
+      <c r="G407" t="s">
+        <v>22</v>
+      </c>
+      <c r="H407">
+        <v>2012</v>
+      </c>
+      <c r="I407"/>
+      <c r="J407" t="s">
+        <v>744</v>
+      </c>
+      <c r="K407" t="s">
+        <v>24</v>
+      </c>
+      <c r="L407"/>
+      <c r="M407" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
+        <v>2027</v>
+      </c>
+      <c r="P407" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="408" spans="1:16">
+      <c r="A408" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B408" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C408" t="s">
         <v>2024</v>
       </c>
-      <c r="H400"/>
-[...38 lines deleted...]
-      <c r="G401">
+      <c r="D408" t="s">
+        <v>60</v>
+      </c>
+      <c r="E408" t="s">
+        <v>20</v>
+      </c>
+      <c r="F408" t="s">
+        <v>59</v>
+      </c>
+      <c r="G408" t="s">
+        <v>128</v>
+      </c>
+      <c r="H408"/>
+      <c r="I408"/>
+      <c r="J408" t="s">
+        <v>68</v>
+      </c>
+      <c r="K408" t="s">
+        <v>24</v>
+      </c>
+      <c r="L408"/>
+      <c r="M408" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N408" t="s">
+        <v>27</v>
+      </c>
+      <c r="O408" t="s">
+        <v>2031</v>
+      </c>
+      <c r="P408" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="409" spans="1:16">
+      <c r="A409" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B409" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C409" t="s">
         <v>2024</v>
       </c>
-      <c r="H401"/>
-[...318 lines deleted...]
-      </c>
       <c r="D409" t="s">
-        <v>17</v>
+        <v>774</v>
       </c>
       <c r="E409" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F409" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="G409"/>
+        <v>59</v>
+      </c>
+      <c r="G409" t="s">
+        <v>128</v>
+      </c>
       <c r="H409"/>
-      <c r="I409" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I409"/>
       <c r="J409" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="K409" t="s">
+        <v>24</v>
+      </c>
+      <c r="L409"/>
       <c r="M409" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N409" t="s">
-        <v>1297</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O409" t="s">
+        <v>2035</v>
+      </c>
+      <c r="P409" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="410" spans="1:16">
       <c r="A410" t="s">
-        <v>1298</v>
+        <v>2037</v>
       </c>
       <c r="B410" t="s">
-        <v>1290</v>
+        <v>2038</v>
       </c>
       <c r="C410" t="s">
-        <v>1299</v>
+        <v>2024</v>
       </c>
       <c r="D410" t="s">
-        <v>17</v>
+        <v>2039</v>
       </c>
       <c r="E410" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F410" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="G410"/>
+        <v>59</v>
+      </c>
+      <c r="G410" t="s">
+        <v>128</v>
+      </c>
       <c r="H410"/>
-      <c r="I410" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I410"/>
       <c r="J410" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="K410" t="s">
+        <v>24</v>
+      </c>
+      <c r="L410"/>
       <c r="M410" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N410" t="s">
-        <v>1300</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O410" t="s">
+        <v>2040</v>
+      </c>
+      <c r="P410" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="411" spans="1:16">
       <c r="A411" t="s">
-        <v>1301</v>
+        <v>2042</v>
       </c>
       <c r="B411" t="s">
-        <v>1290</v>
+        <v>2043</v>
       </c>
       <c r="C411" t="s">
-        <v>1302</v>
+        <v>2024</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>2044</v>
       </c>
       <c r="E411" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F411" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="G411"/>
+        <v>59</v>
+      </c>
+      <c r="G411" t="s">
+        <v>128</v>
+      </c>
       <c r="H411"/>
-      <c r="I411" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I411"/>
       <c r="J411" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="K411" t="s">
+        <v>24</v>
+      </c>
+      <c r="L411"/>
       <c r="M411" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N411" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O411" t="s">
+        <v>2045</v>
+      </c>
+      <c r="P411" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="412" spans="1:16">
       <c r="A412" t="s">
-        <v>1304</v>
+        <v>2047</v>
       </c>
       <c r="B412" t="s">
-        <v>1290</v>
+        <v>2048</v>
       </c>
       <c r="C412" t="s">
-        <v>222</v>
+        <v>2024</v>
       </c>
       <c r="D412" t="s">
-        <v>17</v>
+        <v>322</v>
       </c>
       <c r="E412" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F412" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G412" t="s">
+        <v>42</v>
       </c>
       <c r="H412">
         <v>2012</v>
       </c>
-      <c r="I412" t="s">
-        <v>491</v>
+      <c r="I412">
+        <v>2012</v>
       </c>
       <c r="J412" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="K412" t="s">
+        <v>24</v>
+      </c>
+      <c r="L412"/>
       <c r="M412" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N412" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O412" t="s">
+        <v>2049</v>
+      </c>
+      <c r="P412" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="413" spans="1:16">
       <c r="A413" t="s">
-        <v>1306</v>
+        <v>2051</v>
       </c>
       <c r="B413" t="s">
-        <v>1290</v>
+        <v>2052</v>
       </c>
       <c r="C413" t="s">
-        <v>884</v>
+        <v>2024</v>
       </c>
       <c r="D413" t="s">
-        <v>17</v>
+        <v>1363</v>
       </c>
       <c r="E413" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F413" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G413" t="s">
+        <v>42</v>
       </c>
       <c r="H413">
         <v>2012</v>
       </c>
-      <c r="I413" t="s">
-        <v>491</v>
+      <c r="I413">
+        <v>2012</v>
       </c>
       <c r="J413" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="K413" t="s">
+        <v>24</v>
+      </c>
+      <c r="L413"/>
       <c r="M413" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N413" t="s">
-        <v>1307</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O413" t="s">
+        <v>2053</v>
+      </c>
+      <c r="P413" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="414" spans="1:16">
       <c r="A414" t="s">
-        <v>1308</v>
+        <v>2055</v>
       </c>
       <c r="B414" t="s">
-        <v>1290</v>
+        <v>2056</v>
       </c>
       <c r="C414" t="s">
-        <v>456</v>
+        <v>2024</v>
       </c>
       <c r="D414" t="s">
-        <v>17</v>
+        <v>693</v>
       </c>
       <c r="E414" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F414" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G414">
+        <v>59</v>
+      </c>
+      <c r="G414" t="s">
+        <v>22</v>
+      </c>
+      <c r="H414">
         <v>2013</v>
       </c>
-      <c r="H414"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I414"/>
       <c r="J414" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="K414" t="s">
+        <v>24</v>
+      </c>
+      <c r="L414"/>
       <c r="M414" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N414" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O414" t="s">
+        <v>2057</v>
+      </c>
+      <c r="P414" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="415" spans="1:16">
       <c r="A415" t="s">
-        <v>1310</v>
+        <v>2059</v>
       </c>
       <c r="B415" t="s">
-        <v>1290</v>
+        <v>2060</v>
       </c>
       <c r="C415" t="s">
-        <v>864</v>
+        <v>2024</v>
       </c>
       <c r="D415" t="s">
-        <v>17</v>
+        <v>1325</v>
       </c>
       <c r="E415" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F415" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G415">
+        <v>59</v>
+      </c>
+      <c r="G415" t="s">
+        <v>22</v>
+      </c>
+      <c r="H415">
         <v>2017</v>
       </c>
-      <c r="H415"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I415"/>
       <c r="J415" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="K415" t="s">
+        <v>24</v>
+      </c>
+      <c r="L415"/>
       <c r="M415" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N415" t="s">
-        <v>1311</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O415" t="s">
+        <v>2061</v>
+      </c>
+      <c r="P415" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="416" spans="1:16">
       <c r="A416" t="s">
-        <v>1312</v>
+        <v>2063</v>
       </c>
       <c r="B416" t="s">
-        <v>1290</v>
+        <v>2064</v>
       </c>
       <c r="C416" t="s">
-        <v>191</v>
+        <v>2024</v>
       </c>
       <c r="D416" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E416" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F416" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G416">
+        <v>59</v>
+      </c>
+      <c r="G416" t="s">
+        <v>22</v>
+      </c>
+      <c r="H416">
         <v>2017</v>
       </c>
-      <c r="H416"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I416"/>
       <c r="J416" t="s">
-        <v>426</v>
-[...4 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="K416" t="s">
+        <v>645</v>
+      </c>
+      <c r="L416"/>
       <c r="M416" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N416" t="s">
-        <v>1313</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O416" t="s">
+        <v>2065</v>
+      </c>
+      <c r="P416" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="417" spans="1:16">
       <c r="A417" t="s">
-        <v>1314</v>
+        <v>2067</v>
       </c>
       <c r="B417" t="s">
-        <v>1290</v>
+        <v>2068</v>
       </c>
       <c r="C417" t="s">
-        <v>34</v>
+        <v>2024</v>
       </c>
       <c r="D417" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E417" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F417" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G417">
+        <v>59</v>
+      </c>
+      <c r="G417" t="s">
+        <v>22</v>
+      </c>
+      <c r="H417">
         <v>2017</v>
       </c>
-      <c r="H417"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I417"/>
       <c r="J417" t="s">
-        <v>1315</v>
-[...4 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="K417" t="s">
+        <v>2069</v>
+      </c>
+      <c r="L417"/>
       <c r="M417" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N417" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O417" t="s">
+        <v>2070</v>
+      </c>
+      <c r="P417" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="418" spans="1:16">
       <c r="A418" t="s">
-        <v>1317</v>
+        <v>2072</v>
       </c>
       <c r="B418" t="s">
-        <v>1290</v>
+        <v>2073</v>
       </c>
       <c r="C418" t="s">
-        <v>1318</v>
+        <v>2024</v>
       </c>
       <c r="D418" t="s">
-        <v>17</v>
+        <v>2074</v>
       </c>
       <c r="E418" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F418" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G418">
+        <v>59</v>
+      </c>
+      <c r="G418" t="s">
+        <v>42</v>
+      </c>
+      <c r="H418">
         <v>2012</v>
       </c>
-      <c r="H418">
+      <c r="I418">
         <v>2017</v>
       </c>
-      <c r="I418" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J418" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="K418" t="s">
+        <v>24</v>
+      </c>
+      <c r="L418"/>
       <c r="M418" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N418" t="s">
-        <v>1319</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O418" t="s">
+        <v>2075</v>
+      </c>
+      <c r="P418" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="419" spans="1:16">
       <c r="A419" t="s">
-        <v>1320</v>
+        <v>2077</v>
       </c>
       <c r="B419" t="s">
-        <v>1290</v>
+        <v>2078</v>
       </c>
       <c r="C419" t="s">
-        <v>1321</v>
+        <v>2024</v>
       </c>
       <c r="D419" t="s">
-        <v>17</v>
+        <v>2079</v>
       </c>
       <c r="E419" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F419" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G419">
+        <v>59</v>
+      </c>
+      <c r="G419" t="s">
+        <v>22</v>
+      </c>
+      <c r="H419">
         <v>2017</v>
       </c>
-      <c r="H419"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I419"/>
       <c r="J419" t="s">
-        <v>199</v>
-[...4 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="K419" t="s">
+        <v>287</v>
+      </c>
+      <c r="L419"/>
       <c r="M419" t="s">
-        <v>24</v>
+        <v>2026</v>
       </c>
       <c r="N419" t="s">
-        <v>1322</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O419" t="s">
+        <v>2080</v>
+      </c>
+      <c r="P419" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="420" spans="1:16">
       <c r="A420" t="s">
-        <v>1323</v>
+        <v>2082</v>
       </c>
       <c r="B420" t="s">
-        <v>1290</v>
+        <v>2083</v>
       </c>
       <c r="C420" t="s">
-        <v>430</v>
+        <v>2024</v>
       </c>
       <c r="D420" t="s">
-        <v>17</v>
+        <v>651</v>
       </c>
       <c r="E420" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F420" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>59</v>
+      </c>
+      <c r="G420" t="s">
+        <v>42</v>
       </c>
       <c r="H420">
         <v>2012</v>
       </c>
-      <c r="I420" t="s">
-        <v>491</v>
+      <c r="I420">
+        <v>2012</v>
       </c>
       <c r="J420" t="s">
+        <v>744</v>
+      </c>
+      <c r="K420" t="s">
+        <v>24</v>
+      </c>
+      <c r="L420"/>
+      <c r="M420" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N420" t="s">
+        <v>27</v>
+      </c>
+      <c r="O420" t="s">
+        <v>2084</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="421" spans="1:16">
+      <c r="A421" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B421" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C421" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D421" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E421" t="s">
+        <v>20</v>
+      </c>
+      <c r="F421" t="s">
+        <v>59</v>
+      </c>
+      <c r="G421" t="s">
+        <v>22</v>
+      </c>
+      <c r="H421">
+        <v>2017</v>
+      </c>
+      <c r="I421"/>
+      <c r="J421" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K421" t="s">
+        <v>287</v>
+      </c>
+      <c r="L421"/>
+      <c r="M421" t="s">
+        <v>2026</v>
+      </c>
+      <c r="N421" t="s">
+        <v>27</v>
+      </c>
+      <c r="O421" t="s">
+        <v>2088</v>
+      </c>
+      <c r="P421" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="422" spans="1:16">
+      <c r="A422" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B422" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C422" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D422" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E422" t="s">
+        <v>20</v>
+      </c>
+      <c r="F422" t="s">
+        <v>49</v>
+      </c>
+      <c r="G422" t="s">
+        <v>42</v>
+      </c>
+      <c r="H422">
+        <v>2016</v>
+      </c>
+      <c r="I422">
+        <v>2019</v>
+      </c>
+      <c r="J422" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K422" t="s">
+        <v>24</v>
+      </c>
+      <c r="L422" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M422" t="s">
+        <v>2094</v>
+      </c>
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
+        <v>2095</v>
+      </c>
+      <c r="P422" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="423" spans="1:16">
+      <c r="A423" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B423" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C423" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D423" t="s">
+        <v>72</v>
+      </c>
+      <c r="E423" t="s">
+        <v>20</v>
+      </c>
+      <c r="F423" t="s">
+        <v>49</v>
+      </c>
+      <c r="G423" t="s">
+        <v>22</v>
+      </c>
+      <c r="H423">
+        <v>2018</v>
+      </c>
+      <c r="I423"/>
+      <c r="J423" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K423" t="s">
+        <v>24</v>
+      </c>
+      <c r="L423"/>
+      <c r="M423" t="s">
+        <v>2094</v>
+      </c>
+      <c r="N423" t="s">
+        <v>27</v>
+      </c>
+      <c r="O423" t="s">
+        <v>2098</v>
+      </c>
+      <c r="P423" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="424" spans="1:16">
+      <c r="A424" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B424" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C424" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D424" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E424" t="s">
+        <v>20</v>
+      </c>
+      <c r="F424" t="s">
+        <v>49</v>
+      </c>
+      <c r="G424" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H424">
+        <v>2025</v>
+      </c>
+      <c r="I424"/>
+      <c r="J424" t="s">
+        <v>2104</v>
+      </c>
+      <c r="K424" t="s">
+        <v>24</v>
+      </c>
+      <c r="L424" t="s">
+        <v>2105</v>
+      </c>
+      <c r="M424" t="s">
+        <v>2106</v>
+      </c>
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
+        <v>2107</v>
+      </c>
+      <c r="P424" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="425" spans="1:16">
+      <c r="A425" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B425" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C425" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D425" t="s">
+        <v>2112</v>
+      </c>
+      <c r="E425" t="s">
+        <v>20</v>
+      </c>
+      <c r="F425" t="s">
+        <v>33</v>
+      </c>
+      <c r="G425" t="s">
+        <v>22</v>
+      </c>
+      <c r="H425">
+        <v>2021</v>
+      </c>
+      <c r="I425"/>
+      <c r="J425" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K425" t="s">
+        <v>24</v>
+      </c>
+      <c r="L425"/>
+      <c r="M425" t="s">
+        <v>2113</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
+        <v>2114</v>
+      </c>
+      <c r="P425"/>
+    </row>
+    <row r="426" spans="1:16">
+      <c r="A426" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B426" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D426" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E426" t="s">
+        <v>20</v>
+      </c>
+      <c r="F426" t="s">
+        <v>59</v>
+      </c>
+      <c r="G426" t="s">
+        <v>22</v>
+      </c>
+      <c r="H426">
+        <v>2014</v>
+      </c>
+      <c r="I426"/>
+      <c r="J426" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K426" t="s">
+        <v>24</v>
+      </c>
+      <c r="L426" t="s">
+        <v>2118</v>
+      </c>
+      <c r="M426" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
+        <v>2119</v>
+      </c>
+      <c r="P426" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="427" spans="1:16">
+      <c r="A427" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B427" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D427" t="s">
+        <v>91</v>
+      </c>
+      <c r="E427" t="s">
+        <v>20</v>
+      </c>
+      <c r="F427" t="s">
+        <v>59</v>
+      </c>
+      <c r="G427" t="s">
+        <v>22</v>
+      </c>
+      <c r="H427">
+        <v>1997</v>
+      </c>
+      <c r="I427">
+        <v>2011</v>
+      </c>
+      <c r="J427" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K427" t="s">
+        <v>60</v>
+      </c>
+      <c r="L427" t="s">
+        <v>2123</v>
+      </c>
+      <c r="M427" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
+        <v>2124</v>
+      </c>
+      <c r="P427" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="428" spans="1:16">
+      <c r="A428" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D428" t="s">
+        <v>700</v>
+      </c>
+      <c r="E428" t="s">
+        <v>20</v>
+      </c>
+      <c r="F428" t="s">
+        <v>59</v>
+      </c>
+      <c r="G428" t="s">
+        <v>42</v>
+      </c>
+      <c r="H428">
+        <v>2007</v>
+      </c>
+      <c r="I428">
+        <v>2012</v>
+      </c>
+      <c r="J428" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K428" t="s">
+        <v>24</v>
+      </c>
+      <c r="L428" t="s">
+        <v>2128</v>
+      </c>
+      <c r="M428" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
+        <v>2129</v>
+      </c>
+      <c r="P428" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="429" spans="1:16">
+      <c r="A429" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B429" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D429" t="s">
+        <v>72</v>
+      </c>
+      <c r="E429" t="s">
+        <v>20</v>
+      </c>
+      <c r="F429" t="s">
+        <v>59</v>
+      </c>
+      <c r="G429" t="s">
+        <v>42</v>
+      </c>
+      <c r="H429">
+        <v>1997</v>
+      </c>
+      <c r="I429">
+        <v>2015</v>
+      </c>
+      <c r="J429" t="s">
+        <v>23</v>
+      </c>
+      <c r="K429" t="s">
+        <v>24</v>
+      </c>
+      <c r="L429" t="s">
+        <v>2133</v>
+      </c>
+      <c r="M429" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
+        <v>2134</v>
+      </c>
+      <c r="P429" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="430" spans="1:16">
+      <c r="A430" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B430" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D430" t="s">
+        <v>682</v>
+      </c>
+      <c r="E430" t="s">
+        <v>20</v>
+      </c>
+      <c r="F430" t="s">
+        <v>59</v>
+      </c>
+      <c r="G430" t="s">
+        <v>42</v>
+      </c>
+      <c r="H430">
+        <v>2013</v>
+      </c>
+      <c r="I430">
+        <v>2018</v>
+      </c>
+      <c r="J430" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K430" t="s">
+        <v>24</v>
+      </c>
+      <c r="L430" t="s">
+        <v>2138</v>
+      </c>
+      <c r="M430" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
+        <v>2139</v>
+      </c>
+      <c r="P430" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="431" spans="1:16">
+      <c r="A431" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B431" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D431" t="s">
+        <v>693</v>
+      </c>
+      <c r="E431" t="s">
+        <v>20</v>
+      </c>
+      <c r="F431" t="s">
+        <v>59</v>
+      </c>
+      <c r="G431" t="s">
+        <v>22</v>
+      </c>
+      <c r="H431">
+        <v>2013</v>
+      </c>
+      <c r="I431"/>
+      <c r="J431" t="s">
+        <v>23</v>
+      </c>
+      <c r="K431" t="s">
+        <v>24</v>
+      </c>
+      <c r="L431" t="s">
+        <v>2143</v>
+      </c>
+      <c r="M431" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
+        <v>2144</v>
+      </c>
+      <c r="P431" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="432" spans="1:16">
+      <c r="A432" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B432" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D432" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E432" t="s">
+        <v>20</v>
+      </c>
+      <c r="F432" t="s">
+        <v>59</v>
+      </c>
+      <c r="G432" t="s">
+        <v>22</v>
+      </c>
+      <c r="H432">
+        <v>2012</v>
+      </c>
+      <c r="I432"/>
+      <c r="J432" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K432" t="s">
+        <v>60</v>
+      </c>
+      <c r="L432" t="s">
+        <v>2149</v>
+      </c>
+      <c r="M432" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
+        <v>2150</v>
+      </c>
+      <c r="P432" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="433" spans="1:16">
+      <c r="A433" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B433" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D433" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E433" t="s">
+        <v>20</v>
+      </c>
+      <c r="F433" t="s">
+        <v>59</v>
+      </c>
+      <c r="G433" t="s">
+        <v>22</v>
+      </c>
+      <c r="H433">
+        <v>2011</v>
+      </c>
+      <c r="I433"/>
+      <c r="J433" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K433" t="s">
+        <v>24</v>
+      </c>
+      <c r="L433" t="s">
+        <v>2155</v>
+      </c>
+      <c r="M433" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
+        <v>2156</v>
+      </c>
+      <c r="P433" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="434" spans="1:16">
+      <c r="A434" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B434" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E434" t="s">
+        <v>20</v>
+      </c>
+      <c r="F434" t="s">
+        <v>59</v>
+      </c>
+      <c r="G434" t="s">
+        <v>22</v>
+      </c>
+      <c r="H434">
+        <v>2013</v>
+      </c>
+      <c r="I434"/>
+      <c r="J434" t="s">
+        <v>23</v>
+      </c>
+      <c r="K434" t="s">
+        <v>24</v>
+      </c>
+      <c r="L434" t="s">
+        <v>2160</v>
+      </c>
+      <c r="M434" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
+        <v>2161</v>
+      </c>
+      <c r="P434" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="435" spans="1:16">
+      <c r="A435" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B435" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E435" t="s">
+        <v>20</v>
+      </c>
+      <c r="F435" t="s">
+        <v>59</v>
+      </c>
+      <c r="G435" t="s">
+        <v>22</v>
+      </c>
+      <c r="H435">
+        <v>2013</v>
+      </c>
+      <c r="I435"/>
+      <c r="J435" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K435" t="s">
+        <v>24</v>
+      </c>
+      <c r="L435" t="s">
+        <v>2165</v>
+      </c>
+      <c r="M435" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
+        <v>2166</v>
+      </c>
+      <c r="P435" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="436" spans="1:16">
+      <c r="A436" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B436" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D436" t="s">
+        <v>732</v>
+      </c>
+      <c r="E436" t="s">
+        <v>20</v>
+      </c>
+      <c r="F436" t="s">
+        <v>59</v>
+      </c>
+      <c r="G436" t="s">
+        <v>22</v>
+      </c>
+      <c r="H436">
+        <v>2012</v>
+      </c>
+      <c r="I436"/>
+      <c r="J436" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K436" t="s">
+        <v>24</v>
+      </c>
+      <c r="L436" t="s">
+        <v>2170</v>
+      </c>
+      <c r="M436" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
+        <v>2171</v>
+      </c>
+      <c r="P436" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="437" spans="1:16">
+      <c r="A437" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B437" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E437" t="s">
+        <v>20</v>
+      </c>
+      <c r="F437" t="s">
+        <v>59</v>
+      </c>
+      <c r="G437" t="s">
+        <v>22</v>
+      </c>
+      <c r="H437">
+        <v>2012</v>
+      </c>
+      <c r="I437"/>
+      <c r="J437" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K437" t="s">
+        <v>24</v>
+      </c>
+      <c r="L437" t="s">
+        <v>2175</v>
+      </c>
+      <c r="M437" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
+        <v>2176</v>
+      </c>
+      <c r="P437" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="438" spans="1:16">
+      <c r="A438" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B438" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D438" t="s">
+        <v>305</v>
+      </c>
+      <c r="E438" t="s">
+        <v>20</v>
+      </c>
+      <c r="F438" t="s">
+        <v>59</v>
+      </c>
+      <c r="G438" t="s">
+        <v>42</v>
+      </c>
+      <c r="H438">
+        <v>2003</v>
+      </c>
+      <c r="I438">
+        <v>2012</v>
+      </c>
+      <c r="J438" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K438" t="s">
+        <v>24</v>
+      </c>
+      <c r="L438" t="s">
+        <v>2180</v>
+      </c>
+      <c r="M438" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
+        <v>2181</v>
+      </c>
+      <c r="P438" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="439" spans="1:16">
+      <c r="A439" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B439" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D439" t="s">
+        <v>613</v>
+      </c>
+      <c r="E439" t="s">
+        <v>20</v>
+      </c>
+      <c r="F439" t="s">
+        <v>59</v>
+      </c>
+      <c r="G439" t="s">
+        <v>42</v>
+      </c>
+      <c r="H439">
+        <v>2011</v>
+      </c>
+      <c r="I439">
+        <v>2017</v>
+      </c>
+      <c r="J439" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K439" t="s">
+        <v>583</v>
+      </c>
+      <c r="L439" t="s">
+        <v>2185</v>
+      </c>
+      <c r="M439" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N439" t="s">
+        <v>585</v>
+      </c>
+      <c r="O439" t="s">
+        <v>2186</v>
+      </c>
+      <c r="P439" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="440" spans="1:16">
+      <c r="A440" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B440" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D440" t="s">
+        <v>370</v>
+      </c>
+      <c r="E440" t="s">
+        <v>20</v>
+      </c>
+      <c r="F440" t="s">
+        <v>59</v>
+      </c>
+      <c r="G440" t="s">
+        <v>42</v>
+      </c>
+      <c r="H440">
+        <v>2002</v>
+      </c>
+      <c r="I440">
+        <v>2015</v>
+      </c>
+      <c r="J440" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K440" t="s">
+        <v>24</v>
+      </c>
+      <c r="L440" t="s">
+        <v>2190</v>
+      </c>
+      <c r="M440" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
+        <v>2191</v>
+      </c>
+      <c r="P440" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="441" spans="1:16">
+      <c r="A441" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B441" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D441" t="s">
+        <v>844</v>
+      </c>
+      <c r="E441" t="s">
+        <v>20</v>
+      </c>
+      <c r="F441" t="s">
+        <v>59</v>
+      </c>
+      <c r="G441" t="s">
+        <v>22</v>
+      </c>
+      <c r="H441">
+        <v>2013</v>
+      </c>
+      <c r="I441"/>
+      <c r="J441" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K441" t="s">
+        <v>24</v>
+      </c>
+      <c r="L441" t="s">
+        <v>2195</v>
+      </c>
+      <c r="M441" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
+        <v>2196</v>
+      </c>
+      <c r="P441" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="442" spans="1:16">
+      <c r="A442" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B442" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D442" t="s">
+        <v>850</v>
+      </c>
+      <c r="E442" t="s">
+        <v>20</v>
+      </c>
+      <c r="F442" t="s">
+        <v>59</v>
+      </c>
+      <c r="G442" t="s">
+        <v>22</v>
+      </c>
+      <c r="H442">
+        <v>2012</v>
+      </c>
+      <c r="I442"/>
+      <c r="J442" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K442" t="s">
+        <v>24</v>
+      </c>
+      <c r="L442" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M442" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
+        <v>2201</v>
+      </c>
+      <c r="P442" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="443" spans="1:16">
+      <c r="A443" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B443" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D443" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E443" t="s">
+        <v>20</v>
+      </c>
+      <c r="F443" t="s">
+        <v>59</v>
+      </c>
+      <c r="G443" t="s">
+        <v>42</v>
+      </c>
+      <c r="H443">
+        <v>2001</v>
+      </c>
+      <c r="I443"/>
+      <c r="J443" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K443" t="s">
+        <v>24</v>
+      </c>
+      <c r="L443" t="s">
+        <v>2206</v>
+      </c>
+      <c r="M443" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
+        <v>2207</v>
+      </c>
+      <c r="P443" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="444" spans="1:16">
+      <c r="A444" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B444" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D444" t="s">
+        <v>947</v>
+      </c>
+      <c r="E444" t="s">
+        <v>20</v>
+      </c>
+      <c r="F444" t="s">
+        <v>59</v>
+      </c>
+      <c r="G444" t="s">
+        <v>22</v>
+      </c>
+      <c r="H444">
+        <v>2014</v>
+      </c>
+      <c r="I444"/>
+      <c r="J444" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K444" t="s">
+        <v>24</v>
+      </c>
+      <c r="L444" t="s">
+        <v>2211</v>
+      </c>
+      <c r="M444" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
+        <v>2212</v>
+      </c>
+      <c r="P444" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="445" spans="1:16">
+      <c r="A445" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B445" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D445" t="s">
+        <v>19</v>
+      </c>
+      <c r="E445" t="s">
+        <v>20</v>
+      </c>
+      <c r="F445" t="s">
+        <v>59</v>
+      </c>
+      <c r="G445" t="s">
+        <v>42</v>
+      </c>
+      <c r="H445">
+        <v>2013</v>
+      </c>
+      <c r="I445">
+        <v>2017</v>
+      </c>
+      <c r="J445" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K445" t="s">
+        <v>24</v>
+      </c>
+      <c r="L445" t="s">
+        <v>2216</v>
+      </c>
+      <c r="M445" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
+        <v>2217</v>
+      </c>
+      <c r="P445" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="446" spans="1:16">
+      <c r="A446" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B446" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D446" t="s">
+        <v>774</v>
+      </c>
+      <c r="E446" t="s">
+        <v>20</v>
+      </c>
+      <c r="F446" t="s">
+        <v>59</v>
+      </c>
+      <c r="G446" t="s">
+        <v>42</v>
+      </c>
+      <c r="H446">
+        <v>2011</v>
+      </c>
+      <c r="I446"/>
+      <c r="J446" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K446" t="s">
+        <v>24</v>
+      </c>
+      <c r="L446" t="s">
+        <v>2221</v>
+      </c>
+      <c r="M446" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N446" t="s">
+        <v>27</v>
+      </c>
+      <c r="O446" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P446" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="447" spans="1:16">
+      <c r="A447" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B447" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D447" t="s">
+        <v>344</v>
+      </c>
+      <c r="E447" t="s">
+        <v>20</v>
+      </c>
+      <c r="F447" t="s">
+        <v>59</v>
+      </c>
+      <c r="G447" t="s">
+        <v>22</v>
+      </c>
+      <c r="H447">
+        <v>1998</v>
+      </c>
+      <c r="I447"/>
+      <c r="J447" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K447" t="s">
+        <v>24</v>
+      </c>
+      <c r="L447" t="s">
+        <v>2226</v>
+      </c>
+      <c r="M447" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N447" t="s">
+        <v>100</v>
+      </c>
+      <c r="O447" t="s">
+        <v>2227</v>
+      </c>
+      <c r="P447" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="448" spans="1:16">
+      <c r="A448" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B448" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D448" t="s">
+        <v>305</v>
+      </c>
+      <c r="E448" t="s">
+        <v>20</v>
+      </c>
+      <c r="F448" t="s">
+        <v>59</v>
+      </c>
+      <c r="G448" t="s">
+        <v>22</v>
+      </c>
+      <c r="H448">
+        <v>2018</v>
+      </c>
+      <c r="I448"/>
+      <c r="J448" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K448" t="s">
+        <v>24</v>
+      </c>
+      <c r="L448" t="s">
+        <v>2231</v>
+      </c>
+      <c r="M448" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
+        <v>2232</v>
+      </c>
+      <c r="P448" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="449" spans="1:16">
+      <c r="A449" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B449" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D449" t="s">
+        <v>305</v>
+      </c>
+      <c r="E449" t="s">
+        <v>20</v>
+      </c>
+      <c r="F449" t="s">
+        <v>59</v>
+      </c>
+      <c r="G449" t="s">
+        <v>22</v>
+      </c>
+      <c r="H449">
+        <v>2018</v>
+      </c>
+      <c r="I449"/>
+      <c r="J449" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K449" t="s">
+        <v>24</v>
+      </c>
+      <c r="L449" t="s">
+        <v>2236</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
+        <v>2237</v>
+      </c>
+      <c r="P449" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="450" spans="1:16">
+      <c r="A450" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B450" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D450" t="s">
+        <v>248</v>
+      </c>
+      <c r="E450" t="s">
+        <v>20</v>
+      </c>
+      <c r="F450" t="s">
+        <v>59</v>
+      </c>
+      <c r="G450" t="s">
+        <v>42</v>
+      </c>
+      <c r="H450">
+        <v>2013</v>
+      </c>
+      <c r="I450">
+        <v>2021</v>
+      </c>
+      <c r="J450" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K450" t="s">
+        <v>24</v>
+      </c>
+      <c r="L450" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M450" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N450" t="s">
+        <v>27</v>
+      </c>
+      <c r="O450" t="s">
+        <v>2242</v>
+      </c>
+      <c r="P450" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="451" spans="1:16">
+      <c r="A451" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B451" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D451" t="s">
+        <v>651</v>
+      </c>
+      <c r="E451" t="s">
+        <v>20</v>
+      </c>
+      <c r="F451" t="s">
+        <v>59</v>
+      </c>
+      <c r="G451" t="s">
+        <v>42</v>
+      </c>
+      <c r="H451">
+        <v>2002</v>
+      </c>
+      <c r="I451">
+        <v>2021</v>
+      </c>
+      <c r="J451" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K451" t="s">
+        <v>24</v>
+      </c>
+      <c r="L451" t="s">
+        <v>2246</v>
+      </c>
+      <c r="M451" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
+        <v>2247</v>
+      </c>
+      <c r="P451" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="452" spans="1:16">
+      <c r="A452" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B452" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D452" t="s">
+        <v>135</v>
+      </c>
+      <c r="E452" t="s">
+        <v>20</v>
+      </c>
+      <c r="F452" t="s">
+        <v>59</v>
+      </c>
+      <c r="G452" t="s">
+        <v>42</v>
+      </c>
+      <c r="H452">
+        <v>2003</v>
+      </c>
+      <c r="I452">
+        <v>2021</v>
+      </c>
+      <c r="J452" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K452" t="s">
+        <v>24</v>
+      </c>
+      <c r="L452" t="s">
+        <v>2251</v>
+      </c>
+      <c r="M452" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
+        <v>2252</v>
+      </c>
+      <c r="P452" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="453" spans="1:16">
+      <c r="A453" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B453" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D453" t="s">
+        <v>402</v>
+      </c>
+      <c r="E453" t="s">
+        <v>20</v>
+      </c>
+      <c r="F453" t="s">
+        <v>59</v>
+      </c>
+      <c r="G453" t="s">
+        <v>22</v>
+      </c>
+      <c r="H453">
+        <v>2012</v>
+      </c>
+      <c r="I453"/>
+      <c r="J453" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K453" t="s">
+        <v>24</v>
+      </c>
+      <c r="L453" t="s">
+        <v>2256</v>
+      </c>
+      <c r="M453" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
+        <v>2257</v>
+      </c>
+      <c r="P453" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="454" spans="1:16">
+      <c r="A454" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D454" t="s">
+        <v>322</v>
+      </c>
+      <c r="E454" t="s">
+        <v>20</v>
+      </c>
+      <c r="F454" t="s">
+        <v>59</v>
+      </c>
+      <c r="G454" t="s">
+        <v>42</v>
+      </c>
+      <c r="H454">
+        <v>2004</v>
+      </c>
+      <c r="I454">
+        <v>2012</v>
+      </c>
+      <c r="J454" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K454" t="s">
+        <v>24</v>
+      </c>
+      <c r="L454" t="s">
+        <v>2261</v>
+      </c>
+      <c r="M454" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
+        <v>2262</v>
+      </c>
+      <c r="P454" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="455" spans="1:16">
+      <c r="A455" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B455" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D455" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E455" t="s">
+        <v>20</v>
+      </c>
+      <c r="F455" t="s">
+        <v>59</v>
+      </c>
+      <c r="G455" t="s">
+        <v>22</v>
+      </c>
+      <c r="H455">
+        <v>2014</v>
+      </c>
+      <c r="I455"/>
+      <c r="J455" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K455" t="s">
+        <v>24</v>
+      </c>
+      <c r="L455" t="s">
+        <v>2267</v>
+      </c>
+      <c r="M455" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
+        <v>2268</v>
+      </c>
+      <c r="P455" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="456" spans="1:16">
+      <c r="A456" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B456" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D456" t="s">
+        <v>391</v>
+      </c>
+      <c r="E456" t="s">
+        <v>20</v>
+      </c>
+      <c r="F456" t="s">
+        <v>59</v>
+      </c>
+      <c r="G456" t="s">
+        <v>22</v>
+      </c>
+      <c r="H456">
+        <v>2015</v>
+      </c>
+      <c r="I456"/>
+      <c r="J456" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K456" t="s">
+        <v>24</v>
+      </c>
+      <c r="L456" t="s">
+        <v>2272</v>
+      </c>
+      <c r="M456" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
+        <v>2273</v>
+      </c>
+      <c r="P456" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="457" spans="1:16">
+      <c r="A457" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B457" t="s">
+        <v>2276</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E457" t="s">
+        <v>20</v>
+      </c>
+      <c r="F457" t="s">
+        <v>59</v>
+      </c>
+      <c r="G457" t="s">
+        <v>22</v>
+      </c>
+      <c r="H457">
+        <v>2012</v>
+      </c>
+      <c r="I457"/>
+      <c r="J457" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K457" t="s">
+        <v>24</v>
+      </c>
+      <c r="L457" t="s">
+        <v>2277</v>
+      </c>
+      <c r="M457" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
+        <v>2278</v>
+      </c>
+      <c r="P457" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="458" spans="1:16">
+      <c r="A458" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B458" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D458" t="s">
+        <v>757</v>
+      </c>
+      <c r="E458" t="s">
+        <v>20</v>
+      </c>
+      <c r="F458" t="s">
+        <v>59</v>
+      </c>
+      <c r="G458" t="s">
+        <v>22</v>
+      </c>
+      <c r="H458">
+        <v>2004</v>
+      </c>
+      <c r="I458"/>
+      <c r="J458" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K458" t="s">
+        <v>24</v>
+      </c>
+      <c r="L458" t="s">
+        <v>2282</v>
+      </c>
+      <c r="M458" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
+        <v>2283</v>
+      </c>
+      <c r="P458" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="459" spans="1:16">
+      <c r="A459" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B459" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D459" t="s">
+        <v>269</v>
+      </c>
+      <c r="E459" t="s">
+        <v>20</v>
+      </c>
+      <c r="F459" t="s">
+        <v>59</v>
+      </c>
+      <c r="G459" t="s">
+        <v>42</v>
+      </c>
+      <c r="H459">
+        <v>2015</v>
+      </c>
+      <c r="I459">
+        <v>2021</v>
+      </c>
+      <c r="J459" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K459" t="s">
+        <v>24</v>
+      </c>
+      <c r="L459" t="s">
+        <v>2287</v>
+      </c>
+      <c r="M459" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
+        <v>2288</v>
+      </c>
+      <c r="P459" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="460" spans="1:16">
+      <c r="A460" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B460" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D460" t="s">
+        <v>105</v>
+      </c>
+      <c r="E460" t="s">
+        <v>20</v>
+      </c>
+      <c r="F460" t="s">
+        <v>59</v>
+      </c>
+      <c r="G460" t="s">
+        <v>22</v>
+      </c>
+      <c r="H460">
+        <v>2014</v>
+      </c>
+      <c r="I460"/>
+      <c r="J460" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K460" t="s">
+        <v>24</v>
+      </c>
+      <c r="L460" t="s">
+        <v>2292</v>
+      </c>
+      <c r="M460" t="s">
+        <v>1284</v>
+      </c>
+      <c r="N460" t="s">
+        <v>27</v>
+      </c>
+      <c r="O460" t="s">
+        <v>2293</v>
+      </c>
+      <c r="P460" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="461" spans="1:16">
+      <c r="A461" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B461" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D461" t="s">
+        <v>19</v>
+      </c>
+      <c r="E461" t="s">
+        <v>20</v>
+      </c>
+      <c r="F461" t="s">
         <v>21</v>
       </c>
-      <c r="K420"/>
-[...11 lines deleted...]
-      <c r="A421" t="s">
+      <c r="G461" t="s">
+        <v>42</v>
+      </c>
+      <c r="H461">
+        <v>2001</v>
+      </c>
+      <c r="I461">
+        <v>2019</v>
+      </c>
+      <c r="J461" t="s">
+        <v>1039</v>
+      </c>
+      <c r="K461" t="s">
+        <v>24</v>
+      </c>
+      <c r="L461" t="s">
+        <v>2297</v>
+      </c>
+      <c r="M461" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N461" t="s">
+        <v>27</v>
+      </c>
+      <c r="O461" t="s">
+        <v>2298</v>
+      </c>
+      <c r="P461" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="462" spans="1:16">
+      <c r="A462" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B462" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D462" t="s">
+        <v>135</v>
+      </c>
+      <c r="E462" t="s">
+        <v>20</v>
+      </c>
+      <c r="F462" t="s">
+        <v>21</v>
+      </c>
+      <c r="G462" t="s">
+        <v>42</v>
+      </c>
+      <c r="H462">
+        <v>1995</v>
+      </c>
+      <c r="I462">
+        <v>2019</v>
+      </c>
+      <c r="J462" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K462" t="s">
+        <v>24</v>
+      </c>
+      <c r="L462" t="s">
+        <v>2302</v>
+      </c>
+      <c r="M462" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N462" t="s">
+        <v>27</v>
+      </c>
+      <c r="O462" t="s">
+        <v>2303</v>
+      </c>
+      <c r="P462" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="463" spans="1:16">
+      <c r="A463" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B463" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D463" t="s">
+        <v>706</v>
+      </c>
+      <c r="E463" t="s">
+        <v>20</v>
+      </c>
+      <c r="F463" t="s">
+        <v>21</v>
+      </c>
+      <c r="G463" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H463">
+        <v>2021</v>
+      </c>
+      <c r="I463"/>
+      <c r="J463" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K463" t="s">
+        <v>24</v>
+      </c>
+      <c r="L463" t="s">
+        <v>2307</v>
+      </c>
+      <c r="M463" t="s">
+        <v>1080</v>
+      </c>
+      <c r="N463" t="s">
+        <v>27</v>
+      </c>
+      <c r="O463" t="s">
+        <v>2308</v>
+      </c>
+      <c r="P463" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="464" spans="1:16">
+      <c r="A464" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B464" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D464" t="s">
         <v>1325</v>
       </c>
-      <c r="B421" t="s">
-[...8 lines deleted...]
-      <c r="E421" t="s">
+      <c r="E464" t="s">
+        <v>20</v>
+      </c>
+      <c r="F464" t="s">
+        <v>21</v>
+      </c>
+      <c r="G464" t="s">
+        <v>42</v>
+      </c>
+      <c r="H464">
+        <v>2014</v>
+      </c>
+      <c r="I464">
+        <v>2019</v>
+      </c>
+      <c r="J464" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K464" t="s">
+        <v>24</v>
+      </c>
+      <c r="L464" t="s">
+        <v>2312</v>
+      </c>
+      <c r="M464" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N464" t="s">
+        <v>27</v>
+      </c>
+      <c r="O464" t="s">
+        <v>2313</v>
+      </c>
+      <c r="P464" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="465" spans="1:16">
+      <c r="A465" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B465" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D465" t="s">
+        <v>947</v>
+      </c>
+      <c r="E465" t="s">
+        <v>20</v>
+      </c>
+      <c r="F465" t="s">
+        <v>21</v>
+      </c>
+      <c r="G465" t="s">
+        <v>42</v>
+      </c>
+      <c r="H465">
+        <v>2012</v>
+      </c>
+      <c r="I465">
+        <v>2019</v>
+      </c>
+      <c r="J465" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K465" t="s">
+        <v>24</v>
+      </c>
+      <c r="L465" t="s">
+        <v>2317</v>
+      </c>
+      <c r="M465" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N465" t="s">
+        <v>27</v>
+      </c>
+      <c r="O465" t="s">
+        <v>2318</v>
+      </c>
+      <c r="P465" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="466" spans="1:16">
+      <c r="A466" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D466" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E466" t="s">
+        <v>20</v>
+      </c>
+      <c r="F466" t="s">
+        <v>21</v>
+      </c>
+      <c r="G466" t="s">
+        <v>42</v>
+      </c>
+      <c r="H466">
+        <v>2001</v>
+      </c>
+      <c r="I466">
+        <v>2019</v>
+      </c>
+      <c r="J466" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K466" t="s">
+        <v>24</v>
+      </c>
+      <c r="L466" t="s">
+        <v>2322</v>
+      </c>
+      <c r="M466" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N466" t="s">
+        <v>27</v>
+      </c>
+      <c r="O466" t="s">
+        <v>2323</v>
+      </c>
+      <c r="P466" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="467" spans="1:16">
+      <c r="A467" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D467" t="s">
+        <v>651</v>
+      </c>
+      <c r="E467" t="s">
+        <v>20</v>
+      </c>
+      <c r="F467" t="s">
+        <v>21</v>
+      </c>
+      <c r="G467" t="s">
+        <v>42</v>
+      </c>
+      <c r="H467">
+        <v>1995</v>
+      </c>
+      <c r="I467">
+        <v>2019</v>
+      </c>
+      <c r="J467" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K467" t="s">
+        <v>24</v>
+      </c>
+      <c r="L467" t="s">
+        <v>2327</v>
+      </c>
+      <c r="M467" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N467" t="s">
+        <v>27</v>
+      </c>
+      <c r="O467" t="s">
+        <v>2328</v>
+      </c>
+      <c r="P467" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="468" spans="1:16">
+      <c r="A468" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B468" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E468" t="s">
+        <v>20</v>
+      </c>
+      <c r="F468" t="s">
+        <v>21</v>
+      </c>
+      <c r="G468" t="s">
+        <v>42</v>
+      </c>
+      <c r="H468">
+        <v>2004</v>
+      </c>
+      <c r="I468">
+        <v>2019</v>
+      </c>
+      <c r="J468" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K468" t="s">
+        <v>24</v>
+      </c>
+      <c r="L468" t="s">
+        <v>2332</v>
+      </c>
+      <c r="M468" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N468" t="s">
+        <v>27</v>
+      </c>
+      <c r="O468" t="s">
+        <v>2333</v>
+      </c>
+      <c r="P468" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="469" spans="1:16">
+      <c r="A469" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D469" t="s">
+        <v>732</v>
+      </c>
+      <c r="E469" t="s">
+        <v>20</v>
+      </c>
+      <c r="F469" t="s">
+        <v>21</v>
+      </c>
+      <c r="G469" t="s">
+        <v>42</v>
+      </c>
+      <c r="H469">
+        <v>2011</v>
+      </c>
+      <c r="I469">
+        <v>2019</v>
+      </c>
+      <c r="J469" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K469" t="s">
+        <v>24</v>
+      </c>
+      <c r="L469" t="s">
+        <v>2337</v>
+      </c>
+      <c r="M469" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N469" t="s">
+        <v>27</v>
+      </c>
+      <c r="O469" t="s">
+        <v>2338</v>
+      </c>
+      <c r="P469" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="470" spans="1:16">
+      <c r="A470" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B470" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D470" t="s">
+        <v>72</v>
+      </c>
+      <c r="E470" t="s">
+        <v>20</v>
+      </c>
+      <c r="F470" t="s">
+        <v>59</v>
+      </c>
+      <c r="G470" t="s">
+        <v>42</v>
+      </c>
+      <c r="H470">
+        <v>2004</v>
+      </c>
+      <c r="I470">
+        <v>2020</v>
+      </c>
+      <c r="J470" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K470" t="s">
+        <v>24</v>
+      </c>
+      <c r="L470" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M470" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
+        <v>2343</v>
+      </c>
+      <c r="P470" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="471" spans="1:16">
+      <c r="A471" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B471" t="s">
+        <v>2346</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D471" t="s">
+        <v>156</v>
+      </c>
+      <c r="E471" t="s">
+        <v>20</v>
+      </c>
+      <c r="F471" t="s">
+        <v>59</v>
+      </c>
+      <c r="G471" t="s">
+        <v>42</v>
+      </c>
+      <c r="H471">
+        <v>2013</v>
+      </c>
+      <c r="I471">
+        <v>2020</v>
+      </c>
+      <c r="J471" t="s">
+        <v>23</v>
+      </c>
+      <c r="K471" t="s">
+        <v>24</v>
+      </c>
+      <c r="L471" t="s">
+        <v>2347</v>
+      </c>
+      <c r="M471" t="s">
+        <v>2348</v>
+      </c>
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
+        <v>2349</v>
+      </c>
+      <c r="P471" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="472" spans="1:16">
+      <c r="A472" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B472" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D472" t="s">
+        <v>947</v>
+      </c>
+      <c r="E472" t="s">
+        <v>20</v>
+      </c>
+      <c r="F472" t="s">
+        <v>59</v>
+      </c>
+      <c r="G472" t="s">
+        <v>42</v>
+      </c>
+      <c r="H472">
+        <v>2013</v>
+      </c>
+      <c r="I472">
+        <v>2020</v>
+      </c>
+      <c r="J472" t="s">
+        <v>23</v>
+      </c>
+      <c r="K472" t="s">
+        <v>645</v>
+      </c>
+      <c r="L472" t="s">
+        <v>2353</v>
+      </c>
+      <c r="M472" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
+        <v>2354</v>
+      </c>
+      <c r="P472" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="473" spans="1:16">
+      <c r="A473" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B473" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D473" t="s">
+        <v>732</v>
+      </c>
+      <c r="E473" t="s">
+        <v>20</v>
+      </c>
+      <c r="F473" t="s">
+        <v>59</v>
+      </c>
+      <c r="G473" t="s">
+        <v>42</v>
+      </c>
+      <c r="H473">
+        <v>2001</v>
+      </c>
+      <c r="I473">
+        <v>2020</v>
+      </c>
+      <c r="J473" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K473" t="s">
+        <v>24</v>
+      </c>
+      <c r="L473" t="s">
+        <v>2358</v>
+      </c>
+      <c r="M473" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
+        <v>2359</v>
+      </c>
+      <c r="P473" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="474" spans="1:16">
+      <c r="A474" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B474" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D474" t="s">
+        <v>376</v>
+      </c>
+      <c r="E474" t="s">
+        <v>20</v>
+      </c>
+      <c r="F474" t="s">
+        <v>59</v>
+      </c>
+      <c r="G474" t="s">
+        <v>42</v>
+      </c>
+      <c r="H474">
+        <v>2004</v>
+      </c>
+      <c r="I474">
+        <v>2020</v>
+      </c>
+      <c r="J474" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K474" t="s">
+        <v>24</v>
+      </c>
+      <c r="L474" t="s">
+        <v>2363</v>
+      </c>
+      <c r="M474" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N474" t="s">
+        <v>27</v>
+      </c>
+      <c r="O474" t="s">
+        <v>2364</v>
+      </c>
+      <c r="P474" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="475" spans="1:16">
+      <c r="A475" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B475" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D475" t="s">
+        <v>305</v>
+      </c>
+      <c r="E475" t="s">
+        <v>20</v>
+      </c>
+      <c r="F475" t="s">
+        <v>59</v>
+      </c>
+      <c r="G475" t="s">
+        <v>42</v>
+      </c>
+      <c r="H475">
+        <v>2006</v>
+      </c>
+      <c r="I475">
+        <v>2020</v>
+      </c>
+      <c r="J475" t="s">
+        <v>23</v>
+      </c>
+      <c r="K475" t="s">
+        <v>24</v>
+      </c>
+      <c r="L475" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M475" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N475" t="s">
+        <v>27</v>
+      </c>
+      <c r="O475" t="s">
+        <v>2368</v>
+      </c>
+      <c r="P475" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="476" spans="1:16">
+      <c r="A476" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B476" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D476" t="s">
+        <v>275</v>
+      </c>
+      <c r="E476" t="s">
+        <v>20</v>
+      </c>
+      <c r="F476" t="s">
+        <v>59</v>
+      </c>
+      <c r="G476" t="s">
+        <v>42</v>
+      </c>
+      <c r="H476">
+        <v>2012</v>
+      </c>
+      <c r="I476">
+        <v>2020</v>
+      </c>
+      <c r="J476" t="s">
+        <v>68</v>
+      </c>
+      <c r="K476" t="s">
+        <v>645</v>
+      </c>
+      <c r="L476" t="s">
+        <v>2372</v>
+      </c>
+      <c r="M476" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N476" t="s">
+        <v>27</v>
+      </c>
+      <c r="O476" t="s">
+        <v>2373</v>
+      </c>
+      <c r="P476" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="477" spans="1:16">
+      <c r="A477" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B477" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D477" t="s">
+        <v>269</v>
+      </c>
+      <c r="E477" t="s">
+        <v>20</v>
+      </c>
+      <c r="F477" t="s">
+        <v>59</v>
+      </c>
+      <c r="G477" t="s">
+        <v>42</v>
+      </c>
+      <c r="H477">
+        <v>2013</v>
+      </c>
+      <c r="I477">
+        <v>2020</v>
+      </c>
+      <c r="J477" t="s">
+        <v>68</v>
+      </c>
+      <c r="K477" t="s">
+        <v>24</v>
+      </c>
+      <c r="L477"/>
+      <c r="M477" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N477" t="s">
+        <v>27</v>
+      </c>
+      <c r="O477" t="s">
+        <v>2377</v>
+      </c>
+      <c r="P477" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="478" spans="1:16">
+      <c r="A478" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B478" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D478" t="s">
+        <v>2381</v>
+      </c>
+      <c r="E478" t="s">
+        <v>20</v>
+      </c>
+      <c r="F478" t="s">
+        <v>59</v>
+      </c>
+      <c r="G478" t="s">
+        <v>42</v>
+      </c>
+      <c r="H478">
+        <v>2012</v>
+      </c>
+      <c r="I478">
+        <v>2020</v>
+      </c>
+      <c r="J478" t="s">
+        <v>68</v>
+      </c>
+      <c r="K478" t="s">
+        <v>24</v>
+      </c>
+      <c r="L478" t="s">
+        <v>2382</v>
+      </c>
+      <c r="M478" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N478" t="s">
+        <v>100</v>
+      </c>
+      <c r="O478" t="s">
+        <v>2383</v>
+      </c>
+      <c r="P478" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="479" spans="1:16">
+      <c r="A479" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B479" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D479" t="s">
+        <v>316</v>
+      </c>
+      <c r="E479" t="s">
+        <v>20</v>
+      </c>
+      <c r="F479" t="s">
+        <v>59</v>
+      </c>
+      <c r="G479" t="s">
+        <v>42</v>
+      </c>
+      <c r="H479">
+        <v>2003</v>
+      </c>
+      <c r="I479">
+        <v>2020</v>
+      </c>
+      <c r="J479" t="s">
+        <v>23</v>
+      </c>
+      <c r="K479" t="s">
+        <v>24</v>
+      </c>
+      <c r="L479"/>
+      <c r="M479" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N479" t="s">
+        <v>27</v>
+      </c>
+      <c r="O479" t="s">
+        <v>2387</v>
+      </c>
+      <c r="P479" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="480" spans="1:16">
+      <c r="A480" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B480" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D480" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E480" t="s">
+        <v>20</v>
+      </c>
+      <c r="F480" t="s">
+        <v>59</v>
+      </c>
+      <c r="G480" t="s">
+        <v>42</v>
+      </c>
+      <c r="H480">
+        <v>2011</v>
+      </c>
+      <c r="I480">
+        <v>2020</v>
+      </c>
+      <c r="J480" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K480" t="s">
+        <v>24</v>
+      </c>
+      <c r="L480" t="s">
+        <v>2391</v>
+      </c>
+      <c r="M480" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
+        <v>2392</v>
+      </c>
+      <c r="P480" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="481" spans="1:16">
+      <c r="A481" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B481" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D481" t="s">
+        <v>774</v>
+      </c>
+      <c r="E481" t="s">
+        <v>20</v>
+      </c>
+      <c r="F481" t="s">
+        <v>59</v>
+      </c>
+      <c r="G481" t="s">
+        <v>42</v>
+      </c>
+      <c r="H481">
+        <v>2014</v>
+      </c>
+      <c r="I481">
+        <v>2020</v>
+      </c>
+      <c r="J481" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K481" t="s">
+        <v>24</v>
+      </c>
+      <c r="L481" t="s">
+        <v>2396</v>
+      </c>
+      <c r="M481" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N481" t="s">
+        <v>27</v>
+      </c>
+      <c r="O481" t="s">
+        <v>2397</v>
+      </c>
+      <c r="P481" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="482" spans="1:16">
+      <c r="A482" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B482" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D482" t="s">
+        <v>305</v>
+      </c>
+      <c r="E482" t="s">
+        <v>20</v>
+      </c>
+      <c r="F482" t="s">
+        <v>59</v>
+      </c>
+      <c r="G482" t="s">
+        <v>42</v>
+      </c>
+      <c r="H482">
+        <v>2001</v>
+      </c>
+      <c r="I482">
+        <v>2020</v>
+      </c>
+      <c r="J482" t="s">
+        <v>23</v>
+      </c>
+      <c r="K482" t="s">
+        <v>24</v>
+      </c>
+      <c r="L482" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M482" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N482" t="s">
+        <v>27</v>
+      </c>
+      <c r="O482" t="s">
+        <v>2401</v>
+      </c>
+      <c r="P482" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="483" spans="1:16">
+      <c r="A483" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B483" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D483" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E483" t="s">
+        <v>20</v>
+      </c>
+      <c r="F483" t="s">
+        <v>59</v>
+      </c>
+      <c r="G483" t="s">
+        <v>42</v>
+      </c>
+      <c r="H483">
+        <v>1998</v>
+      </c>
+      <c r="I483">
+        <v>2020</v>
+      </c>
+      <c r="J483" t="s">
+        <v>1882</v>
+      </c>
+      <c r="K483" t="s">
+        <v>24</v>
+      </c>
+      <c r="L483" t="s">
+        <v>2405</v>
+      </c>
+      <c r="M483" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N483" t="s">
+        <v>27</v>
+      </c>
+      <c r="O483" t="s">
+        <v>2406</v>
+      </c>
+      <c r="P483" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="484" spans="1:16">
+      <c r="A484" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B484" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D484" t="s">
+        <v>305</v>
+      </c>
+      <c r="E484" t="s">
+        <v>20</v>
+      </c>
+      <c r="F484" t="s">
+        <v>59</v>
+      </c>
+      <c r="G484" t="s">
+        <v>42</v>
+      </c>
+      <c r="H484">
+        <v>2000</v>
+      </c>
+      <c r="I484">
+        <v>2020</v>
+      </c>
+      <c r="J484" t="s">
+        <v>23</v>
+      </c>
+      <c r="K484" t="s">
+        <v>24</v>
+      </c>
+      <c r="L484" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M484" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N484" t="s">
+        <v>27</v>
+      </c>
+      <c r="O484" t="s">
+        <v>2410</v>
+      </c>
+      <c r="P484" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="485" spans="1:16">
+      <c r="A485" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B485" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D485" t="s">
+        <v>305</v>
+      </c>
+      <c r="E485" t="s">
+        <v>20</v>
+      </c>
+      <c r="F485" t="s">
+        <v>59</v>
+      </c>
+      <c r="G485" t="s">
+        <v>42</v>
+      </c>
+      <c r="H485">
+        <v>2002</v>
+      </c>
+      <c r="I485">
+        <v>2020</v>
+      </c>
+      <c r="J485" t="s">
+        <v>23</v>
+      </c>
+      <c r="K485" t="s">
+        <v>24</v>
+      </c>
+      <c r="L485" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M485" t="s">
+        <v>2342</v>
+      </c>
+      <c r="N485" t="s">
+        <v>27</v>
+      </c>
+      <c r="O485" t="s">
+        <v>2414</v>
+      </c>
+      <c r="P485" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="486" spans="1:16">
+      <c r="A486" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B486" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D486" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E486" t="s">
+        <v>20</v>
+      </c>
+      <c r="F486" t="s">
+        <v>33</v>
+      </c>
+      <c r="G486" t="s">
+        <v>22</v>
+      </c>
+      <c r="H486">
+        <v>2013</v>
+      </c>
+      <c r="I486"/>
+      <c r="J486" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K486" t="s">
+        <v>24</v>
+      </c>
+      <c r="L486"/>
+      <c r="M486" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N486" t="s">
+        <v>27</v>
+      </c>
+      <c r="O486" t="s">
+        <v>2420</v>
+      </c>
+      <c r="P486" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="487" spans="1:16">
+      <c r="A487" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B487" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E487" t="s">
+        <v>20</v>
+      </c>
+      <c r="F487" t="s">
+        <v>33</v>
+      </c>
+      <c r="G487" t="s">
+        <v>22</v>
+      </c>
+      <c r="H487">
+        <v>2014</v>
+      </c>
+      <c r="I487"/>
+      <c r="J487" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K487" t="s">
+        <v>24</v>
+      </c>
+      <c r="L487"/>
+      <c r="M487" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N487" t="s">
+        <v>27</v>
+      </c>
+      <c r="O487" t="s">
+        <v>2424</v>
+      </c>
+      <c r="P487" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="488" spans="1:16">
+      <c r="A488" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B488" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D488" t="s">
+        <v>2428</v>
+      </c>
+      <c r="E488" t="s">
+        <v>20</v>
+      </c>
+      <c r="F488" t="s">
+        <v>33</v>
+      </c>
+      <c r="G488" t="s">
+        <v>42</v>
+      </c>
+      <c r="H488">
+        <v>2007</v>
+      </c>
+      <c r="I488">
+        <v>2014</v>
+      </c>
+      <c r="J488" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K488" t="s">
+        <v>24</v>
+      </c>
+      <c r="L488"/>
+      <c r="M488" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N488" t="s">
+        <v>27</v>
+      </c>
+      <c r="O488" t="s">
+        <v>2429</v>
+      </c>
+      <c r="P488" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="489" spans="1:16">
+      <c r="A489" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B489" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D489" t="s">
+        <v>2433</v>
+      </c>
+      <c r="E489" t="s">
+        <v>20</v>
+      </c>
+      <c r="F489" t="s">
+        <v>33</v>
+      </c>
+      <c r="G489" t="s">
+        <v>22</v>
+      </c>
+      <c r="H489">
+        <v>2012</v>
+      </c>
+      <c r="I489"/>
+      <c r="J489" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K489" t="s">
+        <v>24</v>
+      </c>
+      <c r="L489"/>
+      <c r="M489" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N489" t="s">
+        <v>27</v>
+      </c>
+      <c r="O489" t="s">
+        <v>2434</v>
+      </c>
+      <c r="P489" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="490" spans="1:16">
+      <c r="A490" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B490" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D490" t="s">
+        <v>2438</v>
+      </c>
+      <c r="E490" t="s">
+        <v>20</v>
+      </c>
+      <c r="F490" t="s">
+        <v>33</v>
+      </c>
+      <c r="G490" t="s">
+        <v>22</v>
+      </c>
+      <c r="H490">
+        <v>2013</v>
+      </c>
+      <c r="I490"/>
+      <c r="J490" t="s">
+        <v>1046</v>
+      </c>
+      <c r="K490" t="s">
+        <v>24</v>
+      </c>
+      <c r="L490"/>
+      <c r="M490" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N490" t="s">
+        <v>27</v>
+      </c>
+      <c r="O490" t="s">
+        <v>2439</v>
+      </c>
+      <c r="P490" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="491" spans="1:16">
+      <c r="A491" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B491" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E491" t="s">
+        <v>20</v>
+      </c>
+      <c r="F491" t="s">
+        <v>33</v>
+      </c>
+      <c r="G491" t="s">
+        <v>22</v>
+      </c>
+      <c r="H491">
+        <v>2013</v>
+      </c>
+      <c r="I491"/>
+      <c r="J491" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K491" t="s">
+        <v>24</v>
+      </c>
+      <c r="L491"/>
+      <c r="M491" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N491" t="s">
+        <v>27</v>
+      </c>
+      <c r="O491" t="s">
+        <v>2443</v>
+      </c>
+      <c r="P491" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="492" spans="1:16">
+      <c r="A492" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B492" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E492" t="s">
+        <v>20</v>
+      </c>
+      <c r="F492" t="s">
+        <v>33</v>
+      </c>
+      <c r="G492" t="s">
+        <v>22</v>
+      </c>
+      <c r="H492">
+        <v>2013</v>
+      </c>
+      <c r="I492"/>
+      <c r="J492" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K492" t="s">
+        <v>24</v>
+      </c>
+      <c r="L492"/>
+      <c r="M492" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N492" t="s">
+        <v>27</v>
+      </c>
+      <c r="O492" t="s">
+        <v>2447</v>
+      </c>
+      <c r="P492" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="493" spans="1:16">
+      <c r="A493" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B493" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E493" t="s">
+        <v>20</v>
+      </c>
+      <c r="F493" t="s">
+        <v>33</v>
+      </c>
+      <c r="G493" t="s">
+        <v>22</v>
+      </c>
+      <c r="H493">
+        <v>2013</v>
+      </c>
+      <c r="I493"/>
+      <c r="J493" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K493" t="s">
+        <v>24</v>
+      </c>
+      <c r="L493"/>
+      <c r="M493" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N493" t="s">
+        <v>27</v>
+      </c>
+      <c r="O493" t="s">
+        <v>2451</v>
+      </c>
+      <c r="P493" t="s">
+        <v>2452</v>
+      </c>
+    </row>
+    <row r="494" spans="1:16">
+      <c r="A494" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B494" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D494" t="s">
+        <v>2455</v>
+      </c>
+      <c r="E494" t="s">
+        <v>20</v>
+      </c>
+      <c r="F494" t="s">
+        <v>33</v>
+      </c>
+      <c r="G494" t="s">
+        <v>22</v>
+      </c>
+      <c r="H494">
+        <v>2014</v>
+      </c>
+      <c r="I494"/>
+      <c r="J494" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K494" t="s">
+        <v>24</v>
+      </c>
+      <c r="L494"/>
+      <c r="M494" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N494" t="s">
+        <v>27</v>
+      </c>
+      <c r="O494" t="s">
+        <v>2456</v>
+      </c>
+      <c r="P494" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="495" spans="1:16">
+      <c r="A495" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B495" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E495" t="s">
+        <v>20</v>
+      </c>
+      <c r="F495" t="s">
+        <v>33</v>
+      </c>
+      <c r="G495" t="s">
+        <v>42</v>
+      </c>
+      <c r="H495">
+        <v>2014</v>
+      </c>
+      <c r="I495">
+        <v>2024</v>
+      </c>
+      <c r="J495" t="s">
+        <v>1276</v>
+      </c>
+      <c r="K495" t="s">
+        <v>24</v>
+      </c>
+      <c r="L495"/>
+      <c r="M495" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N495" t="s">
+        <v>27</v>
+      </c>
+      <c r="O495" t="s">
+        <v>2460</v>
+      </c>
+      <c r="P495" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="496" spans="1:16">
+      <c r="A496" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B496" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E496" t="s">
+        <v>20</v>
+      </c>
+      <c r="F496" t="s">
+        <v>33</v>
+      </c>
+      <c r="G496" t="s">
+        <v>22</v>
+      </c>
+      <c r="H496">
+        <v>2014</v>
+      </c>
+      <c r="I496"/>
+      <c r="J496" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K496" t="s">
+        <v>24</v>
+      </c>
+      <c r="L496"/>
+      <c r="M496" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N496" t="s">
+        <v>27</v>
+      </c>
+      <c r="O496" t="s">
+        <v>2464</v>
+      </c>
+      <c r="P496" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="497" spans="1:16">
+      <c r="A497" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B497" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D497" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E497" t="s">
+        <v>20</v>
+      </c>
+      <c r="F497" t="s">
+        <v>33</v>
+      </c>
+      <c r="G497" t="s">
+        <v>22</v>
+      </c>
+      <c r="H497">
+        <v>2016</v>
+      </c>
+      <c r="I497"/>
+      <c r="J497" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K497" t="s">
+        <v>24</v>
+      </c>
+      <c r="L497"/>
+      <c r="M497" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N497" t="s">
+        <v>27</v>
+      </c>
+      <c r="O497" t="s">
+        <v>2469</v>
+      </c>
+      <c r="P497" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="498" spans="1:16">
+      <c r="A498" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B498" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E498" t="s">
+        <v>20</v>
+      </c>
+      <c r="F498" t="s">
+        <v>33</v>
+      </c>
+      <c r="G498" t="s">
+        <v>22</v>
+      </c>
+      <c r="H498">
+        <v>2016</v>
+      </c>
+      <c r="I498"/>
+      <c r="J498" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K498" t="s">
+        <v>24</v>
+      </c>
+      <c r="L498"/>
+      <c r="M498" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N498" t="s">
+        <v>27</v>
+      </c>
+      <c r="O498" t="s">
+        <v>2473</v>
+      </c>
+      <c r="P498" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="499" spans="1:16">
+      <c r="A499" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B499" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D499" t="s">
+        <v>2477</v>
+      </c>
+      <c r="E499" t="s">
+        <v>20</v>
+      </c>
+      <c r="F499" t="s">
+        <v>33</v>
+      </c>
+      <c r="G499" t="s">
+        <v>22</v>
+      </c>
+      <c r="H499">
+        <v>2016</v>
+      </c>
+      <c r="I499"/>
+      <c r="J499" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K499" t="s">
+        <v>24</v>
+      </c>
+      <c r="L499"/>
+      <c r="M499" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N499" t="s">
+        <v>27</v>
+      </c>
+      <c r="O499" t="s">
+        <v>2478</v>
+      </c>
+      <c r="P499" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="500" spans="1:16">
+      <c r="A500" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B500" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E500" t="s">
+        <v>20</v>
+      </c>
+      <c r="F500" t="s">
+        <v>33</v>
+      </c>
+      <c r="G500" t="s">
+        <v>22</v>
+      </c>
+      <c r="H500">
+        <v>2007</v>
+      </c>
+      <c r="I500"/>
+      <c r="J500" t="s">
+        <v>1494</v>
+      </c>
+      <c r="K500" t="s">
+        <v>24</v>
+      </c>
+      <c r="L500"/>
+      <c r="M500" t="s">
+        <v>2419</v>
+      </c>
+      <c r="N500" t="s">
+        <v>27</v>
+      </c>
+      <c r="O500" t="s">
+        <v>2482</v>
+      </c>
+      <c r="P500" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="501" spans="1:16">
+      <c r="A501" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B501" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C501" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D501" t="s">
+        <v>801</v>
+      </c>
+      <c r="E501" t="s">
+        <v>20</v>
+      </c>
+      <c r="F501" t="s">
         <v>49</v>
       </c>
-      <c r="F421" t="s">
-[...2 lines deleted...]
-      <c r="G421">
+      <c r="G501" t="s">
+        <v>22</v>
+      </c>
+      <c r="H501">
+        <v>2016</v>
+      </c>
+      <c r="I501"/>
+      <c r="J501" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K501" t="s">
+        <v>24</v>
+      </c>
+      <c r="L501" t="s">
+        <v>1856</v>
+      </c>
+      <c r="M501" t="s">
+        <v>2487</v>
+      </c>
+      <c r="N501" t="s">
+        <v>27</v>
+      </c>
+      <c r="O501" t="s">
+        <v>2488</v>
+      </c>
+      <c r="P501" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="502" spans="1:16">
+      <c r="A502" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B502" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C502" t="s">
+        <v>57</v>
+      </c>
+      <c r="D502" t="s">
+        <v>2492</v>
+      </c>
+      <c r="E502" t="s">
+        <v>20</v>
+      </c>
+      <c r="F502" t="s">
+        <v>59</v>
+      </c>
+      <c r="G502" t="s">
+        <v>22</v>
+      </c>
+      <c r="H502">
         <v>2017</v>
       </c>
-      <c r="H421"/>
-[...36 lines deleted...]
-      <c r="G422">
+      <c r="I502"/>
+      <c r="J502" t="s">
+        <v>2493</v>
+      </c>
+      <c r="K502" t="s">
+        <v>583</v>
+      </c>
+      <c r="L502"/>
+      <c r="M502" t="s">
+        <v>62</v>
+      </c>
+      <c r="N502" t="s">
+        <v>585</v>
+      </c>
+      <c r="O502" t="s">
+        <v>2494</v>
+      </c>
+      <c r="P502" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="503" spans="1:16">
+      <c r="A503" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B503" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C503" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D503" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E503" t="s">
+        <v>20</v>
+      </c>
+      <c r="F503" t="s">
+        <v>21</v>
+      </c>
+      <c r="G503" t="s">
+        <v>42</v>
+      </c>
+      <c r="H503">
+        <v>2015</v>
+      </c>
+      <c r="I503">
         <v>2016</v>
       </c>
-      <c r="H422">
-[...207 lines deleted...]
-      <c r="H427">
+      <c r="J503" t="s">
+        <v>1653</v>
+      </c>
+      <c r="K503" t="s">
+        <v>583</v>
+      </c>
+      <c r="L503" t="s">
+        <v>2500</v>
+      </c>
+      <c r="M503" t="s">
+        <v>2501</v>
+      </c>
+      <c r="N503" t="s">
+        <v>585</v>
+      </c>
+      <c r="O503" t="s">
+        <v>2502</v>
+      </c>
+      <c r="P503" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="504" spans="1:16">
+      <c r="A504" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B504" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D504" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E504" t="s">
+        <v>20</v>
+      </c>
+      <c r="F504" t="s">
+        <v>59</v>
+      </c>
+      <c r="G504" t="s">
+        <v>42</v>
+      </c>
+      <c r="H504">
         <v>2011</v>
       </c>
-      <c r="I427" t="s">
-[...510 lines deleted...]
-      <c r="H439">
+      <c r="I504">
         <v>2017</v>
       </c>
-      <c r="I439" t="s">
-[...2765 lines deleted...]
-      </c>
       <c r="J504" t="s">
-        <v>386</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K504" t="s">
+        <v>583</v>
+      </c>
+      <c r="L504"/>
       <c r="M504" t="s">
-        <v>388</v>
+        <v>2507</v>
       </c>
       <c r="N504" t="s">
-        <v>1583</v>
+        <v>585</v>
+      </c>
+      <c r="O504" t="s">
+        <v>2508</v>
+      </c>
+      <c r="P504" t="s">
+        <v>2509</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>