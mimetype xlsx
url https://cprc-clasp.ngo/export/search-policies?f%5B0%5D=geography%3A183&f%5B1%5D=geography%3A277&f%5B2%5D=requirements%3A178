--- v1 (2025-11-29)
+++ v2 (2026-01-19)
@@ -3825,120 +3825,117 @@
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
+  </si>
+  <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
+    <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
+    <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...58 lines deleted...]
-    <t>Air Compressors</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
     <t>Electronic ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
@@ -7576,50 +7573,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -8099,51 +8099,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P504"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -19587,12768 +19587,12770 @@
       </c>
       <c r="L235" t="s">
         <v>1247</v>
       </c>
       <c r="M235" t="s">
         <v>1237</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
         <v>1248</v>
       </c>
       <c r="P235" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
         <v>1250</v>
       </c>
       <c r="B236" t="s">
         <v>1251</v>
       </c>
       <c r="C236" t="s">
+        <v>57</v>
+      </c>
+      <c r="D236" t="s">
         <v>1252</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
         <v>1253</v>
       </c>
-      <c r="E236" t="s">
-[...2 lines deleted...]
-      <c r="F236" t="s">
+      <c r="G236" t="s">
+        <v>8</v>
+      </c>
+      <c r="H236">
+        <v>2008</v>
+      </c>
+      <c r="I236">
+        <v>2024</v>
+      </c>
+      <c r="J236" t="s">
         <v>1254</v>
-      </c>
-[...8 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="N236" t="s">
         <v>695</v>
       </c>
       <c r="O236" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="P236" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="B237" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="C237" t="s">
         <v>57</v>
       </c>
       <c r="D237" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>59</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2018</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
         <v>68</v>
       </c>
       <c r="K237" t="s">
         <v>287</v>
       </c>
       <c r="L237" t="s">
+        <v>1261</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1262</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
         <v>1263</v>
       </c>
-      <c r="M237" t="s">
+      <c r="P237" t="s">
         <v>1264</v>
-      </c>
-[...7 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="B238" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="C238" t="s">
         <v>57</v>
       </c>
       <c r="D238" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>59</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2021</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
         <v>68</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238" t="s">
+        <v>1268</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1262</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P238" t="s">
         <v>1270</v>
-      </c>
-[...10 lines deleted...]
-        <v>1272</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C239" t="s">
+        <v>57</v>
+      </c>
+      <c r="D239" t="s">
         <v>1273</v>
-      </c>
-[...7 lines deleted...]
-        <v>1275</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>33</v>
       </c>
       <c r="G239" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="H239">
         <v>2025</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K239" t="s">
+        <v>24</v>
+      </c>
+      <c r="L239" t="s">
         <v>1276</v>
       </c>
-      <c r="K239" t="s">
-[...2 lines deleted...]
-      <c r="L239" t="s">
+      <c r="M239" t="s">
         <v>1277</v>
       </c>
-      <c r="M239" t="s">
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
         <v>1278</v>
       </c>
-      <c r="N239" t="s">
-[...2 lines deleted...]
-      <c r="O239" t="s">
+      <c r="P239" t="s">
         <v>1279</v>
-      </c>
-[...1 lines deleted...]
-        <v>1280</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B240" t="s">
         <v>1281</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="C240" t="s">
         <v>1038</v>
       </c>
       <c r="D240" t="s">
         <v>376</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>59</v>
       </c>
       <c r="G240" t="s">
         <v>42</v>
       </c>
       <c r="H240">
         <v>2003</v>
       </c>
       <c r="I240">
         <v>2012</v>
       </c>
       <c r="J240" t="s">
         <v>23</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M240" t="s">
         <v>1283</v>
       </c>
-      <c r="M240" t="s">
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
         <v>1284</v>
       </c>
-      <c r="N240" t="s">
-[...2 lines deleted...]
-      <c r="O240" t="s">
+      <c r="P240" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B241" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="C241" t="s">
         <v>32</v>
       </c>
       <c r="D241" t="s">
         <v>72</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>59</v>
       </c>
       <c r="G241" t="s">
         <v>42</v>
       </c>
       <c r="H241">
         <v>2000</v>
       </c>
       <c r="I241">
         <v>2013</v>
       </c>
       <c r="J241" t="s">
         <v>34</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M241" t="s">
         <v>36</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
+        <v>1289</v>
+      </c>
+      <c r="P241" t="s">
         <v>1290</v>
-      </c>
-[...1 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B242" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="C242" t="s">
         <v>32</v>
       </c>
       <c r="D242" t="s">
         <v>72</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>59</v>
       </c>
       <c r="G242" t="s">
         <v>42</v>
       </c>
       <c r="H242">
         <v>2000</v>
       </c>
       <c r="I242">
         <v>2013</v>
       </c>
       <c r="J242" t="s">
         <v>34</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
         <v>36</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P242" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B243" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="C243" t="s">
         <v>32</v>
       </c>
       <c r="D243" t="s">
         <v>72</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>59</v>
       </c>
       <c r="G243" t="s">
         <v>42</v>
       </c>
       <c r="H243">
         <v>2000</v>
       </c>
       <c r="I243">
         <v>2013</v>
       </c>
       <c r="J243" t="s">
         <v>34</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M243" t="s">
         <v>871</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P243" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B244" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
       <c r="C244" t="s">
         <v>32</v>
       </c>
       <c r="D244" t="s">
         <v>360</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>59</v>
       </c>
       <c r="G244" t="s">
         <v>42</v>
       </c>
       <c r="H244">
         <v>2015</v>
       </c>
       <c r="I244">
         <v>2015</v>
       </c>
       <c r="J244" t="s">
         <v>34</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="M244" t="s">
         <v>36</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P244" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B245" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="C245" t="s">
         <v>32</v>
       </c>
       <c r="D245" t="s">
         <v>41</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>59</v>
       </c>
       <c r="G245" t="s">
         <v>42</v>
       </c>
       <c r="H245">
         <v>2008</v>
       </c>
       <c r="I245">
         <v>2013</v>
       </c>
       <c r="J245" t="s">
         <v>34</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
         <v>43</v>
       </c>
       <c r="M245" t="s">
         <v>871</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P245" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B246" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
       <c r="C246" t="s">
         <v>32</v>
       </c>
       <c r="D246" t="s">
         <v>732</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>59</v>
       </c>
       <c r="G246" t="s">
         <v>42</v>
       </c>
       <c r="H246">
         <v>2010</v>
       </c>
       <c r="I246">
         <v>2014</v>
       </c>
       <c r="J246" t="s">
         <v>34</v>
       </c>
       <c r="K246" t="s">
         <v>24</v>
       </c>
       <c r="L246"/>
       <c r="M246" t="s">
         <v>36</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
+        <v>1309</v>
+      </c>
+      <c r="P246" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B247" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
       <c r="C247" t="s">
         <v>32</v>
       </c>
       <c r="D247" t="s">
         <v>478</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>59</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
         <v>2013</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
         <v>34</v>
       </c>
       <c r="K247" t="s">
         <v>24</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
         <v>871</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P247" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B248" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
       <c r="C248" t="s">
         <v>32</v>
       </c>
       <c r="D248" t="s">
         <v>275</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>59</v>
       </c>
       <c r="G248" t="s">
         <v>42</v>
       </c>
       <c r="H248">
         <v>2011</v>
       </c>
       <c r="I248">
         <v>2011</v>
       </c>
       <c r="J248" t="s">
         <v>34</v>
       </c>
       <c r="K248" t="s">
         <v>645</v>
       </c>
       <c r="L248"/>
       <c r="M248" t="s">
         <v>36</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
       <c r="P248"/>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B249" t="s">
         <v>1319</v>
-      </c>
-[...1 lines deleted...]
-        <v>1320</v>
       </c>
       <c r="C249" t="s">
         <v>32</v>
       </c>
       <c r="D249" t="s">
         <v>41</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>59</v>
       </c>
       <c r="G249" t="s">
         <v>42</v>
       </c>
       <c r="H249">
         <v>2008</v>
       </c>
       <c r="I249">
         <v>2014</v>
       </c>
       <c r="J249" t="s">
         <v>34</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249"/>
       <c r="M249" t="s">
         <v>871</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
+        <v>1320</v>
+      </c>
+      <c r="P249" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B250" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="C250" t="s">
         <v>32</v>
       </c>
       <c r="D250" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>59</v>
       </c>
       <c r="G250" t="s">
         <v>42</v>
       </c>
       <c r="H250">
         <v>2011</v>
       </c>
       <c r="I250">
         <v>2013</v>
       </c>
       <c r="J250" t="s">
         <v>34</v>
       </c>
       <c r="K250" t="s">
         <v>24</v>
       </c>
       <c r="L250"/>
       <c r="M250" t="s">
         <v>36</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P250" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1327</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B251" t="s">
         <v>1328</v>
-      </c>
-[...1 lines deleted...]
-        <v>1329</v>
       </c>
       <c r="C251" t="s">
         <v>32</v>
       </c>
       <c r="D251" t="s">
         <v>850</v>
       </c>
       <c r="E251" t="s">
         <v>20</v>
       </c>
       <c r="F251" t="s">
         <v>59</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2014</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
         <v>34</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251"/>
       <c r="M251" t="s">
         <v>36</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
+        <v>1329</v>
+      </c>
+      <c r="P251" t="s">
         <v>1330</v>
-      </c>
-[...1 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B252" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
       <c r="C252" t="s">
         <v>32</v>
       </c>
       <c r="D252" t="s">
         <v>19</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>59</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2014</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
         <v>34</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252"/>
       <c r="M252" t="s">
         <v>871</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
+        <v>1333</v>
+      </c>
+      <c r="P252" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B253" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
       <c r="C253" t="s">
         <v>32</v>
       </c>
       <c r="D253" t="s">
         <v>275</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>59</v>
       </c>
       <c r="G253" t="s">
         <v>42</v>
       </c>
       <c r="H253">
         <v>2013</v>
       </c>
       <c r="I253">
         <v>2014</v>
       </c>
       <c r="J253" t="s">
         <v>34</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253"/>
       <c r="M253" t="s">
         <v>871</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P253" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B254" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
       <c r="C254" t="s">
         <v>32</v>
       </c>
       <c r="D254" t="s">
         <v>41</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>59</v>
       </c>
       <c r="G254" t="s">
         <v>42</v>
       </c>
       <c r="H254">
         <v>2012</v>
       </c>
       <c r="I254">
         <v>2014</v>
       </c>
       <c r="J254" t="s">
         <v>34</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
         <v>871</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
+        <v>1341</v>
+      </c>
+      <c r="P254" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B255" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
       <c r="C255" t="s">
         <v>32</v>
       </c>
       <c r="D255" t="s">
         <v>1200</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>59</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2015</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>34</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
         <v>871</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
+        <v>1345</v>
+      </c>
+      <c r="P255" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B256" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="C256" t="s">
         <v>32</v>
       </c>
       <c r="D256" t="s">
         <v>391</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>59</v>
       </c>
       <c r="G256" t="s">
         <v>42</v>
       </c>
       <c r="H256">
         <v>2015</v>
       </c>
       <c r="I256">
         <v>2015</v>
       </c>
       <c r="J256" t="s">
         <v>34</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256" t="s">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="M256" t="s">
         <v>871</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P256" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B257" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="C257" t="s">
         <v>32</v>
       </c>
       <c r="D257" t="s">
         <v>897</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>59</v>
       </c>
       <c r="G257" t="s">
         <v>42</v>
       </c>
       <c r="H257">
         <v>2006</v>
       </c>
       <c r="I257">
         <v>2016</v>
       </c>
       <c r="J257" t="s">
         <v>34</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
         <v>871</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
+        <v>1353</v>
+      </c>
+      <c r="P257" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B258" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="C258" t="s">
         <v>32</v>
       </c>
       <c r="D258" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>59</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2016</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
         <v>34</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
         <v>871</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
+        <v>1358</v>
+      </c>
+      <c r="P258" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B259" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
       <c r="C259" t="s">
         <v>32</v>
       </c>
       <c r="D259" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>59</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2016</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>34</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
         <v>871</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P259" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B260" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="C260" t="s">
         <v>32</v>
       </c>
       <c r="D260" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>59</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2016</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>34</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260"/>
       <c r="M260" t="s">
         <v>871</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="P260" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B261" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
       <c r="C261" t="s">
         <v>32</v>
       </c>
       <c r="D261" t="s">
         <v>316</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>59</v>
       </c>
       <c r="G261" t="s">
         <v>42</v>
       </c>
       <c r="H261">
         <v>2000</v>
       </c>
       <c r="I261">
         <v>2016</v>
       </c>
       <c r="J261" t="s">
         <v>34</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
         <v>36</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P261" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B262" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="C262" t="s">
         <v>32</v>
       </c>
       <c r="D262" t="s">
         <v>316</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>59</v>
       </c>
       <c r="G262" t="s">
         <v>42</v>
       </c>
       <c r="H262">
         <v>2000</v>
       </c>
       <c r="I262">
         <v>2015</v>
       </c>
       <c r="J262" t="s">
         <v>34</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
         <v>871</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P262" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B263" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="C263" t="s">
         <v>32</v>
       </c>
       <c r="D263" t="s">
         <v>305</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>59</v>
       </c>
       <c r="G263" t="s">
         <v>42</v>
       </c>
       <c r="H263">
         <v>2000</v>
       </c>
       <c r="I263">
         <v>2013</v>
       </c>
       <c r="J263" t="s">
         <v>34</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M263" t="s">
         <v>871</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
+        <v>1379</v>
+      </c>
+      <c r="P263" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B264" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="C264" t="s">
         <v>32</v>
       </c>
       <c r="D264" t="s">
         <v>19</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>59</v>
       </c>
       <c r="G264" t="s">
         <v>42</v>
       </c>
       <c r="H264">
         <v>2001</v>
       </c>
       <c r="I264">
         <v>2013</v>
       </c>
       <c r="J264" t="s">
         <v>34</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264"/>
       <c r="M264" t="s">
         <v>36</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
+        <v>1383</v>
+      </c>
+      <c r="P264" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B265" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="C265" t="s">
         <v>32</v>
       </c>
       <c r="D265" t="s">
         <v>700</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>59</v>
       </c>
       <c r="G265" t="s">
         <v>42</v>
       </c>
       <c r="H265">
         <v>2002</v>
       </c>
       <c r="I265">
         <v>2014</v>
       </c>
       <c r="J265" t="s">
         <v>34</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="M265" t="s">
         <v>36</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P265" t="s">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B266" t="s">
         <v>1391</v>
-      </c>
-[...1 lines deleted...]
-        <v>1392</v>
       </c>
       <c r="C266" t="s">
         <v>32</v>
       </c>
       <c r="D266" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>59</v>
       </c>
       <c r="G266" t="s">
         <v>42</v>
       </c>
       <c r="H266">
         <v>1998</v>
       </c>
       <c r="I266">
         <v>2014</v>
       </c>
       <c r="J266" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K266" t="s">
+        <v>24</v>
+      </c>
+      <c r="L266" t="s">
         <v>1394</v>
-      </c>
-[...4 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="M266" t="s">
         <v>36</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P266" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B267" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="C267" t="s">
         <v>32</v>
       </c>
       <c r="D267" t="s">
         <v>135</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>59</v>
       </c>
       <c r="G267" t="s">
         <v>42</v>
       </c>
       <c r="H267">
         <v>2005</v>
       </c>
       <c r="I267">
         <v>2013</v>
       </c>
       <c r="J267" t="s">
         <v>34</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="M267" t="s">
         <v>871</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P267" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B268" t="s">
         <v>1403</v>
-      </c>
-[...1 lines deleted...]
-        <v>1404</v>
       </c>
       <c r="C268" t="s">
         <v>32</v>
       </c>
       <c r="D268" t="s">
         <v>370</v>
       </c>
       <c r="E268" t="s">
         <v>20</v>
       </c>
       <c r="F268" t="s">
         <v>59</v>
       </c>
       <c r="G268" t="s">
         <v>42</v>
       </c>
       <c r="H268">
         <v>2002</v>
       </c>
       <c r="I268">
         <v>2013</v>
       </c>
       <c r="J268" t="s">
         <v>34</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268"/>
       <c r="M268" t="s">
         <v>871</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
+        <v>1404</v>
+      </c>
+      <c r="P268" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B269" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="C269" t="s">
         <v>32</v>
       </c>
       <c r="D269" t="s">
         <v>305</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>59</v>
       </c>
       <c r="G269" t="s">
         <v>42</v>
       </c>
       <c r="H269">
         <v>2000</v>
       </c>
       <c r="I269">
         <v>2013</v>
       </c>
       <c r="J269" t="s">
         <v>34</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="M269" t="s">
         <v>36</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="P269"/>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B270" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
       <c r="C270" t="s">
         <v>32</v>
       </c>
       <c r="D270" t="s">
         <v>156</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>59</v>
       </c>
       <c r="G270" t="s">
         <v>42</v>
       </c>
       <c r="H270">
         <v>2011</v>
       </c>
       <c r="I270">
         <v>2013</v>
       </c>
       <c r="J270" t="s">
         <v>34</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
         <v>871</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P270" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B271" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="C271" t="s">
         <v>32</v>
       </c>
       <c r="D271" t="s">
         <v>947</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>59</v>
       </c>
       <c r="G271" t="s">
         <v>42</v>
       </c>
       <c r="H271">
         <v>2006</v>
       </c>
       <c r="I271">
         <v>2015</v>
       </c>
       <c r="J271" t="s">
         <v>34</v>
       </c>
       <c r="K271" t="s">
         <v>645</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
         <v>871</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
+        <v>1416</v>
+      </c>
+      <c r="P271" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B272" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="C272" t="s">
         <v>32</v>
       </c>
       <c r="D272" t="s">
         <v>774</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>59</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2013</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
         <v>34</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
         <v>36</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
+        <v>1420</v>
+      </c>
+      <c r="P272" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B273" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="C273" t="s">
         <v>32</v>
       </c>
       <c r="D273" t="s">
         <v>41</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>59</v>
       </c>
       <c r="G273" t="s">
         <v>42</v>
       </c>
       <c r="H273">
         <v>2012</v>
       </c>
       <c r="I273">
         <v>2012</v>
       </c>
       <c r="J273" t="s">
         <v>34</v>
       </c>
       <c r="K273" t="s">
         <v>287</v>
       </c>
       <c r="L273" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
       <c r="M273" t="s">
         <v>871</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
+        <v>1425</v>
+      </c>
+      <c r="P273" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B274" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="C274" t="s">
         <v>32</v>
       </c>
       <c r="D274" t="s">
         <v>72</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>59</v>
       </c>
       <c r="G274" t="s">
         <v>42</v>
       </c>
       <c r="H274">
         <v>2000</v>
       </c>
       <c r="I274">
         <v>2015</v>
       </c>
       <c r="J274" t="s">
         <v>34</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274"/>
       <c r="M274" t="s">
         <v>36</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
+        <v>1429</v>
+      </c>
+      <c r="P274" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B275" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="C275" t="s">
         <v>32</v>
       </c>
       <c r="D275" t="s">
         <v>322</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>59</v>
       </c>
       <c r="G275" t="s">
         <v>42</v>
       </c>
       <c r="H275">
         <v>2002</v>
       </c>
       <c r="I275">
         <v>2013</v>
       </c>
       <c r="J275" t="s">
         <v>34</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="M275" t="s">
         <v>36</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
+        <v>1434</v>
+      </c>
+      <c r="P275" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B276" t="s">
         <v>1437</v>
-      </c>
-[...1 lines deleted...]
-        <v>1438</v>
       </c>
       <c r="C276" t="s">
         <v>32</v>
       </c>
       <c r="D276" t="s">
         <v>72</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>59</v>
       </c>
       <c r="G276" t="s">
         <v>42</v>
       </c>
       <c r="H276">
         <v>2000</v>
       </c>
       <c r="I276">
         <v>2015</v>
       </c>
       <c r="J276" t="s">
         <v>34</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276"/>
       <c r="M276" t="s">
         <v>871</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
+        <v>1438</v>
+      </c>
+      <c r="P276" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B277" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
       <c r="C277" t="s">
         <v>32</v>
       </c>
       <c r="D277" t="s">
         <v>844</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>59</v>
       </c>
       <c r="G277" t="s">
         <v>42</v>
       </c>
       <c r="H277">
         <v>2001</v>
       </c>
       <c r="I277">
         <v>2013</v>
       </c>
       <c r="J277" t="s">
         <v>34</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
         <v>36</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
+        <v>1442</v>
+      </c>
+      <c r="P277" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B278" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
       <c r="C278" t="s">
         <v>32</v>
       </c>
       <c r="D278" t="s">
         <v>897</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>59</v>
       </c>
       <c r="G278" t="s">
         <v>42</v>
       </c>
       <c r="H278">
         <v>2006</v>
       </c>
       <c r="I278">
         <v>2013</v>
       </c>
       <c r="J278" t="s">
         <v>34</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278"/>
       <c r="M278" t="s">
         <v>871</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
+        <v>1446</v>
+      </c>
+      <c r="P278" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B279" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="C279" t="s">
         <v>32</v>
       </c>
       <c r="D279" t="s">
         <v>808</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>59</v>
       </c>
       <c r="G279" t="s">
         <v>42</v>
       </c>
       <c r="H279">
         <v>2001</v>
       </c>
       <c r="I279">
         <v>2013</v>
       </c>
       <c r="J279" t="s">
         <v>34</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279"/>
       <c r="M279" t="s">
         <v>36</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P279" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B280" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="C280" t="s">
         <v>32</v>
       </c>
       <c r="D280" t="s">
         <v>275</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>59</v>
       </c>
       <c r="G280" t="s">
         <v>42</v>
       </c>
       <c r="H280">
         <v>2011</v>
       </c>
       <c r="I280">
         <v>2011</v>
       </c>
       <c r="J280" t="s">
         <v>34</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="M280" t="s">
         <v>871</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
+        <v>1455</v>
+      </c>
+      <c r="P280" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B281" t="s">
         <v>1458</v>
-      </c>
-[...1 lines deleted...]
-        <v>1459</v>
       </c>
       <c r="C281" t="s">
         <v>32</v>
       </c>
       <c r="D281" t="s">
         <v>360</v>
       </c>
       <c r="E281" t="s">
         <v>20</v>
       </c>
       <c r="F281" t="s">
         <v>59</v>
       </c>
       <c r="G281" t="s">
         <v>22</v>
       </c>
       <c r="H281">
         <v>2014</v>
       </c>
       <c r="I281"/>
       <c r="J281" t="s">
         <v>34</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281"/>
       <c r="M281" t="s">
         <v>36</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
+        <v>1459</v>
+      </c>
+      <c r="P281" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B282" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="C282" t="s">
         <v>32</v>
       </c>
       <c r="D282" t="s">
         <v>91</v>
       </c>
       <c r="E282" t="s">
         <v>20</v>
       </c>
       <c r="F282" t="s">
         <v>59</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2015</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
         <v>34</v>
       </c>
       <c r="K282" t="s">
         <v>60</v>
       </c>
       <c r="L282"/>
       <c r="M282" t="s">
         <v>871</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
+        <v>1463</v>
+      </c>
+      <c r="P282" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B283" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
       <c r="C283" t="s">
         <v>32</v>
       </c>
       <c r="D283" t="s">
         <v>305</v>
       </c>
       <c r="E283" t="s">
         <v>20</v>
       </c>
       <c r="F283" t="s">
         <v>59</v>
       </c>
       <c r="G283" t="s">
         <v>42</v>
       </c>
       <c r="H283">
         <v>2000</v>
       </c>
       <c r="I283">
         <v>2013</v>
       </c>
       <c r="J283" t="s">
         <v>34</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283" t="s">
         <v>1169</v>
       </c>
       <c r="M283" t="s">
         <v>36</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
+        <v>1467</v>
+      </c>
+      <c r="P283" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B284" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="C284" t="s">
         <v>32</v>
       </c>
       <c r="D284" t="s">
         <v>937</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>59</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>2011</v>
       </c>
       <c r="I284"/>
       <c r="J284" t="s">
         <v>34</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
-        <v>1472</v>
+        <v>1471</v>
       </c>
       <c r="M284" t="s">
         <v>36</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P284" t="s">
         <v>1473</v>
-      </c>
-[...1 lines deleted...]
-        <v>1474</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B285" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="C285" t="s">
         <v>32</v>
       </c>
       <c r="D285" t="s">
         <v>682</v>
       </c>
       <c r="E285" t="s">
         <v>20</v>
       </c>
       <c r="F285" t="s">
         <v>59</v>
       </c>
       <c r="G285" t="s">
         <v>22</v>
       </c>
       <c r="H285">
         <v>2014</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>34</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="M285" t="s">
         <v>36</v>
       </c>
       <c r="N285" t="s">
         <v>27</v>
       </c>
       <c r="O285" t="s">
+        <v>1476</v>
+      </c>
+      <c r="P285" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B286" t="s">
         <v>1479</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
       <c r="C286" t="s">
         <v>32</v>
       </c>
       <c r="D286" t="s">
         <v>269</v>
       </c>
       <c r="E286" t="s">
         <v>20</v>
       </c>
       <c r="F286" t="s">
         <v>59</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>2013</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>34</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286"/>
       <c r="M286" t="s">
         <v>36</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
+        <v>1480</v>
+      </c>
+      <c r="P286" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B287" t="s">
         <v>1483</v>
-      </c>
-[...1 lines deleted...]
-        <v>1484</v>
       </c>
       <c r="C287" t="s">
         <v>32</v>
       </c>
       <c r="D287" t="s">
         <v>305</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>59</v>
       </c>
       <c r="G287" t="s">
         <v>42</v>
       </c>
       <c r="H287">
         <v>2000</v>
       </c>
       <c r="I287">
         <v>2014</v>
       </c>
       <c r="J287" t="s">
         <v>34</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287"/>
       <c r="M287" t="s">
         <v>871</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
+        <v>1484</v>
+      </c>
+      <c r="P287" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B288" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
       <c r="C288" t="s">
         <v>32</v>
       </c>
       <c r="D288" t="s">
         <v>269</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
         <v>59</v>
       </c>
       <c r="G288" t="s">
         <v>22</v>
       </c>
       <c r="H288">
         <v>2013</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
         <v>34</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288"/>
       <c r="M288" t="s">
         <v>36</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
+        <v>1488</v>
+      </c>
+      <c r="P288" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B289" t="s">
         <v>1491</v>
-      </c>
-[...1 lines deleted...]
-        <v>1492</v>
       </c>
       <c r="C289" t="s">
         <v>1038</v>
       </c>
       <c r="D289" t="s">
-        <v>1493</v>
+        <v>1492</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
         <v>22</v>
       </c>
       <c r="H289">
         <v>2022</v>
       </c>
       <c r="I289"/>
       <c r="J289" t="s">
+        <v>1493</v>
+      </c>
+      <c r="K289" t="s">
+        <v>24</v>
+      </c>
+      <c r="L289" t="s">
         <v>1494</v>
       </c>
-      <c r="K289" t="s">
-[...2 lines deleted...]
-      <c r="L289" t="s">
+      <c r="M289" t="s">
         <v>1495</v>
       </c>
-      <c r="M289" t="s">
+      <c r="N289" t="s">
+        <v>27</v>
+      </c>
+      <c r="O289" t="s">
         <v>1496</v>
       </c>
-      <c r="N289" t="s">
-[...2 lines deleted...]
-      <c r="O289" t="s">
+      <c r="P289" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B290" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
       <c r="C290" t="s">
         <v>1038</v>
       </c>
       <c r="D290" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
         <v>2022</v>
       </c>
       <c r="I290"/>
       <c r="J290" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K290" t="s">
         <v>24</v>
       </c>
       <c r="L290" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
         <v>1502</v>
       </c>
-      <c r="M290" t="s">
-[...5 lines deleted...]
-      <c r="O290" t="s">
+      <c r="P290" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B291" t="s">
         <v>1505</v>
-      </c>
-[...1 lines deleted...]
-        <v>1506</v>
       </c>
       <c r="C291" t="s">
         <v>1038</v>
       </c>
       <c r="D291" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
         <v>2022</v>
       </c>
       <c r="I291"/>
       <c r="J291" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K291" t="s">
         <v>60</v>
       </c>
       <c r="L291" t="s">
+        <v>1507</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
         <v>1508</v>
       </c>
-      <c r="M291" t="s">
-[...5 lines deleted...]
-      <c r="O291" t="s">
+      <c r="P291" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B292" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
       <c r="C292" t="s">
         <v>1038</v>
       </c>
       <c r="D292" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2022</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
         <v>1514</v>
       </c>
-      <c r="M292" t="s">
-[...5 lines deleted...]
-      <c r="O292" t="s">
+      <c r="P292" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B293" t="s">
         <v>1517</v>
-      </c>
-[...1 lines deleted...]
-        <v>1518</v>
       </c>
       <c r="C293" t="s">
         <v>1038</v>
       </c>
       <c r="D293" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2022</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K293" t="s">
         <v>60</v>
       </c>
       <c r="L293" t="s">
+        <v>1519</v>
+      </c>
+      <c r="M293" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N293" t="s">
+        <v>27</v>
+      </c>
+      <c r="O293" t="s">
         <v>1520</v>
       </c>
-      <c r="M293" t="s">
-[...5 lines deleted...]
-      <c r="O293" t="s">
+      <c r="P293" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B294" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
       <c r="C294" t="s">
         <v>1038</v>
       </c>
       <c r="D294" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="E294" t="s">
         <v>20</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2022</v>
       </c>
       <c r="I294"/>
       <c r="J294" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K294" t="s">
+        <v>1525</v>
+      </c>
+      <c r="L294" t="s">
         <v>1526</v>
       </c>
-      <c r="L294" t="s">
+      <c r="M294" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N294" t="s">
         <v>1527</v>
       </c>
-      <c r="M294" t="s">
-[...2 lines deleted...]
-      <c r="N294" t="s">
+      <c r="O294" t="s">
         <v>1528</v>
       </c>
-      <c r="O294" t="s">
+      <c r="P294" t="s">
         <v>1529</v>
-      </c>
-[...1 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B295" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="C295" t="s">
         <v>1038</v>
       </c>
       <c r="D295" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
       <c r="E295" t="s">
         <v>20</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2022</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K295" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="L295" t="s">
+        <v>1533</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N295" t="s">
+        <v>1527</v>
+      </c>
+      <c r="O295" t="s">
         <v>1534</v>
       </c>
-      <c r="M295" t="s">
-[...5 lines deleted...]
-      <c r="O295" t="s">
+      <c r="P295" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B296" t="s">
         <v>1537</v>
-      </c>
-[...1 lines deleted...]
-        <v>1538</v>
       </c>
       <c r="C296" t="s">
         <v>1038</v>
       </c>
       <c r="D296" t="s">
         <v>275</v>
       </c>
       <c r="E296" t="s">
         <v>20</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2022</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K296" t="s">
         <v>24</v>
       </c>
       <c r="L296" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
         <v>1539</v>
       </c>
-      <c r="M296" t="s">
-[...5 lines deleted...]
-      <c r="O296" t="s">
+      <c r="P296" t="s">
         <v>1540</v>
-      </c>
-[...1 lines deleted...]
-        <v>1541</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B297" t="s">
         <v>1542</v>
-      </c>
-[...1 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="C297" t="s">
         <v>1038</v>
       </c>
       <c r="D297" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="E297" t="s">
         <v>20</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
         <v>2022</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K297" t="s">
         <v>60</v>
       </c>
       <c r="L297" t="s">
+        <v>1544</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
         <v>1545</v>
       </c>
-      <c r="M297" t="s">
-[...5 lines deleted...]
-      <c r="O297" t="s">
+      <c r="P297" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B298" t="s">
         <v>1548</v>
-      </c>
-[...1 lines deleted...]
-        <v>1549</v>
       </c>
       <c r="C298" t="s">
         <v>1038</v>
       </c>
       <c r="D298" t="s">
-        <v>1550</v>
+        <v>1549</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2022</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K298" t="s">
         <v>24</v>
       </c>
       <c r="L298" t="s">
+        <v>1550</v>
+      </c>
+      <c r="M298" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
         <v>1551</v>
       </c>
-      <c r="M298" t="s">
-[...5 lines deleted...]
-      <c r="O298" t="s">
+      <c r="P298" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B299" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="C299" t="s">
         <v>743</v>
       </c>
       <c r="D299" t="s">
         <v>19</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
         <v>59</v>
       </c>
       <c r="G299" t="s">
         <v>22</v>
       </c>
       <c r="H299">
         <v>2012</v>
       </c>
       <c r="I299"/>
       <c r="J299" t="s">
         <v>1161</v>
       </c>
       <c r="K299" t="s">
         <v>24</v>
       </c>
       <c r="L299"/>
       <c r="M299" t="s">
         <v>745</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
+        <v>1555</v>
+      </c>
+      <c r="P299" t="s">
         <v>1556</v>
-      </c>
-[...1 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B300" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="C300" t="s">
         <v>743</v>
       </c>
       <c r="D300" t="s">
         <v>19</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>59</v>
       </c>
       <c r="G300" t="s">
         <v>22</v>
       </c>
       <c r="H300">
         <v>2012</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
         <v>1161</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300"/>
       <c r="M300" t="s">
         <v>745</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1559</v>
+        <v>1558</v>
       </c>
       <c r="P300" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B301" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="C301" t="s">
         <v>743</v>
       </c>
       <c r="D301" t="s">
-        <v>1561</v>
+        <v>1560</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>59</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>2012</v>
       </c>
       <c r="I301"/>
       <c r="J301" t="s">
         <v>1161</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301"/>
       <c r="M301" t="s">
         <v>745</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="P301" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B302" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="C302" t="s">
         <v>743</v>
       </c>
       <c r="D302" t="s">
         <v>91</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>59</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2010</v>
       </c>
       <c r="I302"/>
       <c r="J302" t="s">
         <v>744</v>
       </c>
       <c r="K302" t="s">
         <v>60</v>
       </c>
       <c r="L302"/>
       <c r="M302" t="s">
         <v>745</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
+        <v>1563</v>
+      </c>
+      <c r="P302" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B303" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="C303" t="s">
         <v>743</v>
       </c>
       <c r="D303" t="s">
         <v>97</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>59</v>
       </c>
       <c r="G303" t="s">
         <v>42</v>
       </c>
       <c r="H303">
         <v>1996</v>
       </c>
       <c r="I303">
         <v>2012</v>
       </c>
       <c r="J303" t="s">
         <v>744</v>
       </c>
       <c r="K303" t="s">
         <v>1226</v>
       </c>
       <c r="L303"/>
       <c r="M303" t="s">
         <v>745</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="P303" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B304" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="C304" t="s">
         <v>743</v>
       </c>
       <c r="D304" t="s">
         <v>97</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>59</v>
       </c>
       <c r="G304" t="s">
         <v>42</v>
       </c>
       <c r="H304">
         <v>1996</v>
       </c>
       <c r="I304">
         <v>2012</v>
       </c>
       <c r="J304" t="s">
         <v>744</v>
       </c>
       <c r="K304" t="s">
         <v>1226</v>
       </c>
       <c r="L304"/>
       <c r="M304" t="s">
         <v>745</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P304" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B305" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="C305" t="s">
         <v>743</v>
       </c>
       <c r="D305" t="s">
         <v>167</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>59</v>
       </c>
       <c r="G305" t="s">
         <v>42</v>
       </c>
       <c r="H305">
         <v>2010</v>
       </c>
       <c r="I305">
         <v>2012</v>
       </c>
       <c r="J305" t="s">
         <v>1161</v>
       </c>
       <c r="K305" t="s">
         <v>24</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
         <v>745</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="P305" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B306" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="C306" t="s">
         <v>743</v>
       </c>
       <c r="D306" t="s">
         <v>19</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>59</v>
       </c>
       <c r="G306" t="s">
         <v>42</v>
       </c>
       <c r="H306">
         <v>2012</v>
       </c>
       <c r="I306">
         <v>2012</v>
       </c>
       <c r="J306" t="s">
         <v>1161</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306"/>
       <c r="M306" t="s">
         <v>745</v>
       </c>
       <c r="N306" t="s">
         <v>27</v>
       </c>
       <c r="O306" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="P306" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B307" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="C307" t="s">
         <v>743</v>
       </c>
       <c r="D307" t="s">
         <v>478</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>59</v>
       </c>
       <c r="G307" t="s">
         <v>42</v>
       </c>
       <c r="H307">
         <v>2012</v>
       </c>
       <c r="I307">
         <v>2012</v>
       </c>
       <c r="J307" t="s">
         <v>1161</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307"/>
       <c r="M307" t="s">
         <v>745</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="P307" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B308" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="C308" t="s">
         <v>743</v>
       </c>
       <c r="D308" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="E308" t="s">
         <v>20</v>
       </c>
       <c r="F308" t="s">
         <v>59</v>
       </c>
       <c r="G308" t="s">
         <v>42</v>
       </c>
       <c r="H308">
         <v>1996</v>
       </c>
       <c r="I308">
         <v>2012</v>
       </c>
       <c r="J308" t="s">
         <v>744</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308"/>
       <c r="M308" t="s">
         <v>745</v>
       </c>
       <c r="N308" t="s">
         <v>27</v>
       </c>
       <c r="O308" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="P308" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B309" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="C309" t="s">
         <v>743</v>
       </c>
       <c r="D309" t="s">
         <v>360</v>
       </c>
       <c r="E309" t="s">
         <v>20</v>
       </c>
       <c r="F309" t="s">
         <v>59</v>
       </c>
       <c r="G309" t="s">
         <v>42</v>
       </c>
       <c r="H309">
         <v>1996</v>
       </c>
       <c r="I309">
         <v>2012</v>
       </c>
       <c r="J309" t="s">
         <v>744</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
         <v>745</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="P309" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="B310" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="C310" t="s">
         <v>743</v>
       </c>
       <c r="D310" t="s">
         <v>208</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>59</v>
       </c>
       <c r="G310" t="s">
         <v>42</v>
       </c>
       <c r="H310">
         <v>2012</v>
       </c>
       <c r="I310">
         <v>2012</v>
       </c>
       <c r="J310" t="s">
         <v>1161</v>
       </c>
       <c r="K310" t="s">
         <v>24</v>
       </c>
       <c r="L310"/>
       <c r="M310" t="s">
         <v>745</v>
       </c>
       <c r="N310" t="s">
         <v>100</v>
       </c>
       <c r="O310" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="P310" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B311" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
       <c r="C311" t="s">
         <v>743</v>
       </c>
       <c r="D311" t="s">
         <v>344</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>59</v>
       </c>
       <c r="G311" t="s">
         <v>42</v>
       </c>
       <c r="H311">
         <v>1996</v>
       </c>
       <c r="I311">
         <v>2010</v>
       </c>
       <c r="J311" t="s">
         <v>744</v>
       </c>
       <c r="K311" t="s">
         <v>24</v>
       </c>
       <c r="L311"/>
       <c r="M311" t="s">
         <v>745</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="P311" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B312" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="C312" t="s">
         <v>743</v>
       </c>
       <c r="D312" t="s">
         <v>376</v>
       </c>
       <c r="E312" t="s">
         <v>20</v>
       </c>
       <c r="F312" t="s">
         <v>59</v>
       </c>
       <c r="G312" t="s">
         <v>42</v>
       </c>
       <c r="H312">
         <v>1996</v>
       </c>
       <c r="I312">
         <v>2012</v>
       </c>
       <c r="J312" t="s">
         <v>744</v>
       </c>
       <c r="K312" t="s">
         <v>24</v>
       </c>
       <c r="L312" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="M312" t="s">
         <v>745</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="P312" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B313" t="s">
         <v>1590</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="C313" t="s">
         <v>743</v>
       </c>
       <c r="D313" t="s">
         <v>97</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
         <v>59</v>
       </c>
       <c r="G313" t="s">
         <v>42</v>
       </c>
       <c r="H313">
         <v>1996</v>
       </c>
       <c r="I313">
         <v>2010</v>
       </c>
       <c r="J313" t="s">
         <v>744</v>
       </c>
       <c r="K313" t="s">
         <v>645</v>
       </c>
       <c r="L313"/>
       <c r="M313" t="s">
         <v>745</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1592</v>
+        <v>1591</v>
       </c>
       <c r="P313" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B314" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
       <c r="C314" t="s">
         <v>743</v>
       </c>
       <c r="D314" t="s">
         <v>426</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>59</v>
       </c>
       <c r="G314" t="s">
         <v>42</v>
       </c>
       <c r="H314">
         <v>1996</v>
       </c>
       <c r="I314">
         <v>2010</v>
       </c>
       <c r="J314" t="s">
         <v>744</v>
       </c>
       <c r="K314" t="s">
         <v>24</v>
       </c>
       <c r="L314"/>
       <c r="M314" t="s">
         <v>745</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="P314" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B315" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="C315" t="s">
         <v>743</v>
       </c>
       <c r="D315" t="s">
         <v>97</v>
       </c>
       <c r="E315" t="s">
         <v>20</v>
       </c>
       <c r="F315" t="s">
         <v>59</v>
       </c>
       <c r="G315" t="s">
         <v>42</v>
       </c>
       <c r="H315">
         <v>1996</v>
       </c>
       <c r="I315">
         <v>2010</v>
       </c>
       <c r="J315" t="s">
         <v>744</v>
       </c>
       <c r="K315" t="s">
         <v>645</v>
       </c>
       <c r="L315"/>
       <c r="M315" t="s">
         <v>745</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="P315" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B316" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
       <c r="C316" t="s">
         <v>743</v>
       </c>
       <c r="D316" t="s">
         <v>167</v>
       </c>
       <c r="E316" t="s">
         <v>20</v>
       </c>
       <c r="F316" t="s">
         <v>59</v>
       </c>
       <c r="G316" t="s">
         <v>42</v>
       </c>
       <c r="H316">
         <v>1996</v>
       </c>
       <c r="I316">
         <v>2010</v>
       </c>
       <c r="J316" t="s">
         <v>1161</v>
       </c>
       <c r="K316" t="s">
         <v>24</v>
       </c>
       <c r="L316"/>
       <c r="M316" t="s">
         <v>745</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="P316" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1599</v>
+        <v>1598</v>
       </c>
       <c r="B317" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="C317" t="s">
         <v>743</v>
       </c>
       <c r="D317" t="s">
         <v>105</v>
       </c>
       <c r="E317" t="s">
         <v>20</v>
       </c>
       <c r="F317" t="s">
         <v>59</v>
       </c>
       <c r="G317" t="s">
         <v>42</v>
       </c>
       <c r="H317">
         <v>1996</v>
       </c>
       <c r="I317">
         <v>2010</v>
       </c>
       <c r="J317" t="s">
         <v>744</v>
       </c>
       <c r="K317" t="s">
         <v>645</v>
       </c>
       <c r="L317"/>
       <c r="M317" t="s">
         <v>745</v>
       </c>
       <c r="N317" t="s">
         <v>27</v>
       </c>
       <c r="O317" t="s">
-        <v>1603</v>
+        <v>1602</v>
       </c>
       <c r="P317" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B318" t="s">
         <v>1604</v>
-      </c>
-[...1 lines deleted...]
-        <v>1605</v>
       </c>
       <c r="C318" t="s">
         <v>743</v>
       </c>
       <c r="D318" t="s">
         <v>414</v>
       </c>
       <c r="E318" t="s">
         <v>20</v>
       </c>
       <c r="F318" t="s">
         <v>59</v>
       </c>
       <c r="G318" t="s">
         <v>42</v>
       </c>
       <c r="H318">
         <v>1996</v>
       </c>
       <c r="I318">
         <v>2010</v>
       </c>
       <c r="J318" t="s">
         <v>744</v>
       </c>
       <c r="K318" t="s">
         <v>24</v>
       </c>
       <c r="L318"/>
       <c r="M318" t="s">
         <v>745</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="P318" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="B319" t="s">
         <v>478</v>
       </c>
       <c r="C319" t="s">
         <v>743</v>
       </c>
       <c r="D319" t="s">
         <v>478</v>
       </c>
       <c r="E319" t="s">
         <v>20</v>
       </c>
       <c r="F319" t="s">
         <v>59</v>
       </c>
       <c r="G319" t="s">
         <v>42</v>
       </c>
       <c r="H319">
         <v>1996</v>
       </c>
       <c r="I319">
         <v>2010</v>
       </c>
       <c r="J319" t="s">
         <v>727</v>
       </c>
       <c r="K319" t="s">
         <v>24</v>
       </c>
       <c r="L319"/>
       <c r="M319" t="s">
         <v>745</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P319" t="s">
         <v>1608</v>
-      </c>
-[...1 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B320" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
       <c r="C320" t="s">
         <v>743</v>
       </c>
       <c r="D320" t="s">
         <v>391</v>
       </c>
       <c r="E320" t="s">
         <v>20</v>
       </c>
       <c r="F320" t="s">
         <v>59</v>
       </c>
       <c r="G320" t="s">
         <v>42</v>
       </c>
       <c r="H320">
         <v>1996</v>
       </c>
       <c r="I320">
         <v>2010</v>
       </c>
       <c r="J320" t="s">
         <v>744</v>
       </c>
       <c r="K320" t="s">
         <v>24</v>
       </c>
       <c r="L320"/>
       <c r="M320" t="s">
         <v>745</v>
       </c>
       <c r="N320" t="s">
         <v>27</v>
       </c>
       <c r="O320" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="P320" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B321" t="s">
         <v>1613</v>
-      </c>
-[...1 lines deleted...]
-        <v>1614</v>
       </c>
       <c r="C321" t="s">
         <v>18</v>
       </c>
       <c r="D321" t="s">
         <v>774</v>
       </c>
       <c r="E321" t="s">
         <v>20</v>
       </c>
       <c r="F321" t="s">
         <v>21</v>
       </c>
       <c r="G321" t="s">
         <v>50</v>
       </c>
       <c r="H321"/>
       <c r="I321"/>
       <c r="J321" t="s">
         <v>727</v>
       </c>
       <c r="K321" t="s">
         <v>24</v>
       </c>
       <c r="L321" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="M321" t="s">
         <v>26</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="P321" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B322" t="s">
         <v>1617</v>
-      </c>
-[...1 lines deleted...]
-        <v>1618</v>
       </c>
       <c r="C322" t="s">
         <v>57</v>
       </c>
       <c r="D322" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="E322" t="s">
         <v>20</v>
       </c>
       <c r="F322" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="G322" t="s">
         <v>22</v>
       </c>
       <c r="H322">
         <v>2022</v>
       </c>
       <c r="I322"/>
       <c r="J322" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="K322" t="s">
         <v>287</v>
       </c>
       <c r="L322" t="s">
+        <v>1620</v>
+      </c>
+      <c r="M322" t="s">
         <v>1621</v>
       </c>
-      <c r="M322" t="s">
+      <c r="N322" t="s">
         <v>1622</v>
       </c>
-      <c r="N322" t="s">
+      <c r="O322" t="s">
         <v>1623</v>
       </c>
-      <c r="O322" t="s">
+      <c r="P322" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B323" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="C323" t="s">
         <v>32</v>
       </c>
       <c r="D323" t="s">
         <v>19</v>
       </c>
       <c r="E323" t="s">
         <v>20</v>
       </c>
       <c r="F323" t="s">
         <v>33</v>
       </c>
       <c r="G323" t="s">
         <v>42</v>
       </c>
       <c r="H323">
         <v>2012</v>
       </c>
       <c r="I323">
         <v>2012</v>
       </c>
       <c r="J323" t="s">
         <v>34</v>
       </c>
       <c r="K323" t="s">
         <v>24</v>
       </c>
       <c r="L323" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="M323" t="s">
         <v>871</v>
       </c>
       <c r="N323" t="s">
         <v>27</v>
       </c>
       <c r="O323" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="P323" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B324" t="s">
         <v>1630</v>
       </c>
-      <c r="B324" t="s">
+      <c r="C324" t="s">
         <v>1631</v>
       </c>
-      <c r="C324" t="s">
+      <c r="D324" t="s">
         <v>1632</v>
-      </c>
-[...1 lines deleted...]
-        <v>1633</v>
       </c>
       <c r="E324" t="s">
         <v>20</v>
       </c>
       <c r="F324" t="s">
         <v>49</v>
       </c>
       <c r="G324" t="s">
         <v>50</v>
       </c>
       <c r="H324"/>
       <c r="I324"/>
       <c r="J324" t="s">
         <v>51</v>
       </c>
       <c r="K324" t="s">
         <v>583</v>
       </c>
       <c r="L324"/>
       <c r="M324" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="N324" t="s">
         <v>585</v>
       </c>
       <c r="O324" t="s">
+        <v>1634</v>
+      </c>
+      <c r="P324" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B325" t="s">
         <v>1637</v>
       </c>
-      <c r="B325" t="s">
+      <c r="C325" t="s">
         <v>1638</v>
       </c>
-      <c r="C325" t="s">
+      <c r="D325" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
       <c r="E325" t="s">
         <v>20</v>
       </c>
       <c r="F325" t="s">
         <v>21</v>
       </c>
       <c r="G325" t="s">
         <v>42</v>
       </c>
       <c r="H325">
         <v>2002</v>
       </c>
       <c r="I325">
         <v>2010</v>
       </c>
       <c r="J325" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="K325" t="s">
         <v>60</v>
       </c>
       <c r="L325" t="s">
+        <v>1641</v>
+      </c>
+      <c r="M325" t="s">
         <v>1642</v>
       </c>
-      <c r="M325" t="s">
+      <c r="N325" t="s">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
         <v>1643</v>
       </c>
-      <c r="N325" t="s">
-[...2 lines deleted...]
-      <c r="O325" t="s">
+      <c r="P325" t="s">
         <v>1644</v>
-      </c>
-[...1 lines deleted...]
-        <v>1645</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B326" t="s">
         <v>1646</v>
       </c>
-      <c r="B326" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C326" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="D326" t="s">
         <v>105</v>
       </c>
       <c r="E326" t="s">
         <v>20</v>
       </c>
       <c r="F326" t="s">
         <v>21</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
         <v>2012</v>
       </c>
       <c r="I326"/>
       <c r="J326" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="K326" t="s">
         <v>24</v>
       </c>
       <c r="L326" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M326" t="s">
+        <v>1642</v>
+      </c>
+      <c r="N326" t="s">
+        <v>27</v>
+      </c>
+      <c r="O326" t="s">
         <v>1648</v>
       </c>
-      <c r="M326" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P326" t="s">
-        <v>1645</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B327" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
       <c r="C327" t="s">
         <v>743</v>
       </c>
       <c r="D327" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="E327" t="s">
         <v>20</v>
       </c>
       <c r="F327" t="s">
         <v>59</v>
       </c>
       <c r="G327" t="s">
         <v>42</v>
       </c>
       <c r="H327">
         <v>2006</v>
       </c>
       <c r="I327">
         <v>2015</v>
       </c>
       <c r="J327" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K327" t="s">
         <v>583</v>
       </c>
       <c r="L327" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M327" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>1655</v>
       </c>
       <c r="N327" t="s">
         <v>585</v>
       </c>
       <c r="O327" t="s">
+        <v>1655</v>
+      </c>
+      <c r="P327" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B328" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="C328" t="s">
         <v>743</v>
       </c>
       <c r="D328" t="s">
         <v>590</v>
       </c>
       <c r="E328" t="s">
         <v>20</v>
       </c>
       <c r="F328" t="s">
         <v>59</v>
       </c>
       <c r="G328" t="s">
         <v>42</v>
       </c>
       <c r="H328">
         <v>2001</v>
       </c>
       <c r="I328">
         <v>2012</v>
       </c>
       <c r="J328" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K328" t="s">
         <v>583</v>
       </c>
       <c r="L328" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="M328" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="N328" t="s">
         <v>585</v>
       </c>
       <c r="O328" t="s">
+        <v>1660</v>
+      </c>
+      <c r="P328" t="s">
         <v>1661</v>
-      </c>
-[...1 lines deleted...]
-        <v>1662</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B329" t="s">
         <v>1663</v>
-      </c>
-[...1 lines deleted...]
-        <v>1664</v>
       </c>
       <c r="C329" t="s">
         <v>743</v>
       </c>
       <c r="D329" t="s">
         <v>596</v>
       </c>
       <c r="E329" t="s">
         <v>20</v>
       </c>
       <c r="F329" t="s">
         <v>59</v>
       </c>
       <c r="G329" t="s">
         <v>42</v>
       </c>
       <c r="H329">
         <v>1994</v>
       </c>
       <c r="I329">
         <v>2013</v>
       </c>
       <c r="J329" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K329" t="s">
         <v>583</v>
       </c>
       <c r="L329" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="M329" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="N329" t="s">
         <v>585</v>
       </c>
       <c r="O329" t="s">
+        <v>1665</v>
+      </c>
+      <c r="P329" t="s">
         <v>1666</v>
-      </c>
-[...1 lines deleted...]
-        <v>1667</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B330" t="s">
         <v>1668</v>
-      </c>
-[...1 lines deleted...]
-        <v>1669</v>
       </c>
       <c r="C330" t="s">
         <v>743</v>
       </c>
       <c r="D330" t="s">
         <v>613</v>
       </c>
       <c r="E330" t="s">
         <v>20</v>
       </c>
       <c r="F330" t="s">
         <v>59</v>
       </c>
       <c r="G330" t="s">
         <v>42</v>
       </c>
       <c r="H330">
         <v>1992</v>
       </c>
       <c r="I330">
         <v>2012</v>
       </c>
       <c r="J330" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K330" t="s">
         <v>583</v>
       </c>
       <c r="L330" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="M330" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="N330" t="s">
         <v>585</v>
       </c>
       <c r="O330" t="s">
+        <v>1669</v>
+      </c>
+      <c r="P330" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B331" t="s">
         <v>1672</v>
-      </c>
-[...1 lines deleted...]
-        <v>1673</v>
       </c>
       <c r="C331" t="s">
         <v>32</v>
       </c>
       <c r="D331" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="E331" t="s">
         <v>20</v>
       </c>
       <c r="F331" t="s">
         <v>33</v>
       </c>
       <c r="G331" t="s">
         <v>42</v>
       </c>
       <c r="H331">
         <v>1981</v>
       </c>
       <c r="I331">
         <v>2002</v>
       </c>
       <c r="J331" t="s">
         <v>34</v>
       </c>
       <c r="K331" t="s">
         <v>24</v>
       </c>
       <c r="L331"/>
       <c r="M331" t="s">
         <v>871</v>
       </c>
       <c r="N331" t="s">
         <v>100</v>
       </c>
       <c r="O331" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="P331" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B332" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
       <c r="C332" t="s">
         <v>32</v>
       </c>
       <c r="D332" t="s">
         <v>156</v>
       </c>
       <c r="E332" t="s">
         <v>20</v>
       </c>
       <c r="F332" t="s">
         <v>33</v>
       </c>
       <c r="G332" t="s">
         <v>22</v>
       </c>
       <c r="H332">
         <v>2011</v>
       </c>
       <c r="I332"/>
       <c r="J332" t="s">
         <v>34</v>
       </c>
       <c r="K332" t="s">
         <v>24</v>
       </c>
       <c r="L332" t="s">
         <v>922</v>
       </c>
       <c r="M332" t="s">
         <v>36</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
       <c r="P332" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B333" t="s">
         <v>1678</v>
-      </c>
-[...1 lines deleted...]
-        <v>1679</v>
       </c>
       <c r="C333" t="s">
         <v>32</v>
       </c>
       <c r="D333" t="s">
         <v>167</v>
       </c>
       <c r="E333" t="s">
         <v>20</v>
       </c>
       <c r="F333" t="s">
         <v>33</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
         <v>2003</v>
       </c>
       <c r="I333"/>
       <c r="J333" t="s">
         <v>34</v>
       </c>
       <c r="K333" t="s">
         <v>24</v>
       </c>
       <c r="L333" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="M333" t="s">
         <v>871</v>
       </c>
       <c r="N333" t="s">
         <v>27</v>
       </c>
       <c r="O333" t="s">
-        <v>1681</v>
+        <v>1680</v>
       </c>
       <c r="P333" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B334" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
       <c r="C334" t="s">
         <v>1152</v>
       </c>
       <c r="D334" t="s">
         <v>1153</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
         <v>33</v>
       </c>
       <c r="G334" t="s">
         <v>22</v>
       </c>
       <c r="H334">
         <v>2013</v>
       </c>
       <c r="I334"/>
       <c r="J334" t="s">
         <v>23</v>
       </c>
       <c r="K334" t="s">
         <v>24</v>
       </c>
       <c r="L334"/>
       <c r="M334" t="s">
         <v>1155</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="P334" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B335" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="C335" t="s">
         <v>1038</v>
       </c>
       <c r="D335" t="s">
         <v>91</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G335" t="s">
         <v>22</v>
       </c>
       <c r="H335">
         <v>2018</v>
       </c>
       <c r="I335"/>
       <c r="J335" t="s">
         <v>1039</v>
       </c>
       <c r="K335" t="s">
         <v>60</v>
       </c>
       <c r="L335"/>
       <c r="M335" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P335" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B336" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
       <c r="C336" t="s">
         <v>1038</v>
       </c>
       <c r="D336" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="E336" t="s">
         <v>20</v>
       </c>
       <c r="F336" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G336" t="s">
         <v>22</v>
       </c>
       <c r="H336">
         <v>2009</v>
       </c>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K336" t="s">
         <v>24</v>
       </c>
       <c r="L336"/>
       <c r="M336" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
+        <v>1692</v>
+      </c>
+      <c r="P336" t="s">
         <v>1693</v>
-      </c>
-[...1 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B337" t="s">
         <v>1695</v>
-      </c>
-[...1 lines deleted...]
-        <v>1696</v>
       </c>
       <c r="C337" t="s">
         <v>1038</v>
       </c>
       <c r="D337" t="s">
         <v>370</v>
       </c>
       <c r="E337" t="s">
         <v>20</v>
       </c>
       <c r="F337" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G337" t="s">
         <v>22</v>
       </c>
       <c r="H337">
         <v>2015</v>
       </c>
       <c r="I337"/>
       <c r="J337" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K337" t="s">
         <v>24</v>
       </c>
       <c r="L337"/>
       <c r="M337" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
+        <v>1696</v>
+      </c>
+      <c r="P337" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B338" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
       <c r="C338" t="s">
         <v>1038</v>
       </c>
       <c r="D338" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="E338" t="s">
         <v>20</v>
       </c>
       <c r="F338" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>2009</v>
       </c>
       <c r="I338"/>
       <c r="J338" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K338" t="s">
         <v>24</v>
       </c>
       <c r="L338"/>
       <c r="M338" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
+        <v>1701</v>
+      </c>
+      <c r="P338" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B339" t="s">
         <v>1704</v>
-      </c>
-[...1 lines deleted...]
-        <v>1705</v>
       </c>
       <c r="C339" t="s">
         <v>1038</v>
       </c>
       <c r="D339" t="s">
         <v>732</v>
       </c>
       <c r="E339" t="s">
         <v>20</v>
       </c>
       <c r="F339" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G339" t="s">
         <v>22</v>
       </c>
       <c r="H339">
         <v>2009</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
         <v>1039</v>
       </c>
       <c r="K339" t="s">
         <v>24</v>
       </c>
       <c r="L339"/>
       <c r="M339" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
+        <v>1705</v>
+      </c>
+      <c r="P339" t="s">
         <v>1706</v>
-      </c>
-[...1 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B340" t="s">
         <v>1708</v>
-      </c>
-[...1 lines deleted...]
-        <v>1709</v>
       </c>
       <c r="C340" t="s">
         <v>1038</v>
       </c>
       <c r="D340" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="E340" t="s">
         <v>20</v>
       </c>
       <c r="F340" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G340" t="s">
         <v>22</v>
       </c>
       <c r="H340">
         <v>2015</v>
       </c>
       <c r="I340"/>
       <c r="J340" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K340" t="s">
         <v>24</v>
       </c>
       <c r="L340"/>
       <c r="M340" t="s">
+        <v>1710</v>
+      </c>
+      <c r="N340" t="s">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
         <v>1711</v>
       </c>
-      <c r="N340" t="s">
-[...2 lines deleted...]
-      <c r="O340" t="s">
+      <c r="P340" t="s">
         <v>1712</v>
-      </c>
-[...1 lines deleted...]
-        <v>1713</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B341" t="s">
         <v>1714</v>
-      </c>
-[...1 lines deleted...]
-        <v>1715</v>
       </c>
       <c r="C341" t="s">
         <v>1038</v>
       </c>
       <c r="D341" t="s">
         <v>19</v>
       </c>
       <c r="E341" t="s">
         <v>20</v>
       </c>
       <c r="F341" t="s">
         <v>33</v>
       </c>
       <c r="G341" t="s">
         <v>22</v>
       </c>
       <c r="H341">
         <v>2015</v>
       </c>
       <c r="I341"/>
       <c r="J341" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K341" t="s">
         <v>24</v>
       </c>
       <c r="L341"/>
       <c r="M341" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
+        <v>1715</v>
+      </c>
+      <c r="P341" t="s">
         <v>1716</v>
-      </c>
-[...1 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B342" t="s">
         <v>1718</v>
-      </c>
-[...1 lines deleted...]
-        <v>1719</v>
       </c>
       <c r="C342" t="s">
         <v>1038</v>
       </c>
       <c r="D342" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G342" t="s">
         <v>22</v>
       </c>
       <c r="H342">
         <v>2015</v>
       </c>
       <c r="I342"/>
       <c r="J342" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K342" t="s">
         <v>24</v>
       </c>
       <c r="L342"/>
       <c r="M342" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N342" t="s">
         <v>27</v>
       </c>
       <c r="O342" t="s">
+        <v>1719</v>
+      </c>
+      <c r="P342" t="s">
         <v>1720</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B343" t="s">
         <v>1722</v>
-      </c>
-[...1 lines deleted...]
-        <v>1723</v>
       </c>
       <c r="C343" t="s">
         <v>1038</v>
       </c>
       <c r="D343" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G343" t="s">
         <v>22</v>
       </c>
       <c r="H343">
         <v>2015</v>
       </c>
       <c r="I343"/>
       <c r="J343" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K343" t="s">
         <v>24</v>
       </c>
       <c r="L343"/>
       <c r="M343" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N343" t="s">
         <v>27</v>
       </c>
       <c r="O343" t="s">
+        <v>1724</v>
+      </c>
+      <c r="P343" t="s">
         <v>1725</v>
-      </c>
-[...1 lines deleted...]
-        <v>1726</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B344" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="C344" t="s">
         <v>1038</v>
       </c>
       <c r="D344" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="E344" t="s">
         <v>20</v>
       </c>
       <c r="F344" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G344" t="s">
         <v>22</v>
       </c>
       <c r="H344">
         <v>2009</v>
       </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K344" t="s">
         <v>24</v>
       </c>
       <c r="L344"/>
       <c r="M344" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
+        <v>1729</v>
+      </c>
+      <c r="P344" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B345" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1733</v>
       </c>
       <c r="C345" t="s">
         <v>1038</v>
       </c>
       <c r="D345" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="E345" t="s">
         <v>20</v>
       </c>
       <c r="F345" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G345" t="s">
         <v>22</v>
       </c>
       <c r="H345">
         <v>2015</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K345" t="s">
         <v>24</v>
       </c>
       <c r="L345"/>
       <c r="M345" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P345" t="s">
         <v>1734</v>
-      </c>
-[...1 lines deleted...]
-        <v>1735</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B346" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
       <c r="C346" t="s">
         <v>1038</v>
       </c>
       <c r="D346" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
         <v>2015</v>
       </c>
       <c r="I346"/>
       <c r="J346" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K346" t="s">
         <v>24</v>
       </c>
       <c r="L346"/>
       <c r="M346" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
+        <v>1738</v>
+      </c>
+      <c r="P346" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B347" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
       <c r="C347" t="s">
         <v>1038</v>
       </c>
       <c r="D347" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
         <v>2015</v>
       </c>
       <c r="I347"/>
       <c r="J347" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K347" t="s">
         <v>24</v>
       </c>
       <c r="L347"/>
       <c r="M347" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
+        <v>1743</v>
+      </c>
+      <c r="P347" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B348" t="s">
         <v>1746</v>
-      </c>
-[...1 lines deleted...]
-        <v>1747</v>
       </c>
       <c r="C348" t="s">
         <v>1038</v>
       </c>
       <c r="D348" t="s">
-        <v>1748</v>
+        <v>1747</v>
       </c>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
         <v>2015</v>
       </c>
       <c r="I348"/>
       <c r="J348" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K348" t="s">
         <v>24</v>
       </c>
       <c r="L348"/>
       <c r="M348" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N348" t="s">
         <v>27</v>
       </c>
       <c r="O348" t="s">
+        <v>1748</v>
+      </c>
+      <c r="P348" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B349" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="C349" t="s">
         <v>1038</v>
       </c>
       <c r="D349" t="s">
         <v>344</v>
       </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G349" t="s">
         <v>22</v>
       </c>
       <c r="H349">
         <v>2015</v>
       </c>
       <c r="I349"/>
       <c r="J349" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K349" t="s">
         <v>24</v>
       </c>
       <c r="L349"/>
       <c r="M349" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
+        <v>1752</v>
+      </c>
+      <c r="P349" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B350" t="s">
         <v>1755</v>
-      </c>
-[...1 lines deleted...]
-        <v>1756</v>
       </c>
       <c r="C350" t="s">
         <v>1038</v>
       </c>
       <c r="D350" t="s">
-        <v>1550</v>
+        <v>1549</v>
       </c>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
         <v>2015</v>
       </c>
       <c r="I350"/>
       <c r="J350" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K350" t="s">
         <v>24</v>
       </c>
       <c r="L350"/>
       <c r="M350" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
+        <v>1756</v>
+      </c>
+      <c r="P350" t="s">
         <v>1757</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B351" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
       <c r="C351" t="s">
         <v>1038</v>
       </c>
       <c r="D351" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G351" t="s">
         <v>22</v>
       </c>
       <c r="H351">
         <v>2015</v>
       </c>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K351" t="s">
         <v>24</v>
       </c>
       <c r="L351"/>
       <c r="M351" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P351" t="s">
         <v>1762</v>
-      </c>
-[...1 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B352" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="C352" t="s">
         <v>1038</v>
       </c>
       <c r="D352" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
         <v>2021</v>
       </c>
       <c r="I352"/>
       <c r="J352" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K352" t="s">
         <v>24</v>
       </c>
       <c r="L352"/>
       <c r="M352" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
+        <v>1766</v>
+      </c>
+      <c r="P352" t="s">
         <v>1767</v>
-      </c>
-[...1 lines deleted...]
-        <v>1768</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B353" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
       <c r="C353" t="s">
         <v>1038</v>
       </c>
       <c r="D353" t="s">
         <v>269</v>
       </c>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G353" t="s">
         <v>22</v>
       </c>
       <c r="H353">
         <v>2021</v>
       </c>
       <c r="I353"/>
       <c r="J353" t="s">
         <v>1039</v>
       </c>
       <c r="K353" t="s">
         <v>24</v>
       </c>
       <c r="L353"/>
       <c r="M353" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
+        <v>1770</v>
+      </c>
+      <c r="P353" t="s">
         <v>1771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1772</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B354" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
       <c r="C354" t="s">
         <v>1038</v>
       </c>
       <c r="D354" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="E354" t="s">
         <v>20</v>
       </c>
       <c r="F354" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G354" t="s">
         <v>22</v>
       </c>
       <c r="H354">
         <v>2021</v>
       </c>
       <c r="I354"/>
       <c r="J354" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K354" t="s">
         <v>24</v>
       </c>
       <c r="L354"/>
       <c r="M354" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
+        <v>1775</v>
+      </c>
+      <c r="P354" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B355" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="C355" t="s">
         <v>1038</v>
       </c>
       <c r="D355" t="s">
         <v>97</v>
       </c>
       <c r="E355" t="s">
         <v>20</v>
       </c>
       <c r="F355" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G355" t="s">
         <v>22</v>
       </c>
       <c r="H355">
         <v>2009</v>
       </c>
       <c r="I355"/>
       <c r="J355" t="s">
         <v>1039</v>
       </c>
       <c r="K355" t="s">
         <v>24</v>
       </c>
       <c r="L355"/>
       <c r="M355" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
+        <v>1779</v>
+      </c>
+      <c r="P355" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B356" t="s">
         <v>1782</v>
-      </c>
-[...1 lines deleted...]
-        <v>1783</v>
       </c>
       <c r="C356" t="s">
         <v>1038</v>
       </c>
       <c r="D356" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="E356" t="s">
         <v>20</v>
       </c>
       <c r="F356" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G356" t="s">
         <v>22</v>
       </c>
       <c r="H356">
         <v>2021</v>
       </c>
       <c r="I356"/>
       <c r="J356" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K356" t="s">
         <v>24</v>
       </c>
       <c r="L356"/>
       <c r="M356" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
+        <v>1784</v>
+      </c>
+      <c r="P356" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B357" t="s">
         <v>1787</v>
-      </c>
-[...1 lines deleted...]
-        <v>1788</v>
       </c>
       <c r="C357" t="s">
         <v>1038</v>
       </c>
       <c r="D357" t="s">
         <v>651</v>
       </c>
       <c r="E357" t="s">
         <v>20</v>
       </c>
       <c r="F357" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G357" t="s">
         <v>22</v>
       </c>
       <c r="H357">
         <v>2009</v>
       </c>
       <c r="I357"/>
       <c r="J357" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K357" t="s">
         <v>24</v>
       </c>
       <c r="L357"/>
       <c r="M357" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
+        <v>1788</v>
+      </c>
+      <c r="P357" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B358" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="C358" t="s">
         <v>1038</v>
       </c>
       <c r="D358" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="E358" t="s">
         <v>20</v>
       </c>
       <c r="F358" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G358" t="s">
         <v>22</v>
       </c>
       <c r="H358">
         <v>2015</v>
       </c>
       <c r="I358"/>
       <c r="J358" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K358" t="s">
         <v>24</v>
       </c>
       <c r="L358"/>
       <c r="M358" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
+        <v>1793</v>
+      </c>
+      <c r="P358" t="s">
         <v>1794</v>
-      </c>
-[...1 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B359" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="C359" t="s">
         <v>1038</v>
       </c>
       <c r="D359" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="E359" t="s">
         <v>20</v>
       </c>
       <c r="F359" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G359" t="s">
         <v>22</v>
       </c>
       <c r="H359">
         <v>2015</v>
       </c>
       <c r="I359"/>
       <c r="J359" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K359" t="s">
         <v>24</v>
       </c>
       <c r="L359"/>
       <c r="M359" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
+        <v>1798</v>
+      </c>
+      <c r="P359" t="s">
         <v>1799</v>
-      </c>
-[...1 lines deleted...]
-        <v>1800</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B360" t="s">
         <v>1801</v>
-      </c>
-[...1 lines deleted...]
-        <v>1802</v>
       </c>
       <c r="C360" t="s">
         <v>1038</v>
       </c>
       <c r="D360" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="E360" t="s">
         <v>20</v>
       </c>
       <c r="F360" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G360" t="s">
         <v>22</v>
       </c>
       <c r="H360">
         <v>2015</v>
       </c>
       <c r="I360"/>
       <c r="J360" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K360" t="s">
         <v>24</v>
       </c>
       <c r="L360"/>
       <c r="M360" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
+        <v>1802</v>
+      </c>
+      <c r="P360" t="s">
         <v>1803</v>
-      </c>
-[...1 lines deleted...]
-        <v>1804</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B361" t="s">
         <v>1805</v>
-      </c>
-[...1 lines deleted...]
-        <v>1806</v>
       </c>
       <c r="C361" t="s">
         <v>1038</v>
       </c>
       <c r="D361" t="s">
         <v>275</v>
       </c>
       <c r="E361" t="s">
         <v>20</v>
       </c>
       <c r="F361" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G361" t="s">
         <v>22</v>
       </c>
       <c r="H361">
         <v>2015</v>
       </c>
       <c r="I361"/>
       <c r="J361" t="s">
         <v>1039</v>
       </c>
       <c r="K361" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="L361"/>
       <c r="M361" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
+        <v>1806</v>
+      </c>
+      <c r="P361" t="s">
         <v>1807</v>
-      </c>
-[...1 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B362" t="s">
         <v>1809</v>
-      </c>
-[...1 lines deleted...]
-        <v>1810</v>
       </c>
       <c r="C362" t="s">
         <v>1038</v>
       </c>
       <c r="D362" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="E362" t="s">
         <v>20</v>
       </c>
       <c r="F362" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G362" t="s">
         <v>22</v>
       </c>
       <c r="H362">
         <v>2015</v>
       </c>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K362" t="s">
         <v>24</v>
       </c>
       <c r="L362"/>
       <c r="M362" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N362" t="s">
         <v>27</v>
       </c>
       <c r="O362" t="s">
+        <v>1811</v>
+      </c>
+      <c r="P362" t="s">
         <v>1812</v>
-      </c>
-[...1 lines deleted...]
-        <v>1813</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B363" t="s">
         <v>1814</v>
-      </c>
-[...1 lines deleted...]
-        <v>1815</v>
       </c>
       <c r="C363" t="s">
         <v>1038</v>
       </c>
       <c r="D363" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="E363" t="s">
         <v>20</v>
       </c>
       <c r="F363" t="s">
         <v>33</v>
       </c>
       <c r="G363" t="s">
         <v>22</v>
       </c>
       <c r="H363">
         <v>2015</v>
       </c>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K363" t="s">
         <v>24</v>
       </c>
       <c r="L363"/>
       <c r="M363" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
+        <v>1816</v>
+      </c>
+      <c r="P363" t="s">
         <v>1817</v>
-      </c>
-[...1 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B364" t="s">
         <v>1819</v>
-      </c>
-[...1 lines deleted...]
-        <v>1820</v>
       </c>
       <c r="C364" t="s">
         <v>1038</v>
       </c>
       <c r="D364" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="E364" t="s">
         <v>20</v>
       </c>
       <c r="F364" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="G364" t="s">
         <v>22</v>
       </c>
       <c r="H364">
         <v>2015</v>
       </c>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K364" t="s">
         <v>24</v>
       </c>
       <c r="L364"/>
       <c r="M364" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
+        <v>1820</v>
+      </c>
+      <c r="P364" t="s">
         <v>1821</v>
-      </c>
-[...1 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C365" t="s">
         <v>1823</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="D365" t="s">
         <v>1824</v>
       </c>
-      <c r="D365" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E365" t="s">
         <v>20</v>
       </c>
       <c r="F365" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="G365" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="H365">
         <v>2023</v>
       </c>
       <c r="I365"/>
       <c r="J365" t="s">
-        <v>1826</v>
+        <v>1825</v>
       </c>
       <c r="K365" t="s">
         <v>287</v>
       </c>
       <c r="L365" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="M365" t="s">
+        <v>1826</v>
+      </c>
+      <c r="N365" t="s">
+        <v>1622</v>
+      </c>
+      <c r="O365" t="s">
         <v>1827</v>
       </c>
-      <c r="N365" t="s">
-[...2 lines deleted...]
-      <c r="O365" t="s">
+      <c r="P365" t="s">
         <v>1828</v>
-      </c>
-[...1 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B366" t="s">
         <v>1830</v>
-      </c>
-[...1 lines deleted...]
-        <v>1831</v>
       </c>
       <c r="C366" t="s">
         <v>32</v>
       </c>
       <c r="D366" t="s">
         <v>135</v>
       </c>
       <c r="E366" t="s">
         <v>20</v>
       </c>
       <c r="F366" t="s">
         <v>33</v>
       </c>
       <c r="G366" t="s">
         <v>42</v>
       </c>
       <c r="H366">
         <v>1991</v>
       </c>
       <c r="I366">
         <v>2009</v>
       </c>
       <c r="J366" t="s">
         <v>34</v>
       </c>
       <c r="K366" t="s">
         <v>24</v>
       </c>
       <c r="L366" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="M366" t="s">
         <v>36</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="P366" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B367" t="s">
         <v>1834</v>
-      </c>
-[...1 lines deleted...]
-        <v>1835</v>
       </c>
       <c r="C367" t="s">
         <v>32</v>
       </c>
       <c r="D367" t="s">
         <v>135</v>
       </c>
       <c r="E367" t="s">
         <v>20</v>
       </c>
       <c r="F367" t="s">
         <v>33</v>
       </c>
       <c r="G367" t="s">
         <v>42</v>
       </c>
       <c r="H367">
         <v>1991</v>
       </c>
       <c r="I367">
         <v>2002</v>
       </c>
       <c r="J367" t="s">
         <v>34</v>
       </c>
       <c r="K367" t="s">
         <v>24</v>
       </c>
       <c r="L367" t="s">
         <v>865</v>
       </c>
       <c r="M367" t="s">
         <v>36</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="P367" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B368" t="s">
         <v>1837</v>
-      </c>
-[...1 lines deleted...]
-        <v>1838</v>
       </c>
       <c r="C368" t="s">
         <v>32</v>
       </c>
       <c r="D368" t="s">
         <v>135</v>
       </c>
       <c r="E368" t="s">
         <v>20</v>
       </c>
       <c r="F368" t="s">
         <v>33</v>
       </c>
       <c r="G368" t="s">
         <v>42</v>
       </c>
       <c r="H368">
         <v>1991</v>
       </c>
       <c r="I368">
         <v>2016</v>
       </c>
       <c r="J368" t="s">
         <v>34</v>
       </c>
       <c r="K368" t="s">
         <v>24</v>
       </c>
       <c r="L368" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="M368" t="s">
         <v>871</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="P368" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B369" t="s">
         <v>1841</v>
-      </c>
-[...1 lines deleted...]
-        <v>1842</v>
       </c>
       <c r="C369" t="s">
         <v>32</v>
       </c>
       <c r="D369" t="s">
         <v>651</v>
       </c>
       <c r="E369" t="s">
         <v>20</v>
       </c>
       <c r="F369" t="s">
         <v>33</v>
       </c>
       <c r="G369" t="s">
         <v>42</v>
       </c>
       <c r="H369">
         <v>1996</v>
       </c>
       <c r="I369">
         <v>2011</v>
       </c>
       <c r="J369" t="s">
         <v>34</v>
       </c>
       <c r="K369" t="s">
         <v>24</v>
       </c>
       <c r="L369" t="s">
         <v>819</v>
       </c>
       <c r="M369" t="s">
         <v>36</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="P369" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
       <c r="B370" t="s">
         <v>651</v>
       </c>
       <c r="C370" t="s">
         <v>32</v>
       </c>
       <c r="D370" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="E370" t="s">
         <v>20</v>
       </c>
       <c r="F370" t="s">
         <v>33</v>
       </c>
       <c r="G370" t="s">
         <v>42</v>
       </c>
       <c r="H370">
         <v>2011</v>
       </c>
       <c r="I370">
         <v>2011</v>
       </c>
       <c r="J370" t="s">
         <v>34</v>
       </c>
       <c r="K370" t="s">
         <v>24</v>
       </c>
       <c r="L370" t="s">
         <v>819</v>
       </c>
       <c r="M370" t="s">
         <v>36</v>
       </c>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1846</v>
+        <v>1845</v>
       </c>
       <c r="P370" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1844</v>
+        <v>1843</v>
       </c>
       <c r="B371" t="s">
         <v>651</v>
       </c>
       <c r="C371" t="s">
         <v>32</v>
       </c>
       <c r="D371" t="s">
         <v>651</v>
       </c>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
         <v>33</v>
       </c>
       <c r="G371" t="s">
         <v>42</v>
       </c>
       <c r="H371">
         <v>1996</v>
       </c>
       <c r="I371">
         <v>2011</v>
       </c>
       <c r="J371" t="s">
         <v>34</v>
       </c>
       <c r="K371" t="s">
         <v>24</v>
       </c>
       <c r="L371" t="s">
         <v>819</v>
       </c>
       <c r="M371" t="s">
         <v>36</v>
       </c>
       <c r="N371" t="s">
         <v>27</v>
       </c>
       <c r="O371" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="P371" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B372" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="C372" t="s">
         <v>743</v>
       </c>
       <c r="D372" t="s">
         <v>700</v>
       </c>
       <c r="E372" t="s">
         <v>20</v>
       </c>
       <c r="F372" t="s">
         <v>59</v>
       </c>
       <c r="G372" t="s">
         <v>42</v>
       </c>
       <c r="H372">
         <v>2012</v>
       </c>
       <c r="I372">
         <v>2012</v>
       </c>
       <c r="J372" t="s">
         <v>744</v>
       </c>
       <c r="K372" t="s">
         <v>24</v>
       </c>
       <c r="L372"/>
       <c r="M372" t="s">
         <v>745</v>
       </c>
       <c r="N372" t="s">
         <v>27</v>
       </c>
       <c r="O372" t="s">
+        <v>1849</v>
+      </c>
+      <c r="P372" t="s">
         <v>1850</v>
-      </c>
-[...1 lines deleted...]
-        <v>1851</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1848</v>
+        <v>1847</v>
       </c>
       <c r="B373" t="s">
         <v>322</v>
       </c>
       <c r="C373" t="s">
         <v>743</v>
       </c>
       <c r="D373" t="s">
         <v>322</v>
       </c>
       <c r="E373" t="s">
         <v>20</v>
       </c>
       <c r="F373" t="s">
         <v>59</v>
       </c>
       <c r="G373" t="s">
         <v>42</v>
       </c>
       <c r="H373">
         <v>2012</v>
       </c>
       <c r="I373">
         <v>2012</v>
       </c>
       <c r="J373" t="s">
         <v>744</v>
       </c>
       <c r="K373" t="s">
         <v>24</v>
       </c>
       <c r="L373"/>
       <c r="M373" t="s">
         <v>745</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>1852</v>
+        <v>1851</v>
       </c>
       <c r="P373" t="s">
-        <v>1851</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B374" t="s">
         <v>1853</v>
       </c>
-      <c r="B374" t="s">
+      <c r="C374" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="D374" t="s">
         <v>801</v>
       </c>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
         <v>49</v>
       </c>
       <c r="G374" t="s">
         <v>50</v>
       </c>
       <c r="H374"/>
       <c r="I374"/>
       <c r="J374" t="s">
         <v>744</v>
       </c>
       <c r="K374" t="s">
         <v>24</v>
       </c>
       <c r="L374" t="s">
+        <v>1855</v>
+      </c>
+      <c r="M374" t="s">
         <v>1856</v>
       </c>
-      <c r="M374" t="s">
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
         <v>1857</v>
       </c>
-      <c r="N374" t="s">
-[...2 lines deleted...]
-      <c r="O374" t="s">
+      <c r="P374" t="s">
         <v>1858</v>
-      </c>
-[...1 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B375" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="C375" t="s">
         <v>32</v>
       </c>
       <c r="D375" t="s">
         <v>344</v>
       </c>
       <c r="E375" t="s">
         <v>20</v>
       </c>
       <c r="F375" t="s">
         <v>21</v>
       </c>
       <c r="G375" t="s">
         <v>42</v>
       </c>
       <c r="H375">
         <v>2012</v>
       </c>
       <c r="I375">
         <v>2015</v>
       </c>
       <c r="J375" t="s">
         <v>34</v>
       </c>
       <c r="K375" t="s">
         <v>24</v>
       </c>
       <c r="L375"/>
       <c r="M375" t="s">
         <v>36</v>
       </c>
       <c r="N375" t="s">
         <v>100</v>
       </c>
       <c r="O375" t="s">
+        <v>1861</v>
+      </c>
+      <c r="P375" t="s">
         <v>1862</v>
-      </c>
-[...1 lines deleted...]
-        <v>1863</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B376" t="s">
         <v>1864</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
       <c r="C376" t="s">
         <v>32</v>
       </c>
       <c r="D376" t="s">
         <v>269</v>
       </c>
       <c r="E376" t="s">
         <v>20</v>
       </c>
       <c r="F376" t="s">
         <v>49</v>
       </c>
       <c r="G376" t="s">
         <v>22</v>
       </c>
       <c r="H376">
         <v>2018</v>
       </c>
       <c r="I376"/>
       <c r="J376" t="s">
         <v>34</v>
       </c>
       <c r="K376" t="s">
         <v>24</v>
       </c>
       <c r="L376"/>
       <c r="M376" t="s">
         <v>36</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
+        <v>1865</v>
+      </c>
+      <c r="P376" t="s">
         <v>1866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1867</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B377" t="s">
         <v>1868</v>
-      </c>
-[...1 lines deleted...]
-        <v>1869</v>
       </c>
       <c r="C377" t="s">
         <v>32</v>
       </c>
       <c r="D377" t="s">
         <v>651</v>
       </c>
       <c r="E377" t="s">
         <v>20</v>
       </c>
       <c r="F377" t="s">
         <v>21</v>
       </c>
       <c r="G377" t="s">
         <v>42</v>
       </c>
       <c r="H377">
         <v>2010</v>
       </c>
       <c r="I377">
         <v>2018</v>
       </c>
       <c r="J377" t="s">
         <v>34</v>
       </c>
       <c r="K377" t="s">
         <v>24</v>
       </c>
       <c r="L377"/>
       <c r="M377" t="s">
         <v>36</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
+        <v>1869</v>
+      </c>
+      <c r="P377" t="s">
         <v>1870</v>
-      </c>
-[...1 lines deleted...]
-        <v>1871</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B378" t="s">
         <v>1872</v>
-      </c>
-[...1 lines deleted...]
-        <v>1873</v>
       </c>
       <c r="C378" t="s">
         <v>32</v>
       </c>
       <c r="D378" t="s">
         <v>156</v>
       </c>
       <c r="E378" t="s">
         <v>20</v>
       </c>
       <c r="F378" t="s">
         <v>21</v>
       </c>
       <c r="G378" t="s">
         <v>42</v>
       </c>
       <c r="H378">
         <v>2011</v>
       </c>
       <c r="I378">
         <v>2011</v>
       </c>
       <c r="J378" t="s">
         <v>34</v>
       </c>
       <c r="K378" t="s">
         <v>24</v>
       </c>
       <c r="L378" t="s">
         <v>922</v>
       </c>
       <c r="M378" t="s">
         <v>36</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
+        <v>1873</v>
+      </c>
+      <c r="P378" t="s">
         <v>1874</v>
-      </c>
-[...1 lines deleted...]
-        <v>1875</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B379" t="s">
         <v>1876</v>
-      </c>
-[...1 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="C379" t="s">
         <v>32</v>
       </c>
       <c r="D379" t="s">
         <v>947</v>
       </c>
       <c r="E379" t="s">
         <v>20</v>
       </c>
       <c r="F379" t="s">
         <v>21</v>
       </c>
       <c r="G379" t="s">
         <v>22</v>
       </c>
       <c r="H379">
         <v>2013</v>
       </c>
       <c r="I379"/>
       <c r="J379" t="s">
         <v>34</v>
       </c>
       <c r="K379" t="s">
         <v>645</v>
       </c>
       <c r="L379"/>
       <c r="M379" t="s">
         <v>36</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
+        <v>1877</v>
+      </c>
+      <c r="P379" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>1879</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B380" t="s">
         <v>1880</v>
-      </c>
-[...1 lines deleted...]
-        <v>1881</v>
       </c>
       <c r="C380" t="s">
         <v>32</v>
       </c>
       <c r="D380" t="s">
         <v>146</v>
       </c>
       <c r="E380" t="s">
         <v>20</v>
       </c>
       <c r="F380" t="s">
         <v>21</v>
       </c>
       <c r="G380" t="s">
         <v>42</v>
       </c>
       <c r="H380">
         <v>2010</v>
       </c>
       <c r="I380">
         <v>2016</v>
       </c>
       <c r="J380" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K380" t="s">
         <v>24</v>
       </c>
       <c r="L380"/>
       <c r="M380" t="s">
         <v>36</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
+        <v>1882</v>
+      </c>
+      <c r="P380" t="s">
         <v>1883</v>
-      </c>
-[...1 lines deleted...]
-        <v>1884</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B381" t="s">
         <v>1885</v>
-      </c>
-[...1 lines deleted...]
-        <v>1886</v>
       </c>
       <c r="C381" t="s">
         <v>32</v>
       </c>
       <c r="D381" t="s">
-        <v>1393</v>
+        <v>1392</v>
       </c>
       <c r="E381" t="s">
         <v>20</v>
       </c>
       <c r="F381" t="s">
         <v>21</v>
       </c>
       <c r="G381" t="s">
         <v>42</v>
       </c>
       <c r="H381">
         <v>2010</v>
       </c>
       <c r="I381">
         <v>2010</v>
       </c>
       <c r="J381" t="s">
         <v>34</v>
       </c>
       <c r="K381" t="s">
         <v>24</v>
       </c>
       <c r="L381" t="s">
-        <v>1887</v>
+        <v>1886</v>
       </c>
       <c r="M381" t="s">
         <v>36</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
+        <v>1887</v>
+      </c>
+      <c r="P381" t="s">
         <v>1888</v>
-      </c>
-[...1 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B382" t="s">
         <v>1890</v>
-      </c>
-[...1 lines deleted...]
-        <v>1891</v>
       </c>
       <c r="C382" t="s">
         <v>32</v>
       </c>
       <c r="D382" t="s">
         <v>135</v>
       </c>
       <c r="E382" t="s">
         <v>20</v>
       </c>
       <c r="F382" t="s">
         <v>21</v>
       </c>
       <c r="G382" t="s">
         <v>42</v>
       </c>
       <c r="H382">
         <v>2010</v>
       </c>
       <c r="I382">
         <v>2010</v>
       </c>
       <c r="J382" t="s">
         <v>34</v>
       </c>
       <c r="K382" t="s">
         <v>24</v>
       </c>
       <c r="L382" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="M382" t="s">
         <v>36</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
+        <v>1891</v>
+      </c>
+      <c r="P382" t="s">
         <v>1892</v>
-      </c>
-[...1 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B383" t="s">
         <v>1894</v>
-      </c>
-[...1 lines deleted...]
-        <v>1895</v>
       </c>
       <c r="C383" t="s">
         <v>32</v>
       </c>
       <c r="D383" t="s">
         <v>19</v>
       </c>
       <c r="E383" t="s">
         <v>20</v>
       </c>
       <c r="F383" t="s">
         <v>33</v>
       </c>
       <c r="G383" t="s">
         <v>42</v>
       </c>
       <c r="H383">
         <v>2010</v>
       </c>
       <c r="I383">
         <v>2017</v>
       </c>
       <c r="J383" t="s">
         <v>34</v>
       </c>
       <c r="K383" t="s">
         <v>24</v>
       </c>
       <c r="L383" t="s">
-        <v>1896</v>
+        <v>1895</v>
       </c>
       <c r="M383" t="s">
         <v>36</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
+        <v>1896</v>
+      </c>
+      <c r="P383" t="s">
         <v>1897</v>
-      </c>
-[...1 lines deleted...]
-        <v>1898</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B384" t="s">
         <v>1899</v>
       </c>
-      <c r="B384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D384" t="s">
         <v>700</v>
       </c>
       <c r="E384" t="s">
         <v>20</v>
       </c>
       <c r="F384" t="s">
         <v>49</v>
       </c>
       <c r="G384" t="s">
         <v>42</v>
       </c>
       <c r="H384">
         <v>2011</v>
       </c>
       <c r="I384">
         <v>2019</v>
       </c>
       <c r="J384" t="s">
         <v>68</v>
       </c>
       <c r="K384" t="s">
         <v>24</v>
       </c>
       <c r="L384" t="s">
+        <v>1900</v>
+      </c>
+      <c r="M384" t="s">
         <v>1901</v>
       </c>
-      <c r="M384" t="s">
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
         <v>1902</v>
       </c>
-      <c r="N384" t="s">
-[...2 lines deleted...]
-      <c r="O384" t="s">
+      <c r="P384" t="s">
         <v>1903</v>
-      </c>
-[...1 lines deleted...]
-        <v>1904</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B385" t="s">
         <v>1905</v>
       </c>
-      <c r="B385" t="s">
+      <c r="C385" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D385" t="s">
         <v>1906</v>
-      </c>
-[...4 lines deleted...]
-        <v>1907</v>
       </c>
       <c r="E385" t="s">
         <v>20</v>
       </c>
       <c r="F385" t="s">
         <v>49</v>
       </c>
       <c r="G385" t="s">
         <v>22</v>
       </c>
       <c r="H385">
         <v>2015</v>
       </c>
       <c r="I385"/>
       <c r="J385" t="s">
         <v>68</v>
       </c>
       <c r="K385" t="s">
         <v>1226</v>
       </c>
       <c r="L385" t="s">
+        <v>1907</v>
+      </c>
+      <c r="M385" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
         <v>1908</v>
       </c>
-      <c r="M385" t="s">
-[...5 lines deleted...]
-      <c r="O385" t="s">
+      <c r="P385" t="s">
         <v>1909</v>
-      </c>
-[...1 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B386" t="s">
         <v>1911</v>
       </c>
-      <c r="B386" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C386" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D386" t="s">
         <v>72</v>
       </c>
       <c r="E386" t="s">
         <v>20</v>
       </c>
       <c r="F386" t="s">
         <v>59</v>
       </c>
       <c r="G386" t="s">
         <v>22</v>
       </c>
       <c r="H386">
         <v>2011</v>
       </c>
       <c r="I386"/>
       <c r="J386" t="s">
         <v>68</v>
       </c>
       <c r="K386" t="s">
         <v>24</v>
       </c>
       <c r="L386" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
         <v>1913</v>
       </c>
-      <c r="M386" t="s">
-[...5 lines deleted...]
-      <c r="O386" t="s">
+      <c r="P386" t="s">
         <v>1914</v>
-      </c>
-[...1 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B387" t="s">
         <v>1916</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D387" t="s">
         <v>376</v>
       </c>
       <c r="E387" t="s">
         <v>20</v>
       </c>
       <c r="F387" t="s">
         <v>49</v>
       </c>
       <c r="G387" t="s">
         <v>42</v>
       </c>
       <c r="H387">
         <v>2013</v>
       </c>
       <c r="I387">
         <v>2016</v>
       </c>
       <c r="J387" t="s">
         <v>68</v>
       </c>
       <c r="K387" t="s">
         <v>24</v>
       </c>
       <c r="L387" t="s">
+        <v>1917</v>
+      </c>
+      <c r="M387" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
         <v>1918</v>
       </c>
-      <c r="M387" t="s">
-[...5 lines deleted...]
-      <c r="O387" t="s">
+      <c r="P387" t="s">
         <v>1919</v>
-      </c>
-[...1 lines deleted...]
-        <v>1920</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B388" t="s">
         <v>1921</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D388" t="s">
         <v>305</v>
       </c>
       <c r="E388" t="s">
         <v>20</v>
       </c>
       <c r="F388" t="s">
         <v>59</v>
       </c>
       <c r="G388" t="s">
         <v>22</v>
       </c>
       <c r="H388">
         <v>2014</v>
       </c>
       <c r="I388"/>
       <c r="J388" t="s">
         <v>68</v>
       </c>
       <c r="K388" t="s">
         <v>24</v>
       </c>
       <c r="L388" t="s">
+        <v>1922</v>
+      </c>
+      <c r="M388" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
         <v>1923</v>
       </c>
-      <c r="M388" t="s">
-[...5 lines deleted...]
-      <c r="O388" t="s">
+      <c r="P388" t="s">
         <v>1924</v>
-      </c>
-[...1 lines deleted...]
-        <v>1925</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B389" t="s">
         <v>1926</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D389" t="s">
         <v>286</v>
       </c>
       <c r="E389" t="s">
         <v>20</v>
       </c>
       <c r="F389" t="s">
         <v>49</v>
       </c>
       <c r="G389" t="s">
         <v>22</v>
       </c>
       <c r="H389">
         <v>2013</v>
       </c>
       <c r="I389"/>
       <c r="J389" t="s">
         <v>68</v>
       </c>
       <c r="K389" t="s">
         <v>24</v>
       </c>
       <c r="L389" t="s">
+        <v>1927</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N389" t="s">
+        <v>1622</v>
+      </c>
+      <c r="O389" t="s">
         <v>1928</v>
       </c>
-      <c r="M389" t="s">
-[...5 lines deleted...]
-      <c r="O389" t="s">
+      <c r="P389" t="s">
         <v>1929</v>
-      </c>
-[...1 lines deleted...]
-        <v>1930</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B390" t="s">
         <v>1931</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D390" t="s">
         <v>402</v>
       </c>
       <c r="E390" t="s">
         <v>20</v>
       </c>
       <c r="F390" t="s">
         <v>49</v>
       </c>
       <c r="G390" t="s">
         <v>42</v>
       </c>
       <c r="H390">
         <v>2014</v>
       </c>
       <c r="I390">
         <v>2016</v>
       </c>
       <c r="J390" t="s">
         <v>68</v>
       </c>
       <c r="K390" t="s">
         <v>1226</v>
       </c>
       <c r="L390" t="s">
+        <v>1932</v>
+      </c>
+      <c r="M390" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
         <v>1933</v>
       </c>
-      <c r="M390" t="s">
-[...5 lines deleted...]
-      <c r="O390" t="s">
+      <c r="P390" t="s">
         <v>1934</v>
-      </c>
-[...1 lines deleted...]
-        <v>1935</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B391" t="s">
         <v>1936</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D391" t="s">
         <v>167</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
         <v>49</v>
       </c>
       <c r="G391" t="s">
         <v>22</v>
       </c>
       <c r="H391">
         <v>2018</v>
       </c>
       <c r="I391"/>
       <c r="J391" t="s">
         <v>68</v>
       </c>
       <c r="K391" t="s">
         <v>24</v>
       </c>
       <c r="L391" t="s">
+        <v>1937</v>
+      </c>
+      <c r="M391" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
         <v>1938</v>
       </c>
-      <c r="M391" t="s">
-[...5 lines deleted...]
-      <c r="O391" t="s">
+      <c r="P391" t="s">
         <v>1939</v>
-      </c>
-[...1 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B392" t="s">
         <v>1941</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D392" t="s">
         <v>774</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>49</v>
       </c>
       <c r="G392" t="s">
         <v>22</v>
       </c>
       <c r="H392">
         <v>2019</v>
       </c>
       <c r="I392"/>
       <c r="J392" t="s">
         <v>68</v>
       </c>
       <c r="K392" t="s">
         <v>24</v>
       </c>
       <c r="L392" t="s">
+        <v>1942</v>
+      </c>
+      <c r="M392" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N392" t="s">
+        <v>27</v>
+      </c>
+      <c r="O392" t="s">
         <v>1943</v>
       </c>
-      <c r="M392" t="s">
-[...5 lines deleted...]
-      <c r="O392" t="s">
+      <c r="P392" t="s">
         <v>1944</v>
-      </c>
-[...1 lines deleted...]
-        <v>1945</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B393" t="s">
         <v>1946</v>
       </c>
-      <c r="B393" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C393" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D393" t="s">
         <v>41</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
         <v>49</v>
       </c>
       <c r="G393" t="s">
         <v>22</v>
       </c>
       <c r="H393">
         <v>2019</v>
       </c>
       <c r="I393"/>
       <c r="J393" t="s">
         <v>68</v>
       </c>
       <c r="K393" t="s">
         <v>287</v>
       </c>
       <c r="L393" t="s">
+        <v>1947</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N393" t="s">
         <v>1948</v>
       </c>
-      <c r="M393" t="s">
-[...2 lines deleted...]
-      <c r="N393" t="s">
+      <c r="O393" t="s">
         <v>1949</v>
       </c>
-      <c r="O393" t="s">
+      <c r="P393" t="s">
         <v>1950</v>
-      </c>
-[...1 lines deleted...]
-        <v>1951</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B394" t="s">
         <v>1952</v>
       </c>
-      <c r="B394" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C394" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D394" t="s">
         <v>135</v>
       </c>
       <c r="E394" t="s">
         <v>20</v>
       </c>
       <c r="F394" t="s">
         <v>49</v>
       </c>
       <c r="G394" t="s">
         <v>42</v>
       </c>
       <c r="H394">
         <v>2020</v>
       </c>
       <c r="I394">
         <v>2023</v>
       </c>
       <c r="J394" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K394" t="s">
+        <v>24</v>
+      </c>
+      <c r="L394" t="s">
         <v>1954</v>
       </c>
-      <c r="K394" t="s">
-[...2 lines deleted...]
-      <c r="L394" t="s">
+      <c r="M394" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
         <v>1955</v>
       </c>
-      <c r="M394" t="s">
-[...5 lines deleted...]
-      <c r="O394" t="s">
+      <c r="P394" t="s">
         <v>1956</v>
-      </c>
-[...1 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B395" t="s">
         <v>1958</v>
       </c>
-      <c r="B395" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C395" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D395" t="s">
-        <v>1845</v>
+        <v>1844</v>
       </c>
       <c r="E395" t="s">
         <v>20</v>
       </c>
       <c r="F395" t="s">
         <v>49</v>
       </c>
       <c r="G395" t="s">
         <v>22</v>
       </c>
       <c r="H395">
         <v>2020</v>
       </c>
       <c r="I395"/>
       <c r="J395" t="s">
         <v>68</v>
       </c>
       <c r="K395" t="s">
         <v>24</v>
       </c>
       <c r="L395" t="s">
+        <v>1959</v>
+      </c>
+      <c r="M395" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
         <v>1960</v>
       </c>
-      <c r="M395" t="s">
-[...5 lines deleted...]
-      <c r="O395" t="s">
+      <c r="P395" t="s">
         <v>1961</v>
-      </c>
-[...1 lines deleted...]
-        <v>1962</v>
       </c>
     </row>
     <row r="396" spans="1:16">
       <c r="A396" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B396" t="s">
         <v>1963</v>
       </c>
-      <c r="B396" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C396" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D396" t="s">
         <v>322</v>
       </c>
       <c r="E396" t="s">
         <v>20</v>
       </c>
       <c r="F396" t="s">
         <v>49</v>
       </c>
       <c r="G396" t="s">
         <v>22</v>
       </c>
       <c r="H396">
         <v>2021</v>
       </c>
       <c r="I396"/>
       <c r="J396" t="s">
         <v>68</v>
       </c>
       <c r="K396" t="s">
         <v>24</v>
       </c>
       <c r="L396" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M396" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N396" t="s">
+        <v>27</v>
+      </c>
+      <c r="O396" t="s">
         <v>1965</v>
       </c>
-      <c r="M396" t="s">
-[...5 lines deleted...]
-      <c r="O396" t="s">
+      <c r="P396" t="s">
         <v>1966</v>
-      </c>
-[...1 lines deleted...]
-        <v>1967</v>
       </c>
     </row>
     <row r="397" spans="1:16">
       <c r="A397" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B397" t="s">
         <v>1968</v>
       </c>
-      <c r="B397" t="s">
+      <c r="C397" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D397" t="s">
         <v>1969</v>
-      </c>
-[...4 lines deleted...]
-        <v>1970</v>
       </c>
       <c r="E397" t="s">
         <v>20</v>
       </c>
       <c r="F397" t="s">
         <v>49</v>
       </c>
       <c r="G397" t="s">
         <v>22</v>
       </c>
       <c r="H397">
         <v>2021</v>
       </c>
       <c r="I397"/>
       <c r="J397" t="s">
         <v>68</v>
       </c>
       <c r="K397" t="s">
         <v>24</v>
       </c>
       <c r="L397" t="s">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="M397" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="N397" t="s">
         <v>100</v>
       </c>
       <c r="O397" t="s">
+        <v>1971</v>
+      </c>
+      <c r="P397" t="s">
         <v>1972</v>
-      </c>
-[...1 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="398" spans="1:16">
       <c r="A398" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B398" t="s">
         <v>1974</v>
       </c>
-      <c r="B398" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C398" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D398" t="s">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="E398" t="s">
         <v>20</v>
       </c>
       <c r="F398" t="s">
         <v>49</v>
       </c>
       <c r="G398" t="s">
         <v>22</v>
       </c>
       <c r="H398">
         <v>2021</v>
       </c>
       <c r="I398"/>
       <c r="J398" t="s">
         <v>68</v>
       </c>
       <c r="K398" t="s">
         <v>24</v>
       </c>
       <c r="L398" t="s">
+        <v>1975</v>
+      </c>
+      <c r="M398" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N398" t="s">
+        <v>27</v>
+      </c>
+      <c r="O398" t="s">
         <v>1976</v>
       </c>
-      <c r="M398" t="s">
-[...5 lines deleted...]
-      <c r="O398" t="s">
+      <c r="P398" t="s">
         <v>1977</v>
-      </c>
-[...1 lines deleted...]
-        <v>1978</v>
       </c>
     </row>
     <row r="399" spans="1:16">
       <c r="A399" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B399" t="s">
         <v>1979</v>
       </c>
-      <c r="B399" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C399" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D399" t="s">
         <v>97</v>
       </c>
       <c r="E399" t="s">
         <v>20</v>
       </c>
       <c r="F399" t="s">
         <v>49</v>
       </c>
       <c r="G399" t="s">
         <v>22</v>
       </c>
       <c r="H399">
         <v>2024</v>
       </c>
       <c r="I399"/>
       <c r="J399" t="s">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="K399" t="s">
+        <v>1980</v>
+      </c>
+      <c r="L399" t="s">
         <v>1981</v>
       </c>
-      <c r="L399" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M399" t="s">
-        <v>1902</v>
+        <v>1901</v>
       </c>
       <c r="N399" t="s">
         <v>100</v>
       </c>
       <c r="O399" t="s">
+        <v>1982</v>
+      </c>
+      <c r="P399" t="s">
         <v>1983</v>
-      </c>
-[...1 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="400" spans="1:16">
       <c r="A400" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B400" t="s">
         <v>1985</v>
       </c>
-      <c r="B400" t="s">
+      <c r="C400" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D400" t="s">
         <v>1986</v>
-      </c>
-[...4 lines deleted...]
-        <v>1987</v>
       </c>
       <c r="E400" t="s">
         <v>20</v>
       </c>
       <c r="F400" t="s">
         <v>49</v>
       </c>
       <c r="G400" t="s">
         <v>22</v>
       </c>
       <c r="H400">
         <v>2024</v>
       </c>
       <c r="I400"/>
       <c r="J400" t="s">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="K400" t="s">
         <v>24</v>
       </c>
       <c r="L400" t="s">
+        <v>1987</v>
+      </c>
+      <c r="M400" t="s">
         <v>1988</v>
       </c>
-      <c r="M400" t="s">
+      <c r="N400" t="s">
+        <v>27</v>
+      </c>
+      <c r="O400" t="s">
         <v>1989</v>
       </c>
-      <c r="N400" t="s">
-[...2 lines deleted...]
-      <c r="O400" t="s">
+      <c r="P400" t="s">
         <v>1990</v>
-      </c>
-[...1 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="401" spans="1:16">
       <c r="A401" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B401" t="s">
         <v>1992</v>
       </c>
-      <c r="B401" t="s">
+      <c r="C401" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D401" t="s">
         <v>1993</v>
-      </c>
-[...4 lines deleted...]
-        <v>1994</v>
       </c>
       <c r="E401" t="s">
         <v>20</v>
       </c>
       <c r="F401" t="s">
         <v>49</v>
       </c>
       <c r="G401" t="s">
         <v>22</v>
       </c>
       <c r="H401">
         <v>2024</v>
       </c>
       <c r="I401"/>
       <c r="J401" t="s">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="K401" t="s">
         <v>24</v>
       </c>
       <c r="L401" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M401" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N401" t="s">
+        <v>27</v>
+      </c>
+      <c r="O401" t="s">
         <v>1995</v>
       </c>
-      <c r="M401" t="s">
-[...5 lines deleted...]
-      <c r="O401" t="s">
+      <c r="P401" t="s">
         <v>1996</v>
-      </c>
-[...1 lines deleted...]
-        <v>1997</v>
       </c>
     </row>
     <row r="402" spans="1:16">
       <c r="A402" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B402" t="s">
         <v>1998</v>
       </c>
-      <c r="B402" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C402" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D402" t="s">
         <v>344</v>
       </c>
       <c r="E402" t="s">
         <v>20</v>
       </c>
       <c r="F402" t="s">
         <v>49</v>
       </c>
       <c r="G402" t="s">
         <v>22</v>
       </c>
       <c r="H402">
         <v>2010</v>
       </c>
       <c r="I402"/>
       <c r="J402" t="s">
         <v>68</v>
       </c>
       <c r="K402" t="s">
         <v>24</v>
       </c>
       <c r="L402" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M402" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N402" t="s">
+        <v>27</v>
+      </c>
+      <c r="O402" t="s">
         <v>2000</v>
       </c>
-      <c r="M402" t="s">
-[...5 lines deleted...]
-      <c r="O402" t="s">
+      <c r="P402" t="s">
         <v>2001</v>
-      </c>
-[...1 lines deleted...]
-        <v>2002</v>
       </c>
     </row>
     <row r="403" spans="1:16">
       <c r="A403" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B403" t="s">
         <v>2003</v>
       </c>
-      <c r="B403" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C403" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D403" t="s">
-        <v>1907</v>
+        <v>1906</v>
       </c>
       <c r="E403" t="s">
         <v>20</v>
       </c>
       <c r="F403" t="s">
         <v>49</v>
       </c>
       <c r="G403" t="s">
         <v>42</v>
       </c>
       <c r="H403">
         <v>2008</v>
       </c>
       <c r="I403">
         <v>2019</v>
       </c>
       <c r="J403" t="s">
         <v>68</v>
       </c>
       <c r="K403" t="s">
         <v>24</v>
       </c>
       <c r="L403" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M403" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N403" t="s">
+        <v>27</v>
+      </c>
+      <c r="O403" t="s">
         <v>2005</v>
       </c>
-      <c r="M403" t="s">
-[...5 lines deleted...]
-      <c r="O403" t="s">
+      <c r="P403" t="s">
         <v>2006</v>
-      </c>
-[...1 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="404" spans="1:16">
       <c r="A404" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B404" t="s">
         <v>2008</v>
       </c>
-      <c r="B404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C404" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D404" t="s">
         <v>275</v>
       </c>
       <c r="E404" t="s">
         <v>20</v>
       </c>
       <c r="F404" t="s">
         <v>49</v>
       </c>
       <c r="G404" t="s">
         <v>22</v>
       </c>
       <c r="H404">
         <v>2014</v>
       </c>
       <c r="I404"/>
       <c r="J404" t="s">
         <v>68</v>
       </c>
       <c r="K404" t="s">
-        <v>1526</v>
+        <v>1525</v>
       </c>
       <c r="L404" t="s">
+        <v>2009</v>
+      </c>
+      <c r="M404" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N404" t="s">
+        <v>27</v>
+      </c>
+      <c r="O404" t="s">
         <v>2010</v>
       </c>
-      <c r="M404" t="s">
-[...5 lines deleted...]
-      <c r="O404" t="s">
+      <c r="P404" t="s">
         <v>2011</v>
-      </c>
-[...1 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="405" spans="1:16">
       <c r="A405" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B405" t="s">
         <v>2013</v>
       </c>
-      <c r="B405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D405" t="s">
         <v>572</v>
       </c>
       <c r="E405" t="s">
         <v>20</v>
       </c>
       <c r="F405" t="s">
         <v>49</v>
       </c>
       <c r="G405" t="s">
         <v>22</v>
       </c>
       <c r="H405">
         <v>2021</v>
       </c>
       <c r="I405"/>
       <c r="J405" t="s">
         <v>68</v>
       </c>
       <c r="K405" t="s">
         <v>24</v>
       </c>
       <c r="L405" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M405" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N405" t="s">
+        <v>27</v>
+      </c>
+      <c r="O405" t="s">
         <v>2015</v>
       </c>
-      <c r="M405" t="s">
-[...5 lines deleted...]
-      <c r="O405" t="s">
+      <c r="P405" t="s">
         <v>2016</v>
-      </c>
-[...1 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="406" spans="1:16">
       <c r="A406" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B406" t="s">
         <v>2018</v>
-      </c>
-[...1 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="C406" t="s">
         <v>32</v>
       </c>
       <c r="D406" t="s">
         <v>19</v>
       </c>
       <c r="E406" t="s">
         <v>20</v>
       </c>
       <c r="F406" t="s">
         <v>33</v>
       </c>
       <c r="G406" t="s">
         <v>22</v>
       </c>
       <c r="H406">
         <v>2010</v>
       </c>
       <c r="I406"/>
       <c r="J406" t="s">
         <v>34</v>
       </c>
       <c r="K406" t="s">
         <v>24</v>
       </c>
       <c r="L406" t="s">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="M406" t="s">
         <v>36</v>
       </c>
       <c r="N406" t="s">
         <v>27</v>
       </c>
       <c r="O406" t="s">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="P406" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="407" spans="1:16">
       <c r="A407" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B407" t="s">
         <v>2022</v>
       </c>
-      <c r="B407" t="s">
+      <c r="C407" t="s">
         <v>2023</v>
       </c>
-      <c r="C407" t="s">
+      <c r="D407" t="s">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2025</v>
       </c>
       <c r="E407" t="s">
         <v>20</v>
       </c>
       <c r="F407" t="s">
         <v>59</v>
       </c>
       <c r="G407" t="s">
         <v>22</v>
       </c>
       <c r="H407">
         <v>2012</v>
       </c>
       <c r="I407"/>
       <c r="J407" t="s">
         <v>744</v>
       </c>
       <c r="K407" t="s">
         <v>24</v>
       </c>
       <c r="L407"/>
       <c r="M407" t="s">
+        <v>2025</v>
+      </c>
+      <c r="N407" t="s">
+        <v>27</v>
+      </c>
+      <c r="O407" t="s">
         <v>2026</v>
       </c>
-      <c r="N407" t="s">
-[...2 lines deleted...]
-      <c r="O407" t="s">
+      <c r="P407" t="s">
         <v>2027</v>
-      </c>
-[...1 lines deleted...]
-        <v>2028</v>
       </c>
     </row>
     <row r="408" spans="1:16">
       <c r="A408" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B408" t="s">
         <v>2029</v>
       </c>
-      <c r="B408" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C408" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D408" t="s">
         <v>60</v>
       </c>
       <c r="E408" t="s">
         <v>20</v>
       </c>
       <c r="F408" t="s">
         <v>59</v>
       </c>
       <c r="G408" t="s">
         <v>128</v>
       </c>
       <c r="H408"/>
       <c r="I408"/>
       <c r="J408" t="s">
         <v>68</v>
       </c>
       <c r="K408" t="s">
         <v>24</v>
       </c>
       <c r="L408"/>
       <c r="M408" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N408" t="s">
         <v>27</v>
       </c>
       <c r="O408" t="s">
+        <v>2030</v>
+      </c>
+      <c r="P408" t="s">
         <v>2031</v>
-      </c>
-[...1 lines deleted...]
-        <v>2032</v>
       </c>
     </row>
     <row r="409" spans="1:16">
       <c r="A409" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B409" t="s">
         <v>2033</v>
       </c>
-      <c r="B409" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C409" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D409" t="s">
         <v>774</v>
       </c>
       <c r="E409" t="s">
         <v>20</v>
       </c>
       <c r="F409" t="s">
         <v>59</v>
       </c>
       <c r="G409" t="s">
         <v>128</v>
       </c>
       <c r="H409"/>
       <c r="I409"/>
       <c r="J409" t="s">
         <v>68</v>
       </c>
       <c r="K409" t="s">
         <v>24</v>
       </c>
       <c r="L409"/>
       <c r="M409" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N409" t="s">
         <v>27</v>
       </c>
       <c r="O409" t="s">
+        <v>2034</v>
+      </c>
+      <c r="P409" t="s">
         <v>2035</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="410" spans="1:16">
       <c r="A410" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B410" t="s">
         <v>2037</v>
       </c>
-      <c r="B410" t="s">
+      <c r="C410" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D410" t="s">
         <v>2038</v>
-      </c>
-[...4 lines deleted...]
-        <v>2039</v>
       </c>
       <c r="E410" t="s">
         <v>20</v>
       </c>
       <c r="F410" t="s">
         <v>59</v>
       </c>
       <c r="G410" t="s">
         <v>128</v>
       </c>
       <c r="H410"/>
       <c r="I410"/>
       <c r="J410" t="s">
         <v>68</v>
       </c>
       <c r="K410" t="s">
         <v>24</v>
       </c>
       <c r="L410"/>
       <c r="M410" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N410" t="s">
         <v>27</v>
       </c>
       <c r="O410" t="s">
+        <v>2039</v>
+      </c>
+      <c r="P410" t="s">
         <v>2040</v>
-      </c>
-[...1 lines deleted...]
-        <v>2041</v>
       </c>
     </row>
     <row r="411" spans="1:16">
       <c r="A411" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B411" t="s">
         <v>2042</v>
       </c>
-      <c r="B411" t="s">
+      <c r="C411" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D411" t="s">
         <v>2043</v>
-      </c>
-[...4 lines deleted...]
-        <v>2044</v>
       </c>
       <c r="E411" t="s">
         <v>20</v>
       </c>
       <c r="F411" t="s">
         <v>59</v>
       </c>
       <c r="G411" t="s">
         <v>128</v>
       </c>
       <c r="H411"/>
       <c r="I411"/>
       <c r="J411" t="s">
         <v>68</v>
       </c>
       <c r="K411" t="s">
         <v>24</v>
       </c>
       <c r="L411"/>
       <c r="M411" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N411" t="s">
         <v>27</v>
       </c>
       <c r="O411" t="s">
+        <v>2044</v>
+      </c>
+      <c r="P411" t="s">
         <v>2045</v>
-      </c>
-[...1 lines deleted...]
-        <v>2046</v>
       </c>
     </row>
     <row r="412" spans="1:16">
       <c r="A412" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B412" t="s">
         <v>2047</v>
       </c>
-      <c r="B412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C412" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D412" t="s">
         <v>322</v>
       </c>
       <c r="E412" t="s">
         <v>20</v>
       </c>
       <c r="F412" t="s">
         <v>59</v>
       </c>
       <c r="G412" t="s">
         <v>42</v>
       </c>
       <c r="H412">
         <v>2012</v>
       </c>
       <c r="I412">
         <v>2012</v>
       </c>
       <c r="J412" t="s">
         <v>744</v>
       </c>
       <c r="K412" t="s">
         <v>24</v>
       </c>
       <c r="L412"/>
       <c r="M412" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N412" t="s">
         <v>27</v>
       </c>
       <c r="O412" t="s">
+        <v>2048</v>
+      </c>
+      <c r="P412" t="s">
         <v>2049</v>
-      </c>
-[...1 lines deleted...]
-        <v>2050</v>
       </c>
     </row>
     <row r="413" spans="1:16">
       <c r="A413" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B413" t="s">
         <v>2051</v>
       </c>
-      <c r="B413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D413" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="E413" t="s">
         <v>20</v>
       </c>
       <c r="F413" t="s">
         <v>59</v>
       </c>
       <c r="G413" t="s">
         <v>42</v>
       </c>
       <c r="H413">
         <v>2012</v>
       </c>
       <c r="I413">
         <v>2012</v>
       </c>
       <c r="J413" t="s">
         <v>744</v>
       </c>
       <c r="K413" t="s">
         <v>24</v>
       </c>
       <c r="L413"/>
       <c r="M413" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N413" t="s">
         <v>27</v>
       </c>
       <c r="O413" t="s">
+        <v>2052</v>
+      </c>
+      <c r="P413" t="s">
         <v>2053</v>
-      </c>
-[...1 lines deleted...]
-        <v>2054</v>
       </c>
     </row>
     <row r="414" spans="1:16">
       <c r="A414" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B414" t="s">
         <v>2055</v>
       </c>
-      <c r="B414" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C414" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D414" t="s">
         <v>693</v>
       </c>
       <c r="E414" t="s">
         <v>20</v>
       </c>
       <c r="F414" t="s">
         <v>59</v>
       </c>
       <c r="G414" t="s">
         <v>22</v>
       </c>
       <c r="H414">
         <v>2013</v>
       </c>
       <c r="I414"/>
       <c r="J414" t="s">
         <v>744</v>
       </c>
       <c r="K414" t="s">
         <v>24</v>
       </c>
       <c r="L414"/>
       <c r="M414" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N414" t="s">
         <v>27</v>
       </c>
       <c r="O414" t="s">
+        <v>2056</v>
+      </c>
+      <c r="P414" t="s">
         <v>2057</v>
-      </c>
-[...1 lines deleted...]
-        <v>2058</v>
       </c>
     </row>
     <row r="415" spans="1:16">
       <c r="A415" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B415" t="s">
         <v>2059</v>
       </c>
-      <c r="B415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C415" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D415" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="E415" t="s">
         <v>20</v>
       </c>
       <c r="F415" t="s">
         <v>59</v>
       </c>
       <c r="G415" t="s">
         <v>22</v>
       </c>
       <c r="H415">
         <v>2017</v>
       </c>
       <c r="I415"/>
       <c r="J415" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K415" t="s">
         <v>24</v>
       </c>
       <c r="L415"/>
       <c r="M415" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N415" t="s">
         <v>27</v>
       </c>
       <c r="O415" t="s">
+        <v>2060</v>
+      </c>
+      <c r="P415" t="s">
         <v>2061</v>
-      </c>
-[...1 lines deleted...]
-        <v>2062</v>
       </c>
     </row>
     <row r="416" spans="1:16">
       <c r="A416" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B416" t="s">
         <v>2063</v>
       </c>
-      <c r="B416" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C416" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D416" t="s">
         <v>275</v>
       </c>
       <c r="E416" t="s">
         <v>20</v>
       </c>
       <c r="F416" t="s">
         <v>59</v>
       </c>
       <c r="G416" t="s">
         <v>22</v>
       </c>
       <c r="H416">
         <v>2017</v>
       </c>
       <c r="I416"/>
       <c r="J416" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K416" t="s">
         <v>645</v>
       </c>
       <c r="L416"/>
       <c r="M416" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N416" t="s">
         <v>27</v>
       </c>
       <c r="O416" t="s">
+        <v>2064</v>
+      </c>
+      <c r="P416" t="s">
         <v>2065</v>
-      </c>
-[...1 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="417" spans="1:16">
       <c r="A417" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B417" t="s">
         <v>2067</v>
       </c>
-      <c r="B417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C417" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D417" t="s">
         <v>41</v>
       </c>
       <c r="E417" t="s">
         <v>20</v>
       </c>
       <c r="F417" t="s">
         <v>59</v>
       </c>
       <c r="G417" t="s">
         <v>22</v>
       </c>
       <c r="H417">
         <v>2017</v>
       </c>
       <c r="I417"/>
       <c r="J417" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K417" t="s">
-        <v>2069</v>
+        <v>2068</v>
       </c>
       <c r="L417"/>
       <c r="M417" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N417" t="s">
         <v>27</v>
       </c>
       <c r="O417" t="s">
+        <v>2069</v>
+      </c>
+      <c r="P417" t="s">
         <v>2070</v>
-      </c>
-[...1 lines deleted...]
-        <v>2071</v>
       </c>
     </row>
     <row r="418" spans="1:16">
       <c r="A418" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B418" t="s">
         <v>2072</v>
       </c>
-      <c r="B418" t="s">
+      <c r="C418" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D418" t="s">
         <v>2073</v>
-      </c>
-[...4 lines deleted...]
-        <v>2074</v>
       </c>
       <c r="E418" t="s">
         <v>20</v>
       </c>
       <c r="F418" t="s">
         <v>59</v>
       </c>
       <c r="G418" t="s">
         <v>42</v>
       </c>
       <c r="H418">
         <v>2012</v>
       </c>
       <c r="I418">
         <v>2017</v>
       </c>
       <c r="J418" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K418" t="s">
         <v>24</v>
       </c>
       <c r="L418"/>
       <c r="M418" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N418" t="s">
         <v>27</v>
       </c>
       <c r="O418" t="s">
+        <v>2074</v>
+      </c>
+      <c r="P418" t="s">
         <v>2075</v>
-      </c>
-[...1 lines deleted...]
-        <v>2076</v>
       </c>
     </row>
     <row r="419" spans="1:16">
       <c r="A419" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B419" t="s">
         <v>2077</v>
       </c>
-      <c r="B419" t="s">
+      <c r="C419" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D419" t="s">
         <v>2078</v>
-      </c>
-[...4 lines deleted...]
-        <v>2079</v>
       </c>
       <c r="E419" t="s">
         <v>20</v>
       </c>
       <c r="F419" t="s">
         <v>59</v>
       </c>
       <c r="G419" t="s">
         <v>22</v>
       </c>
       <c r="H419">
         <v>2017</v>
       </c>
       <c r="I419"/>
       <c r="J419" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K419" t="s">
         <v>287</v>
       </c>
       <c r="L419"/>
       <c r="M419" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N419" t="s">
         <v>27</v>
       </c>
       <c r="O419" t="s">
+        <v>2079</v>
+      </c>
+      <c r="P419" t="s">
         <v>2080</v>
-      </c>
-[...1 lines deleted...]
-        <v>2081</v>
       </c>
     </row>
     <row r="420" spans="1:16">
       <c r="A420" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B420" t="s">
         <v>2082</v>
       </c>
-      <c r="B420" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C420" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="D420" t="s">
         <v>651</v>
       </c>
       <c r="E420" t="s">
         <v>20</v>
       </c>
       <c r="F420" t="s">
         <v>59</v>
       </c>
       <c r="G420" t="s">
         <v>42</v>
       </c>
       <c r="H420">
         <v>2012</v>
       </c>
       <c r="I420">
         <v>2012</v>
       </c>
       <c r="J420" t="s">
         <v>744</v>
       </c>
       <c r="K420" t="s">
         <v>24</v>
       </c>
       <c r="L420"/>
       <c r="M420" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N420" t="s">
         <v>27</v>
       </c>
       <c r="O420" t="s">
-        <v>2084</v>
+        <v>2083</v>
       </c>
       <c r="P420" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="421" spans="1:16">
       <c r="A421" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B421" t="s">
         <v>2085</v>
       </c>
-      <c r="B421" t="s">
+      <c r="C421" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D421" t="s">
         <v>2086</v>
-      </c>
-[...4 lines deleted...]
-        <v>2087</v>
       </c>
       <c r="E421" t="s">
         <v>20</v>
       </c>
       <c r="F421" t="s">
         <v>59</v>
       </c>
       <c r="G421" t="s">
         <v>22</v>
       </c>
       <c r="H421">
         <v>2017</v>
       </c>
       <c r="I421"/>
       <c r="J421" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K421" t="s">
         <v>287</v>
       </c>
       <c r="L421"/>
       <c r="M421" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="N421" t="s">
         <v>27</v>
       </c>
       <c r="O421" t="s">
+        <v>2087</v>
+      </c>
+      <c r="P421" t="s">
         <v>2088</v>
-      </c>
-[...1 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="422" spans="1:16">
       <c r="A422" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B422" t="s">
         <v>2090</v>
       </c>
-      <c r="B422" t="s">
+      <c r="C422" t="s">
         <v>2091</v>
       </c>
-      <c r="C422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D422" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E422" t="s">
         <v>20</v>
       </c>
       <c r="F422" t="s">
         <v>49</v>
       </c>
       <c r="G422" t="s">
         <v>42</v>
       </c>
       <c r="H422">
         <v>2016</v>
       </c>
       <c r="I422">
         <v>2019</v>
       </c>
       <c r="J422" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K422" t="s">
         <v>24</v>
       </c>
       <c r="L422" t="s">
+        <v>2092</v>
+      </c>
+      <c r="M422" t="s">
         <v>2093</v>
       </c>
-      <c r="M422" t="s">
+      <c r="N422" t="s">
+        <v>27</v>
+      </c>
+      <c r="O422" t="s">
         <v>2094</v>
       </c>
-      <c r="N422" t="s">
-[...2 lines deleted...]
-      <c r="O422" t="s">
+      <c r="P422" t="s">
         <v>2095</v>
-      </c>
-[...1 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="423" spans="1:16">
       <c r="A423" t="s">
-        <v>2097</v>
+        <v>2096</v>
       </c>
       <c r="B423" t="s">
-        <v>2097</v>
+        <v>2096</v>
       </c>
       <c r="C423" t="s">
-        <v>2092</v>
+        <v>2091</v>
       </c>
       <c r="D423" t="s">
         <v>72</v>
       </c>
       <c r="E423" t="s">
         <v>20</v>
       </c>
       <c r="F423" t="s">
         <v>49</v>
       </c>
       <c r="G423" t="s">
         <v>22</v>
       </c>
       <c r="H423">
         <v>2018</v>
       </c>
       <c r="I423"/>
       <c r="J423" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K423" t="s">
         <v>24</v>
       </c>
       <c r="L423"/>
       <c r="M423" t="s">
-        <v>2094</v>
+        <v>2093</v>
       </c>
       <c r="N423" t="s">
         <v>27</v>
       </c>
       <c r="O423" t="s">
+        <v>2097</v>
+      </c>
+      <c r="P423" t="s">
         <v>2098</v>
-      </c>
-[...1 lines deleted...]
-        <v>2099</v>
       </c>
     </row>
     <row r="424" spans="1:16">
       <c r="A424" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B424" t="s">
         <v>2100</v>
       </c>
-      <c r="B424" t="s">
+      <c r="C424" t="s">
         <v>2101</v>
       </c>
-      <c r="C424" t="s">
+      <c r="D424" t="s">
         <v>2102</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
       <c r="E424" t="s">
         <v>20</v>
       </c>
       <c r="F424" t="s">
         <v>49</v>
       </c>
       <c r="G424" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="H424">
         <v>2025</v>
       </c>
       <c r="I424"/>
       <c r="J424" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K424" t="s">
+        <v>24</v>
+      </c>
+      <c r="L424" t="s">
         <v>2104</v>
       </c>
-      <c r="K424" t="s">
-[...2 lines deleted...]
-      <c r="L424" t="s">
+      <c r="M424" t="s">
         <v>2105</v>
       </c>
-      <c r="M424" t="s">
+      <c r="N424" t="s">
+        <v>27</v>
+      </c>
+      <c r="O424" t="s">
         <v>2106</v>
       </c>
-      <c r="N424" t="s">
-[...2 lines deleted...]
-      <c r="O424" t="s">
+      <c r="P424" t="s">
         <v>2107</v>
-      </c>
-[...1 lines deleted...]
-        <v>2108</v>
       </c>
     </row>
     <row r="425" spans="1:16">
       <c r="A425" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B425" t="s">
         <v>2109</v>
       </c>
-      <c r="B425" t="s">
+      <c r="C425" t="s">
         <v>2110</v>
       </c>
-      <c r="C425" t="s">
+      <c r="D425" t="s">
         <v>2111</v>
-      </c>
-[...1 lines deleted...]
-        <v>2112</v>
       </c>
       <c r="E425" t="s">
         <v>20</v>
       </c>
       <c r="F425" t="s">
         <v>33</v>
       </c>
       <c r="G425" t="s">
         <v>22</v>
       </c>
       <c r="H425">
         <v>2021</v>
       </c>
       <c r="I425"/>
       <c r="J425" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="K425" t="s">
         <v>24</v>
       </c>
       <c r="L425"/>
       <c r="M425" t="s">
+        <v>2112</v>
+      </c>
+      <c r="N425" t="s">
+        <v>27</v>
+      </c>
+      <c r="O425" t="s">
         <v>2113</v>
-      </c>
-[...4 lines deleted...]
-        <v>2114</v>
       </c>
       <c r="P425"/>
     </row>
     <row r="426" spans="1:16">
       <c r="A426" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B426" t="s">
         <v>2115</v>
-      </c>
-[...1 lines deleted...]
-        <v>2116</v>
       </c>
       <c r="C426" t="s">
         <v>1038</v>
       </c>
       <c r="D426" t="s">
-        <v>2117</v>
+        <v>2116</v>
       </c>
       <c r="E426" t="s">
         <v>20</v>
       </c>
       <c r="F426" t="s">
         <v>59</v>
       </c>
       <c r="G426" t="s">
         <v>22</v>
       </c>
       <c r="H426">
         <v>2014</v>
       </c>
       <c r="I426"/>
       <c r="J426" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K426" t="s">
         <v>24</v>
       </c>
       <c r="L426" t="s">
+        <v>2117</v>
+      </c>
+      <c r="M426" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N426" t="s">
+        <v>27</v>
+      </c>
+      <c r="O426" t="s">
         <v>2118</v>
       </c>
-      <c r="M426" t="s">
-[...5 lines deleted...]
-      <c r="O426" t="s">
+      <c r="P426" t="s">
         <v>2119</v>
-      </c>
-[...1 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="427" spans="1:16">
       <c r="A427" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B427" t="s">
         <v>2121</v>
-      </c>
-[...1 lines deleted...]
-        <v>2122</v>
       </c>
       <c r="C427" t="s">
         <v>1038</v>
       </c>
       <c r="D427" t="s">
         <v>91</v>
       </c>
       <c r="E427" t="s">
         <v>20</v>
       </c>
       <c r="F427" t="s">
         <v>59</v>
       </c>
       <c r="G427" t="s">
         <v>22</v>
       </c>
       <c r="H427">
         <v>1997</v>
       </c>
       <c r="I427">
         <v>2011</v>
       </c>
       <c r="J427" t="s">
         <v>1039</v>
       </c>
       <c r="K427" t="s">
         <v>60</v>
       </c>
       <c r="L427" t="s">
+        <v>2122</v>
+      </c>
+      <c r="M427" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N427" t="s">
+        <v>27</v>
+      </c>
+      <c r="O427" t="s">
         <v>2123</v>
       </c>
-      <c r="M427" t="s">
-[...5 lines deleted...]
-      <c r="O427" t="s">
+      <c r="P427" t="s">
         <v>2124</v>
-      </c>
-[...1 lines deleted...]
-        <v>2125</v>
       </c>
     </row>
     <row r="428" spans="1:16">
       <c r="A428" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B428" t="s">
         <v>2126</v>
-      </c>
-[...1 lines deleted...]
-        <v>2127</v>
       </c>
       <c r="C428" t="s">
         <v>1038</v>
       </c>
       <c r="D428" t="s">
         <v>700</v>
       </c>
       <c r="E428" t="s">
         <v>20</v>
       </c>
       <c r="F428" t="s">
         <v>59</v>
       </c>
       <c r="G428" t="s">
         <v>42</v>
       </c>
       <c r="H428">
         <v>2007</v>
       </c>
       <c r="I428">
         <v>2012</v>
       </c>
       <c r="J428" t="s">
         <v>1039</v>
       </c>
       <c r="K428" t="s">
         <v>24</v>
       </c>
       <c r="L428" t="s">
+        <v>2127</v>
+      </c>
+      <c r="M428" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N428" t="s">
+        <v>27</v>
+      </c>
+      <c r="O428" t="s">
         <v>2128</v>
       </c>
-      <c r="M428" t="s">
-[...5 lines deleted...]
-      <c r="O428" t="s">
+      <c r="P428" t="s">
         <v>2129</v>
-      </c>
-[...1 lines deleted...]
-        <v>2130</v>
       </c>
     </row>
     <row r="429" spans="1:16">
       <c r="A429" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B429" t="s">
         <v>2131</v>
-      </c>
-[...1 lines deleted...]
-        <v>2132</v>
       </c>
       <c r="C429" t="s">
         <v>1038</v>
       </c>
       <c r="D429" t="s">
         <v>72</v>
       </c>
       <c r="E429" t="s">
         <v>20</v>
       </c>
       <c r="F429" t="s">
         <v>59</v>
       </c>
       <c r="G429" t="s">
         <v>42</v>
       </c>
       <c r="H429">
         <v>1997</v>
       </c>
       <c r="I429">
         <v>2015</v>
       </c>
       <c r="J429" t="s">
         <v>23</v>
       </c>
       <c r="K429" t="s">
         <v>24</v>
       </c>
       <c r="L429" t="s">
+        <v>2132</v>
+      </c>
+      <c r="M429" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N429" t="s">
+        <v>27</v>
+      </c>
+      <c r="O429" t="s">
         <v>2133</v>
       </c>
-      <c r="M429" t="s">
-[...5 lines deleted...]
-      <c r="O429" t="s">
+      <c r="P429" t="s">
         <v>2134</v>
-      </c>
-[...1 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="430" spans="1:16">
       <c r="A430" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B430" t="s">
         <v>2136</v>
-      </c>
-[...1 lines deleted...]
-        <v>2137</v>
       </c>
       <c r="C430" t="s">
         <v>1038</v>
       </c>
       <c r="D430" t="s">
         <v>682</v>
       </c>
       <c r="E430" t="s">
         <v>20</v>
       </c>
       <c r="F430" t="s">
         <v>59</v>
       </c>
       <c r="G430" t="s">
         <v>42</v>
       </c>
       <c r="H430">
         <v>2013</v>
       </c>
       <c r="I430">
         <v>2018</v>
       </c>
       <c r="J430" t="s">
         <v>1039</v>
       </c>
       <c r="K430" t="s">
         <v>24</v>
       </c>
       <c r="L430" t="s">
+        <v>2137</v>
+      </c>
+      <c r="M430" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N430" t="s">
+        <v>27</v>
+      </c>
+      <c r="O430" t="s">
         <v>2138</v>
       </c>
-      <c r="M430" t="s">
-[...5 lines deleted...]
-      <c r="O430" t="s">
+      <c r="P430" t="s">
         <v>2139</v>
-      </c>
-[...1 lines deleted...]
-        <v>2140</v>
       </c>
     </row>
     <row r="431" spans="1:16">
       <c r="A431" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B431" t="s">
         <v>2141</v>
-      </c>
-[...1 lines deleted...]
-        <v>2142</v>
       </c>
       <c r="C431" t="s">
         <v>1038</v>
       </c>
       <c r="D431" t="s">
         <v>693</v>
       </c>
       <c r="E431" t="s">
         <v>20</v>
       </c>
       <c r="F431" t="s">
         <v>59</v>
       </c>
       <c r="G431" t="s">
         <v>22</v>
       </c>
       <c r="H431">
         <v>2013</v>
       </c>
       <c r="I431"/>
       <c r="J431" t="s">
         <v>23</v>
       </c>
       <c r="K431" t="s">
         <v>24</v>
       </c>
       <c r="L431" t="s">
+        <v>2142</v>
+      </c>
+      <c r="M431" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N431" t="s">
+        <v>27</v>
+      </c>
+      <c r="O431" t="s">
         <v>2143</v>
       </c>
-      <c r="M431" t="s">
-[...5 lines deleted...]
-      <c r="O431" t="s">
+      <c r="P431" t="s">
         <v>2144</v>
-      </c>
-[...1 lines deleted...]
-        <v>2145</v>
       </c>
     </row>
     <row r="432" spans="1:16">
       <c r="A432" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B432" t="s">
         <v>2146</v>
-      </c>
-[...1 lines deleted...]
-        <v>2147</v>
       </c>
       <c r="C432" t="s">
         <v>1038</v>
       </c>
       <c r="D432" t="s">
-        <v>2148</v>
+        <v>2147</v>
       </c>
       <c r="E432" t="s">
         <v>20</v>
       </c>
       <c r="F432" t="s">
         <v>59</v>
       </c>
       <c r="G432" t="s">
         <v>22</v>
       </c>
       <c r="H432">
         <v>2012</v>
       </c>
       <c r="I432"/>
       <c r="J432" t="s">
         <v>1039</v>
       </c>
       <c r="K432" t="s">
         <v>60</v>
       </c>
       <c r="L432" t="s">
+        <v>2148</v>
+      </c>
+      <c r="M432" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N432" t="s">
+        <v>27</v>
+      </c>
+      <c r="O432" t="s">
         <v>2149</v>
       </c>
-      <c r="M432" t="s">
-[...5 lines deleted...]
-      <c r="O432" t="s">
+      <c r="P432" t="s">
         <v>2150</v>
-      </c>
-[...1 lines deleted...]
-        <v>2151</v>
       </c>
     </row>
     <row r="433" spans="1:16">
       <c r="A433" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B433" t="s">
         <v>2152</v>
-      </c>
-[...1 lines deleted...]
-        <v>2153</v>
       </c>
       <c r="C433" t="s">
         <v>1038</v>
       </c>
       <c r="D433" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
       <c r="E433" t="s">
         <v>20</v>
       </c>
       <c r="F433" t="s">
         <v>59</v>
       </c>
       <c r="G433" t="s">
         <v>22</v>
       </c>
       <c r="H433">
         <v>2011</v>
       </c>
       <c r="I433"/>
       <c r="J433" t="s">
         <v>1039</v>
       </c>
       <c r="K433" t="s">
         <v>24</v>
       </c>
       <c r="L433" t="s">
+        <v>2154</v>
+      </c>
+      <c r="M433" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N433" t="s">
+        <v>27</v>
+      </c>
+      <c r="O433" t="s">
         <v>2155</v>
       </c>
-      <c r="M433" t="s">
-[...5 lines deleted...]
-      <c r="O433" t="s">
+      <c r="P433" t="s">
         <v>2156</v>
-      </c>
-[...1 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="434" spans="1:16">
       <c r="A434" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B434" t="s">
         <v>2158</v>
-      </c>
-[...1 lines deleted...]
-        <v>2159</v>
       </c>
       <c r="C434" t="s">
         <v>1038</v>
       </c>
       <c r="D434" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="E434" t="s">
         <v>20</v>
       </c>
       <c r="F434" t="s">
         <v>59</v>
       </c>
       <c r="G434" t="s">
         <v>22</v>
       </c>
       <c r="H434">
         <v>2013</v>
       </c>
       <c r="I434"/>
       <c r="J434" t="s">
         <v>23</v>
       </c>
       <c r="K434" t="s">
         <v>24</v>
       </c>
       <c r="L434" t="s">
+        <v>2159</v>
+      </c>
+      <c r="M434" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N434" t="s">
+        <v>27</v>
+      </c>
+      <c r="O434" t="s">
         <v>2160</v>
       </c>
-      <c r="M434" t="s">
-[...5 lines deleted...]
-      <c r="O434" t="s">
+      <c r="P434" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="435" spans="1:16">
       <c r="A435" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B435" t="s">
         <v>2163</v>
-      </c>
-[...1 lines deleted...]
-        <v>2164</v>
       </c>
       <c r="C435" t="s">
         <v>1038</v>
       </c>
       <c r="D435" t="s">
         <v>1057</v>
       </c>
       <c r="E435" t="s">
         <v>20</v>
       </c>
       <c r="F435" t="s">
         <v>59</v>
       </c>
       <c r="G435" t="s">
         <v>22</v>
       </c>
       <c r="H435">
         <v>2013</v>
       </c>
       <c r="I435"/>
       <c r="J435" t="s">
         <v>1039</v>
       </c>
       <c r="K435" t="s">
         <v>24</v>
       </c>
       <c r="L435" t="s">
+        <v>2164</v>
+      </c>
+      <c r="M435" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N435" t="s">
+        <v>27</v>
+      </c>
+      <c r="O435" t="s">
         <v>2165</v>
       </c>
-      <c r="M435" t="s">
-[...5 lines deleted...]
-      <c r="O435" t="s">
+      <c r="P435" t="s">
         <v>2166</v>
-      </c>
-[...1 lines deleted...]
-        <v>2167</v>
       </c>
     </row>
     <row r="436" spans="1:16">
       <c r="A436" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B436" t="s">
         <v>2168</v>
-      </c>
-[...1 lines deleted...]
-        <v>2169</v>
       </c>
       <c r="C436" t="s">
         <v>1038</v>
       </c>
       <c r="D436" t="s">
         <v>732</v>
       </c>
       <c r="E436" t="s">
         <v>20</v>
       </c>
       <c r="F436" t="s">
         <v>59</v>
       </c>
       <c r="G436" t="s">
         <v>22</v>
       </c>
       <c r="H436">
         <v>2012</v>
       </c>
       <c r="I436"/>
       <c r="J436" t="s">
         <v>1039</v>
       </c>
       <c r="K436" t="s">
         <v>24</v>
       </c>
       <c r="L436" t="s">
+        <v>2169</v>
+      </c>
+      <c r="M436" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N436" t="s">
+        <v>27</v>
+      </c>
+      <c r="O436" t="s">
         <v>2170</v>
       </c>
-      <c r="M436" t="s">
-[...5 lines deleted...]
-      <c r="O436" t="s">
+      <c r="P436" t="s">
         <v>2171</v>
-      </c>
-[...1 lines deleted...]
-        <v>2172</v>
       </c>
     </row>
     <row r="437" spans="1:16">
       <c r="A437" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B437" t="s">
         <v>2173</v>
-      </c>
-[...1 lines deleted...]
-        <v>2174</v>
       </c>
       <c r="C437" t="s">
         <v>1038</v>
       </c>
       <c r="D437" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="E437" t="s">
         <v>20</v>
       </c>
       <c r="F437" t="s">
         <v>59</v>
       </c>
       <c r="G437" t="s">
         <v>22</v>
       </c>
       <c r="H437">
         <v>2012</v>
       </c>
       <c r="I437"/>
       <c r="J437" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K437" t="s">
         <v>24</v>
       </c>
       <c r="L437" t="s">
+        <v>2174</v>
+      </c>
+      <c r="M437" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N437" t="s">
+        <v>27</v>
+      </c>
+      <c r="O437" t="s">
         <v>2175</v>
       </c>
-      <c r="M437" t="s">
-[...5 lines deleted...]
-      <c r="O437" t="s">
+      <c r="P437" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="438" spans="1:16">
       <c r="A438" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B438" t="s">
         <v>2178</v>
-      </c>
-[...1 lines deleted...]
-        <v>2179</v>
       </c>
       <c r="C438" t="s">
         <v>1038</v>
       </c>
       <c r="D438" t="s">
         <v>305</v>
       </c>
       <c r="E438" t="s">
         <v>20</v>
       </c>
       <c r="F438" t="s">
         <v>59</v>
       </c>
       <c r="G438" t="s">
         <v>42</v>
       </c>
       <c r="H438">
         <v>2003</v>
       </c>
       <c r="I438">
         <v>2012</v>
       </c>
       <c r="J438" t="s">
         <v>1039</v>
       </c>
       <c r="K438" t="s">
         <v>24</v>
       </c>
       <c r="L438" t="s">
+        <v>2179</v>
+      </c>
+      <c r="M438" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N438" t="s">
+        <v>27</v>
+      </c>
+      <c r="O438" t="s">
         <v>2180</v>
       </c>
-      <c r="M438" t="s">
-[...5 lines deleted...]
-      <c r="O438" t="s">
+      <c r="P438" t="s">
         <v>2181</v>
-      </c>
-[...1 lines deleted...]
-        <v>2182</v>
       </c>
     </row>
     <row r="439" spans="1:16">
       <c r="A439" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B439" t="s">
         <v>2183</v>
-      </c>
-[...1 lines deleted...]
-        <v>2184</v>
       </c>
       <c r="C439" t="s">
         <v>1038</v>
       </c>
       <c r="D439" t="s">
         <v>613</v>
       </c>
       <c r="E439" t="s">
         <v>20</v>
       </c>
       <c r="F439" t="s">
         <v>59</v>
       </c>
       <c r="G439" t="s">
         <v>42</v>
       </c>
       <c r="H439">
         <v>2011</v>
       </c>
       <c r="I439">
         <v>2017</v>
       </c>
       <c r="J439" t="s">
         <v>1039</v>
       </c>
       <c r="K439" t="s">
         <v>583</v>
       </c>
       <c r="L439" t="s">
-        <v>2185</v>
+        <v>2184</v>
       </c>
       <c r="M439" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="N439" t="s">
         <v>585</v>
       </c>
       <c r="O439" t="s">
+        <v>2185</v>
+      </c>
+      <c r="P439" t="s">
         <v>2186</v>
-      </c>
-[...1 lines deleted...]
-        <v>2187</v>
       </c>
     </row>
     <row r="440" spans="1:16">
       <c r="A440" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B440" t="s">
         <v>2188</v>
-      </c>
-[...1 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="C440" t="s">
         <v>1038</v>
       </c>
       <c r="D440" t="s">
         <v>370</v>
       </c>
       <c r="E440" t="s">
         <v>20</v>
       </c>
       <c r="F440" t="s">
         <v>59</v>
       </c>
       <c r="G440" t="s">
         <v>42</v>
       </c>
       <c r="H440">
         <v>2002</v>
       </c>
       <c r="I440">
         <v>2015</v>
       </c>
       <c r="J440" t="s">
         <v>1039</v>
       </c>
       <c r="K440" t="s">
         <v>24</v>
       </c>
       <c r="L440" t="s">
+        <v>2189</v>
+      </c>
+      <c r="M440" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N440" t="s">
+        <v>27</v>
+      </c>
+      <c r="O440" t="s">
         <v>2190</v>
       </c>
-      <c r="M440" t="s">
-[...5 lines deleted...]
-      <c r="O440" t="s">
+      <c r="P440" t="s">
         <v>2191</v>
-      </c>
-[...1 lines deleted...]
-        <v>2192</v>
       </c>
     </row>
     <row r="441" spans="1:16">
       <c r="A441" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B441" t="s">
         <v>2193</v>
-      </c>
-[...1 lines deleted...]
-        <v>2194</v>
       </c>
       <c r="C441" t="s">
         <v>1038</v>
       </c>
       <c r="D441" t="s">
         <v>844</v>
       </c>
       <c r="E441" t="s">
         <v>20</v>
       </c>
       <c r="F441" t="s">
         <v>59</v>
       </c>
       <c r="G441" t="s">
         <v>22</v>
       </c>
       <c r="H441">
         <v>2013</v>
       </c>
       <c r="I441"/>
       <c r="J441" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="K441" t="s">
         <v>24</v>
       </c>
       <c r="L441" t="s">
+        <v>2194</v>
+      </c>
+      <c r="M441" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N441" t="s">
+        <v>27</v>
+      </c>
+      <c r="O441" t="s">
         <v>2195</v>
       </c>
-      <c r="M441" t="s">
-[...5 lines deleted...]
-      <c r="O441" t="s">
+      <c r="P441" t="s">
         <v>2196</v>
-      </c>
-[...1 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="442" spans="1:16">
       <c r="A442" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B442" t="s">
         <v>2198</v>
-      </c>
-[...1 lines deleted...]
-        <v>2199</v>
       </c>
       <c r="C442" t="s">
         <v>1038</v>
       </c>
       <c r="D442" t="s">
         <v>850</v>
       </c>
       <c r="E442" t="s">
         <v>20</v>
       </c>
       <c r="F442" t="s">
         <v>59</v>
       </c>
       <c r="G442" t="s">
         <v>22</v>
       </c>
       <c r="H442">
         <v>2012</v>
       </c>
       <c r="I442"/>
       <c r="J442" t="s">
         <v>1039</v>
       </c>
       <c r="K442" t="s">
         <v>24</v>
       </c>
       <c r="L442" t="s">
+        <v>2199</v>
+      </c>
+      <c r="M442" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N442" t="s">
+        <v>27</v>
+      </c>
+      <c r="O442" t="s">
         <v>2200</v>
       </c>
-      <c r="M442" t="s">
-[...5 lines deleted...]
-      <c r="O442" t="s">
+      <c r="P442" t="s">
         <v>2201</v>
-      </c>
-[...1 lines deleted...]
-        <v>2202</v>
       </c>
     </row>
     <row r="443" spans="1:16">
       <c r="A443" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B443" t="s">
         <v>2203</v>
-      </c>
-[...1 lines deleted...]
-        <v>2204</v>
       </c>
       <c r="C443" t="s">
         <v>1038</v>
       </c>
       <c r="D443" t="s">
-        <v>2205</v>
+        <v>2204</v>
       </c>
       <c r="E443" t="s">
         <v>20</v>
       </c>
       <c r="F443" t="s">
         <v>59</v>
       </c>
       <c r="G443" t="s">
         <v>42</v>
       </c>
       <c r="H443">
         <v>2001</v>
       </c>
       <c r="I443"/>
       <c r="J443" t="s">
         <v>1039</v>
       </c>
       <c r="K443" t="s">
         <v>24</v>
       </c>
       <c r="L443" t="s">
+        <v>2205</v>
+      </c>
+      <c r="M443" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N443" t="s">
+        <v>27</v>
+      </c>
+      <c r="O443" t="s">
         <v>2206</v>
       </c>
-      <c r="M443" t="s">
-[...5 lines deleted...]
-      <c r="O443" t="s">
+      <c r="P443" t="s">
         <v>2207</v>
-      </c>
-[...1 lines deleted...]
-        <v>2208</v>
       </c>
     </row>
     <row r="444" spans="1:16">
       <c r="A444" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B444" t="s">
         <v>2209</v>
-      </c>
-[...1 lines deleted...]
-        <v>2210</v>
       </c>
       <c r="C444" t="s">
         <v>1038</v>
       </c>
       <c r="D444" t="s">
         <v>947</v>
       </c>
       <c r="E444" t="s">
         <v>20</v>
       </c>
       <c r="F444" t="s">
         <v>59</v>
       </c>
       <c r="G444" t="s">
         <v>22</v>
       </c>
       <c r="H444">
         <v>2014</v>
       </c>
       <c r="I444"/>
       <c r="J444" t="s">
         <v>1039</v>
       </c>
       <c r="K444" t="s">
         <v>24</v>
       </c>
       <c r="L444" t="s">
+        <v>2210</v>
+      </c>
+      <c r="M444" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N444" t="s">
+        <v>27</v>
+      </c>
+      <c r="O444" t="s">
         <v>2211</v>
       </c>
-      <c r="M444" t="s">
-[...5 lines deleted...]
-      <c r="O444" t="s">
+      <c r="P444" t="s">
         <v>2212</v>
-      </c>
-[...1 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="445" spans="1:16">
       <c r="A445" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B445" t="s">
         <v>2214</v>
-      </c>
-[...1 lines deleted...]
-        <v>2215</v>
       </c>
       <c r="C445" t="s">
         <v>1038</v>
       </c>
       <c r="D445" t="s">
         <v>19</v>
       </c>
       <c r="E445" t="s">
         <v>20</v>
       </c>
       <c r="F445" t="s">
         <v>59</v>
       </c>
       <c r="G445" t="s">
         <v>42</v>
       </c>
       <c r="H445">
         <v>2013</v>
       </c>
       <c r="I445">
         <v>2017</v>
       </c>
       <c r="J445" t="s">
         <v>1039</v>
       </c>
       <c r="K445" t="s">
         <v>24</v>
       </c>
       <c r="L445" t="s">
+        <v>2215</v>
+      </c>
+      <c r="M445" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N445" t="s">
+        <v>27</v>
+      </c>
+      <c r="O445" t="s">
         <v>2216</v>
       </c>
-      <c r="M445" t="s">
-[...5 lines deleted...]
-      <c r="O445" t="s">
+      <c r="P445" t="s">
         <v>2217</v>
-      </c>
-[...1 lines deleted...]
-        <v>2218</v>
       </c>
     </row>
     <row r="446" spans="1:16">
       <c r="A446" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B446" t="s">
         <v>2219</v>
-      </c>
-[...1 lines deleted...]
-        <v>2220</v>
       </c>
       <c r="C446" t="s">
         <v>1038</v>
       </c>
       <c r="D446" t="s">
         <v>774</v>
       </c>
       <c r="E446" t="s">
         <v>20</v>
       </c>
       <c r="F446" t="s">
         <v>59</v>
       </c>
       <c r="G446" t="s">
         <v>42</v>
       </c>
       <c r="H446">
         <v>2011</v>
       </c>
       <c r="I446"/>
       <c r="J446" t="s">
         <v>1039</v>
       </c>
       <c r="K446" t="s">
         <v>24</v>
       </c>
       <c r="L446" t="s">
+        <v>2220</v>
+      </c>
+      <c r="M446" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N446" t="s">
+        <v>27</v>
+      </c>
+      <c r="O446" t="s">
         <v>2221</v>
       </c>
-      <c r="M446" t="s">
-[...5 lines deleted...]
-      <c r="O446" t="s">
+      <c r="P446" t="s">
         <v>2222</v>
-      </c>
-[...1 lines deleted...]
-        <v>2223</v>
       </c>
     </row>
     <row r="447" spans="1:16">
       <c r="A447" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B447" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
       <c r="C447" t="s">
         <v>1038</v>
       </c>
       <c r="D447" t="s">
         <v>344</v>
       </c>
       <c r="E447" t="s">
         <v>20</v>
       </c>
       <c r="F447" t="s">
         <v>59</v>
       </c>
       <c r="G447" t="s">
         <v>22</v>
       </c>
       <c r="H447">
         <v>1998</v>
       </c>
       <c r="I447"/>
       <c r="J447" t="s">
         <v>1039</v>
       </c>
       <c r="K447" t="s">
         <v>24</v>
       </c>
       <c r="L447" t="s">
-        <v>2226</v>
+        <v>2225</v>
       </c>
       <c r="M447" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="N447" t="s">
         <v>100</v>
       </c>
       <c r="O447" t="s">
+        <v>2226</v>
+      </c>
+      <c r="P447" t="s">
         <v>2227</v>
-      </c>
-[...1 lines deleted...]
-        <v>2228</v>
       </c>
     </row>
     <row r="448" spans="1:16">
       <c r="A448" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B448" t="s">
         <v>2229</v>
-      </c>
-[...1 lines deleted...]
-        <v>2230</v>
       </c>
       <c r="C448" t="s">
         <v>1038</v>
       </c>
       <c r="D448" t="s">
         <v>305</v>
       </c>
       <c r="E448" t="s">
         <v>20</v>
       </c>
       <c r="F448" t="s">
         <v>59</v>
       </c>
       <c r="G448" t="s">
         <v>22</v>
       </c>
       <c r="H448">
         <v>2018</v>
       </c>
       <c r="I448"/>
       <c r="J448" t="s">
         <v>1039</v>
       </c>
       <c r="K448" t="s">
         <v>24</v>
       </c>
       <c r="L448" t="s">
+        <v>2230</v>
+      </c>
+      <c r="M448" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N448" t="s">
+        <v>27</v>
+      </c>
+      <c r="O448" t="s">
         <v>2231</v>
       </c>
-      <c r="M448" t="s">
-[...5 lines deleted...]
-      <c r="O448" t="s">
+      <c r="P448" t="s">
         <v>2232</v>
-      </c>
-[...1 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="449" spans="1:16">
       <c r="A449" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B449" t="s">
         <v>2234</v>
-      </c>
-[...1 lines deleted...]
-        <v>2235</v>
       </c>
       <c r="C449" t="s">
         <v>1038</v>
       </c>
       <c r="D449" t="s">
         <v>305</v>
       </c>
       <c r="E449" t="s">
         <v>20</v>
       </c>
       <c r="F449" t="s">
         <v>59</v>
       </c>
       <c r="G449" t="s">
         <v>22</v>
       </c>
       <c r="H449">
         <v>2018</v>
       </c>
       <c r="I449"/>
       <c r="J449" t="s">
         <v>1039</v>
       </c>
       <c r="K449" t="s">
         <v>24</v>
       </c>
       <c r="L449" t="s">
+        <v>2235</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N449" t="s">
+        <v>27</v>
+      </c>
+      <c r="O449" t="s">
         <v>2236</v>
       </c>
-      <c r="M449" t="s">
-[...5 lines deleted...]
-      <c r="O449" t="s">
+      <c r="P449" t="s">
         <v>2237</v>
-      </c>
-[...1 lines deleted...]
-        <v>2238</v>
       </c>
     </row>
     <row r="450" spans="1:16">
       <c r="A450" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B450" t="s">
         <v>2239</v>
-      </c>
-[...1 lines deleted...]
-        <v>2240</v>
       </c>
       <c r="C450" t="s">
         <v>1038</v>
       </c>
       <c r="D450" t="s">
         <v>248</v>
       </c>
       <c r="E450" t="s">
         <v>20</v>
       </c>
       <c r="F450" t="s">
         <v>59</v>
       </c>
       <c r="G450" t="s">
         <v>42</v>
       </c>
       <c r="H450">
         <v>2013</v>
       </c>
       <c r="I450">
         <v>2021</v>
       </c>
       <c r="J450" t="s">
         <v>1039</v>
       </c>
       <c r="K450" t="s">
         <v>24</v>
       </c>
       <c r="L450" t="s">
+        <v>2240</v>
+      </c>
+      <c r="M450" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N450" t="s">
+        <v>27</v>
+      </c>
+      <c r="O450" t="s">
         <v>2241</v>
       </c>
-      <c r="M450" t="s">
-[...5 lines deleted...]
-      <c r="O450" t="s">
+      <c r="P450" t="s">
         <v>2242</v>
-      </c>
-[...1 lines deleted...]
-        <v>2243</v>
       </c>
     </row>
     <row r="451" spans="1:16">
       <c r="A451" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B451" t="s">
         <v>2244</v>
-      </c>
-[...1 lines deleted...]
-        <v>2245</v>
       </c>
       <c r="C451" t="s">
         <v>1038</v>
       </c>
       <c r="D451" t="s">
         <v>651</v>
       </c>
       <c r="E451" t="s">
         <v>20</v>
       </c>
       <c r="F451" t="s">
         <v>59</v>
       </c>
       <c r="G451" t="s">
         <v>42</v>
       </c>
       <c r="H451">
         <v>2002</v>
       </c>
       <c r="I451">
         <v>2021</v>
       </c>
       <c r="J451" t="s">
         <v>1039</v>
       </c>
       <c r="K451" t="s">
         <v>24</v>
       </c>
       <c r="L451" t="s">
+        <v>2245</v>
+      </c>
+      <c r="M451" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N451" t="s">
+        <v>27</v>
+      </c>
+      <c r="O451" t="s">
         <v>2246</v>
       </c>
-      <c r="M451" t="s">
-[...5 lines deleted...]
-      <c r="O451" t="s">
+      <c r="P451" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="452" spans="1:16">
       <c r="A452" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B452" t="s">
         <v>2249</v>
-      </c>
-[...1 lines deleted...]
-        <v>2250</v>
       </c>
       <c r="C452" t="s">
         <v>1038</v>
       </c>
       <c r="D452" t="s">
         <v>135</v>
       </c>
       <c r="E452" t="s">
         <v>20</v>
       </c>
       <c r="F452" t="s">
         <v>59</v>
       </c>
       <c r="G452" t="s">
         <v>42</v>
       </c>
       <c r="H452">
         <v>2003</v>
       </c>
       <c r="I452">
         <v>2021</v>
       </c>
       <c r="J452" t="s">
         <v>1039</v>
       </c>
       <c r="K452" t="s">
         <v>24</v>
       </c>
       <c r="L452" t="s">
+        <v>2250</v>
+      </c>
+      <c r="M452" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N452" t="s">
+        <v>27</v>
+      </c>
+      <c r="O452" t="s">
         <v>2251</v>
       </c>
-      <c r="M452" t="s">
-[...5 lines deleted...]
-      <c r="O452" t="s">
+      <c r="P452" t="s">
         <v>2252</v>
-      </c>
-[...1 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="453" spans="1:16">
       <c r="A453" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B453" t="s">
         <v>2254</v>
-      </c>
-[...1 lines deleted...]
-        <v>2255</v>
       </c>
       <c r="C453" t="s">
         <v>1038</v>
       </c>
       <c r="D453" t="s">
         <v>402</v>
       </c>
       <c r="E453" t="s">
         <v>20</v>
       </c>
       <c r="F453" t="s">
         <v>59</v>
       </c>
       <c r="G453" t="s">
         <v>22</v>
       </c>
       <c r="H453">
         <v>2012</v>
       </c>
       <c r="I453"/>
       <c r="J453" t="s">
         <v>1039</v>
       </c>
       <c r="K453" t="s">
         <v>24</v>
       </c>
       <c r="L453" t="s">
+        <v>2255</v>
+      </c>
+      <c r="M453" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N453" t="s">
+        <v>27</v>
+      </c>
+      <c r="O453" t="s">
         <v>2256</v>
       </c>
-      <c r="M453" t="s">
-[...5 lines deleted...]
-      <c r="O453" t="s">
+      <c r="P453" t="s">
         <v>2257</v>
-      </c>
-[...1 lines deleted...]
-        <v>2258</v>
       </c>
     </row>
     <row r="454" spans="1:16">
       <c r="A454" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B454" t="s">
         <v>2259</v>
-      </c>
-[...1 lines deleted...]
-        <v>2260</v>
       </c>
       <c r="C454" t="s">
         <v>1038</v>
       </c>
       <c r="D454" t="s">
         <v>322</v>
       </c>
       <c r="E454" t="s">
         <v>20</v>
       </c>
       <c r="F454" t="s">
         <v>59</v>
       </c>
       <c r="G454" t="s">
         <v>42</v>
       </c>
       <c r="H454">
         <v>2004</v>
       </c>
       <c r="I454">
         <v>2012</v>
       </c>
       <c r="J454" t="s">
         <v>1039</v>
       </c>
       <c r="K454" t="s">
         <v>24</v>
       </c>
       <c r="L454" t="s">
+        <v>2260</v>
+      </c>
+      <c r="M454" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N454" t="s">
+        <v>27</v>
+      </c>
+      <c r="O454" t="s">
         <v>2261</v>
       </c>
-      <c r="M454" t="s">
-[...5 lines deleted...]
-      <c r="O454" t="s">
+      <c r="P454" t="s">
         <v>2262</v>
-      </c>
-[...1 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="455" spans="1:16">
       <c r="A455" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B455" t="s">
         <v>2264</v>
-      </c>
-[...1 lines deleted...]
-        <v>2265</v>
       </c>
       <c r="C455" t="s">
         <v>1038</v>
       </c>
       <c r="D455" t="s">
-        <v>2266</v>
+        <v>2265</v>
       </c>
       <c r="E455" t="s">
         <v>20</v>
       </c>
       <c r="F455" t="s">
         <v>59</v>
       </c>
       <c r="G455" t="s">
         <v>22</v>
       </c>
       <c r="H455">
         <v>2014</v>
       </c>
       <c r="I455"/>
       <c r="J455" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K455" t="s">
         <v>24</v>
       </c>
       <c r="L455" t="s">
+        <v>2266</v>
+      </c>
+      <c r="M455" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N455" t="s">
+        <v>27</v>
+      </c>
+      <c r="O455" t="s">
         <v>2267</v>
       </c>
-      <c r="M455" t="s">
-[...5 lines deleted...]
-      <c r="O455" t="s">
+      <c r="P455" t="s">
         <v>2268</v>
-      </c>
-[...1 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="456" spans="1:16">
       <c r="A456" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B456" t="s">
         <v>2270</v>
-      </c>
-[...1 lines deleted...]
-        <v>2271</v>
       </c>
       <c r="C456" t="s">
         <v>1038</v>
       </c>
       <c r="D456" t="s">
         <v>391</v>
       </c>
       <c r="E456" t="s">
         <v>20</v>
       </c>
       <c r="F456" t="s">
         <v>59</v>
       </c>
       <c r="G456" t="s">
         <v>22</v>
       </c>
       <c r="H456">
         <v>2015</v>
       </c>
       <c r="I456"/>
       <c r="J456" t="s">
         <v>1039</v>
       </c>
       <c r="K456" t="s">
         <v>24</v>
       </c>
       <c r="L456" t="s">
+        <v>2271</v>
+      </c>
+      <c r="M456" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N456" t="s">
+        <v>27</v>
+      </c>
+      <c r="O456" t="s">
         <v>2272</v>
       </c>
-      <c r="M456" t="s">
-[...5 lines deleted...]
-      <c r="O456" t="s">
+      <c r="P456" t="s">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>2274</v>
       </c>
     </row>
     <row r="457" spans="1:16">
       <c r="A457" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B457" t="s">
         <v>2275</v>
-      </c>
-[...1 lines deleted...]
-        <v>2276</v>
       </c>
       <c r="C457" t="s">
         <v>1038</v>
       </c>
       <c r="D457" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="E457" t="s">
         <v>20</v>
       </c>
       <c r="F457" t="s">
         <v>59</v>
       </c>
       <c r="G457" t="s">
         <v>22</v>
       </c>
       <c r="H457">
         <v>2012</v>
       </c>
       <c r="I457"/>
       <c r="J457" t="s">
         <v>1039</v>
       </c>
       <c r="K457" t="s">
         <v>24</v>
       </c>
       <c r="L457" t="s">
+        <v>2276</v>
+      </c>
+      <c r="M457" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N457" t="s">
+        <v>27</v>
+      </c>
+      <c r="O457" t="s">
         <v>2277</v>
       </c>
-      <c r="M457" t="s">
-[...5 lines deleted...]
-      <c r="O457" t="s">
+      <c r="P457" t="s">
         <v>2278</v>
-      </c>
-[...1 lines deleted...]
-        <v>2279</v>
       </c>
     </row>
     <row r="458" spans="1:16">
       <c r="A458" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B458" t="s">
         <v>2280</v>
-      </c>
-[...1 lines deleted...]
-        <v>2281</v>
       </c>
       <c r="C458" t="s">
         <v>1038</v>
       </c>
       <c r="D458" t="s">
         <v>757</v>
       </c>
       <c r="E458" t="s">
         <v>20</v>
       </c>
       <c r="F458" t="s">
         <v>59</v>
       </c>
       <c r="G458" t="s">
         <v>22</v>
       </c>
       <c r="H458">
         <v>2004</v>
       </c>
       <c r="I458"/>
       <c r="J458" t="s">
         <v>1039</v>
       </c>
       <c r="K458" t="s">
         <v>24</v>
       </c>
       <c r="L458" t="s">
+        <v>2281</v>
+      </c>
+      <c r="M458" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N458" t="s">
+        <v>27</v>
+      </c>
+      <c r="O458" t="s">
         <v>2282</v>
       </c>
-      <c r="M458" t="s">
-[...5 lines deleted...]
-      <c r="O458" t="s">
+      <c r="P458" t="s">
         <v>2283</v>
-      </c>
-[...1 lines deleted...]
-        <v>2284</v>
       </c>
     </row>
     <row r="459" spans="1:16">
       <c r="A459" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B459" t="s">
         <v>2285</v>
-      </c>
-[...1 lines deleted...]
-        <v>2286</v>
       </c>
       <c r="C459" t="s">
         <v>1038</v>
       </c>
       <c r="D459" t="s">
         <v>269</v>
       </c>
       <c r="E459" t="s">
         <v>20</v>
       </c>
       <c r="F459" t="s">
         <v>59</v>
       </c>
       <c r="G459" t="s">
         <v>42</v>
       </c>
       <c r="H459">
         <v>2015</v>
       </c>
       <c r="I459">
         <v>2021</v>
       </c>
       <c r="J459" t="s">
         <v>1039</v>
       </c>
       <c r="K459" t="s">
         <v>24</v>
       </c>
       <c r="L459" t="s">
+        <v>2286</v>
+      </c>
+      <c r="M459" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N459" t="s">
+        <v>27</v>
+      </c>
+      <c r="O459" t="s">
         <v>2287</v>
       </c>
-      <c r="M459" t="s">
-[...5 lines deleted...]
-      <c r="O459" t="s">
+      <c r="P459" t="s">
         <v>2288</v>
-      </c>
-[...1 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="460" spans="1:16">
       <c r="A460" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B460" t="s">
         <v>2290</v>
-      </c>
-[...1 lines deleted...]
-        <v>2291</v>
       </c>
       <c r="C460" t="s">
         <v>1038</v>
       </c>
       <c r="D460" t="s">
         <v>105</v>
       </c>
       <c r="E460" t="s">
         <v>20</v>
       </c>
       <c r="F460" t="s">
         <v>59</v>
       </c>
       <c r="G460" t="s">
         <v>22</v>
       </c>
       <c r="H460">
         <v>2014</v>
       </c>
       <c r="I460"/>
       <c r="J460" t="s">
         <v>1039</v>
       </c>
       <c r="K460" t="s">
         <v>24</v>
       </c>
       <c r="L460" t="s">
+        <v>2291</v>
+      </c>
+      <c r="M460" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N460" t="s">
+        <v>27</v>
+      </c>
+      <c r="O460" t="s">
         <v>2292</v>
       </c>
-      <c r="M460" t="s">
-[...5 lines deleted...]
-      <c r="O460" t="s">
+      <c r="P460" t="s">
         <v>2293</v>
-      </c>
-[...1 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="461" spans="1:16">
       <c r="A461" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B461" t="s">
         <v>2295</v>
-      </c>
-[...1 lines deleted...]
-        <v>2296</v>
       </c>
       <c r="C461" t="s">
         <v>1038</v>
       </c>
       <c r="D461" t="s">
         <v>19</v>
       </c>
       <c r="E461" t="s">
         <v>20</v>
       </c>
       <c r="F461" t="s">
         <v>21</v>
       </c>
       <c r="G461" t="s">
         <v>42</v>
       </c>
       <c r="H461">
         <v>2001</v>
       </c>
       <c r="I461">
         <v>2019</v>
       </c>
       <c r="J461" t="s">
         <v>1039</v>
       </c>
       <c r="K461" t="s">
         <v>24</v>
       </c>
       <c r="L461" t="s">
-        <v>2297</v>
+        <v>2296</v>
       </c>
       <c r="M461" t="s">
         <v>1041</v>
       </c>
       <c r="N461" t="s">
         <v>27</v>
       </c>
       <c r="O461" t="s">
+        <v>2297</v>
+      </c>
+      <c r="P461" t="s">
         <v>2298</v>
-      </c>
-[...1 lines deleted...]
-        <v>2299</v>
       </c>
     </row>
     <row r="462" spans="1:16">
       <c r="A462" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B462" t="s">
         <v>2300</v>
-      </c>
-[...1 lines deleted...]
-        <v>2301</v>
       </c>
       <c r="C462" t="s">
         <v>1038</v>
       </c>
       <c r="D462" t="s">
         <v>135</v>
       </c>
       <c r="E462" t="s">
         <v>20</v>
       </c>
       <c r="F462" t="s">
         <v>21</v>
       </c>
       <c r="G462" t="s">
         <v>42</v>
       </c>
       <c r="H462">
         <v>1995</v>
       </c>
       <c r="I462">
         <v>2019</v>
       </c>
       <c r="J462" t="s">
         <v>1046</v>
       </c>
       <c r="K462" t="s">
         <v>24</v>
       </c>
       <c r="L462" t="s">
-        <v>2302</v>
+        <v>2301</v>
       </c>
       <c r="M462" t="s">
         <v>1041</v>
       </c>
       <c r="N462" t="s">
         <v>27</v>
       </c>
       <c r="O462" t="s">
+        <v>2302</v>
+      </c>
+      <c r="P462" t="s">
         <v>2303</v>
-      </c>
-[...1 lines deleted...]
-        <v>2304</v>
       </c>
     </row>
     <row r="463" spans="1:16">
       <c r="A463" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B463" t="s">
         <v>2305</v>
-      </c>
-[...1 lines deleted...]
-        <v>2306</v>
       </c>
       <c r="C463" t="s">
         <v>1038</v>
       </c>
       <c r="D463" t="s">
         <v>706</v>
       </c>
       <c r="E463" t="s">
         <v>20</v>
       </c>
       <c r="F463" t="s">
         <v>21</v>
       </c>
       <c r="G463" t="s">
-        <v>1255</v>
+        <v>1274</v>
       </c>
       <c r="H463">
         <v>2021</v>
       </c>
       <c r="I463"/>
       <c r="J463" t="s">
         <v>1046</v>
       </c>
       <c r="K463" t="s">
         <v>24</v>
       </c>
       <c r="L463" t="s">
-        <v>2307</v>
+        <v>2306</v>
       </c>
       <c r="M463" t="s">
         <v>1080</v>
       </c>
       <c r="N463" t="s">
         <v>27</v>
       </c>
       <c r="O463" t="s">
+        <v>2307</v>
+      </c>
+      <c r="P463" t="s">
         <v>2308</v>
-      </c>
-[...1 lines deleted...]
-        <v>2309</v>
       </c>
     </row>
     <row r="464" spans="1:16">
       <c r="A464" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B464" t="s">
         <v>2310</v>
-      </c>
-[...1 lines deleted...]
-        <v>2311</v>
       </c>
       <c r="C464" t="s">
         <v>1038</v>
       </c>
       <c r="D464" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="E464" t="s">
         <v>20</v>
       </c>
       <c r="F464" t="s">
         <v>21</v>
       </c>
       <c r="G464" t="s">
         <v>42</v>
       </c>
       <c r="H464">
         <v>2014</v>
       </c>
       <c r="I464">
         <v>2019</v>
       </c>
       <c r="J464" t="s">
         <v>1046</v>
       </c>
       <c r="K464" t="s">
         <v>24</v>
       </c>
       <c r="L464" t="s">
-        <v>2312</v>
+        <v>2311</v>
       </c>
       <c r="M464" t="s">
         <v>1041</v>
       </c>
       <c r="N464" t="s">
         <v>27</v>
       </c>
       <c r="O464" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P464" t="s">
         <v>2313</v>
-      </c>
-[...1 lines deleted...]
-        <v>2314</v>
       </c>
     </row>
     <row r="465" spans="1:16">
       <c r="A465" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B465" t="s">
         <v>2315</v>
-      </c>
-[...1 lines deleted...]
-        <v>2316</v>
       </c>
       <c r="C465" t="s">
         <v>1038</v>
       </c>
       <c r="D465" t="s">
         <v>947</v>
       </c>
       <c r="E465" t="s">
         <v>20</v>
       </c>
       <c r="F465" t="s">
         <v>21</v>
       </c>
       <c r="G465" t="s">
         <v>42</v>
       </c>
       <c r="H465">
         <v>2012</v>
       </c>
       <c r="I465">
         <v>2019</v>
       </c>
       <c r="J465" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K465" t="s">
         <v>24</v>
       </c>
       <c r="L465" t="s">
-        <v>2317</v>
+        <v>2316</v>
       </c>
       <c r="M465" t="s">
         <v>1041</v>
       </c>
       <c r="N465" t="s">
         <v>27</v>
       </c>
       <c r="O465" t="s">
+        <v>2317</v>
+      </c>
+      <c r="P465" t="s">
         <v>2318</v>
-      </c>
-[...1 lines deleted...]
-        <v>2319</v>
       </c>
     </row>
     <row r="466" spans="1:16">
       <c r="A466" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B466" t="s">
         <v>2320</v>
-      </c>
-[...1 lines deleted...]
-        <v>2321</v>
       </c>
       <c r="C466" t="s">
         <v>1038</v>
       </c>
       <c r="D466" t="s">
-        <v>2154</v>
+        <v>2153</v>
       </c>
       <c r="E466" t="s">
         <v>20</v>
       </c>
       <c r="F466" t="s">
         <v>21</v>
       </c>
       <c r="G466" t="s">
         <v>42</v>
       </c>
       <c r="H466">
         <v>2001</v>
       </c>
       <c r="I466">
         <v>2019</v>
       </c>
       <c r="J466" t="s">
         <v>1046</v>
       </c>
       <c r="K466" t="s">
         <v>24</v>
       </c>
       <c r="L466" t="s">
-        <v>2322</v>
+        <v>2321</v>
       </c>
       <c r="M466" t="s">
         <v>1041</v>
       </c>
       <c r="N466" t="s">
         <v>27</v>
       </c>
       <c r="O466" t="s">
+        <v>2322</v>
+      </c>
+      <c r="P466" t="s">
         <v>2323</v>
-      </c>
-[...1 lines deleted...]
-        <v>2324</v>
       </c>
     </row>
     <row r="467" spans="1:16">
       <c r="A467" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B467" t="s">
         <v>2325</v>
-      </c>
-[...1 lines deleted...]
-        <v>2326</v>
       </c>
       <c r="C467" t="s">
         <v>1038</v>
       </c>
       <c r="D467" t="s">
         <v>651</v>
       </c>
       <c r="E467" t="s">
         <v>20</v>
       </c>
       <c r="F467" t="s">
         <v>21</v>
       </c>
       <c r="G467" t="s">
         <v>42</v>
       </c>
       <c r="H467">
         <v>1995</v>
       </c>
       <c r="I467">
         <v>2019</v>
       </c>
       <c r="J467" t="s">
         <v>1046</v>
       </c>
       <c r="K467" t="s">
         <v>24</v>
       </c>
       <c r="L467" t="s">
-        <v>2327</v>
+        <v>2326</v>
       </c>
       <c r="M467" t="s">
         <v>1041</v>
       </c>
       <c r="N467" t="s">
         <v>27</v>
       </c>
       <c r="O467" t="s">
+        <v>2327</v>
+      </c>
+      <c r="P467" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
     </row>
     <row r="468" spans="1:16">
       <c r="A468" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B468" t="s">
         <v>2330</v>
-      </c>
-[...1 lines deleted...]
-        <v>2331</v>
       </c>
       <c r="C468" t="s">
         <v>1038</v>
       </c>
       <c r="D468" t="s">
         <v>1078</v>
       </c>
       <c r="E468" t="s">
         <v>20</v>
       </c>
       <c r="F468" t="s">
         <v>21</v>
       </c>
       <c r="G468" t="s">
         <v>42</v>
       </c>
       <c r="H468">
         <v>2004</v>
       </c>
       <c r="I468">
         <v>2019</v>
       </c>
       <c r="J468" t="s">
         <v>1046</v>
       </c>
       <c r="K468" t="s">
         <v>24</v>
       </c>
       <c r="L468" t="s">
-        <v>2332</v>
+        <v>2331</v>
       </c>
       <c r="M468" t="s">
         <v>1041</v>
       </c>
       <c r="N468" t="s">
         <v>27</v>
       </c>
       <c r="O468" t="s">
+        <v>2332</v>
+      </c>
+      <c r="P468" t="s">
         <v>2333</v>
-      </c>
-[...1 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="469" spans="1:16">
       <c r="A469" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B469" t="s">
         <v>2335</v>
-      </c>
-[...1 lines deleted...]
-        <v>2336</v>
       </c>
       <c r="C469" t="s">
         <v>1038</v>
       </c>
       <c r="D469" t="s">
         <v>732</v>
       </c>
       <c r="E469" t="s">
         <v>20</v>
       </c>
       <c r="F469" t="s">
         <v>21</v>
       </c>
       <c r="G469" t="s">
         <v>42</v>
       </c>
       <c r="H469">
         <v>2011</v>
       </c>
       <c r="I469">
         <v>2019</v>
       </c>
       <c r="J469" t="s">
         <v>1046</v>
       </c>
       <c r="K469" t="s">
         <v>24</v>
       </c>
       <c r="L469" t="s">
-        <v>2337</v>
+        <v>2336</v>
       </c>
       <c r="M469" t="s">
         <v>1041</v>
       </c>
       <c r="N469" t="s">
         <v>27</v>
       </c>
       <c r="O469" t="s">
+        <v>2337</v>
+      </c>
+      <c r="P469" t="s">
         <v>2338</v>
-      </c>
-[...1 lines deleted...]
-        <v>2339</v>
       </c>
     </row>
     <row r="470" spans="1:16">
       <c r="A470" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B470" t="s">
         <v>2340</v>
-      </c>
-[...1 lines deleted...]
-        <v>2341</v>
       </c>
       <c r="C470" t="s">
         <v>1105</v>
       </c>
       <c r="D470" t="s">
         <v>72</v>
       </c>
       <c r="E470" t="s">
         <v>20</v>
       </c>
       <c r="F470" t="s">
         <v>59</v>
       </c>
       <c r="G470" t="s">
         <v>42</v>
       </c>
       <c r="H470">
         <v>2004</v>
       </c>
       <c r="I470">
         <v>2020</v>
       </c>
       <c r="J470" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K470" t="s">
         <v>24</v>
       </c>
       <c r="L470" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M470" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N470" t="s">
+        <v>27</v>
+      </c>
+      <c r="O470" t="s">
         <v>2342</v>
       </c>
-      <c r="N470" t="s">
-[...2 lines deleted...]
-      <c r="O470" t="s">
+      <c r="P470" t="s">
         <v>2343</v>
-      </c>
-[...1 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="471" spans="1:16">
       <c r="A471" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B471" t="s">
         <v>2345</v>
-      </c>
-[...1 lines deleted...]
-        <v>2346</v>
       </c>
       <c r="C471" t="s">
         <v>1105</v>
       </c>
       <c r="D471" t="s">
         <v>156</v>
       </c>
       <c r="E471" t="s">
         <v>20</v>
       </c>
       <c r="F471" t="s">
         <v>59</v>
       </c>
       <c r="G471" t="s">
         <v>42</v>
       </c>
       <c r="H471">
         <v>2013</v>
       </c>
       <c r="I471">
         <v>2020</v>
       </c>
       <c r="J471" t="s">
         <v>23</v>
       </c>
       <c r="K471" t="s">
         <v>24</v>
       </c>
       <c r="L471" t="s">
+        <v>2346</v>
+      </c>
+      <c r="M471" t="s">
         <v>2347</v>
       </c>
-      <c r="M471" t="s">
+      <c r="N471" t="s">
+        <v>27</v>
+      </c>
+      <c r="O471" t="s">
         <v>2348</v>
       </c>
-      <c r="N471" t="s">
-[...2 lines deleted...]
-      <c r="O471" t="s">
+      <c r="P471" t="s">
         <v>2349</v>
-      </c>
-[...1 lines deleted...]
-        <v>2350</v>
       </c>
     </row>
     <row r="472" spans="1:16">
       <c r="A472" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B472" t="s">
         <v>2351</v>
-      </c>
-[...1 lines deleted...]
-        <v>2352</v>
       </c>
       <c r="C472" t="s">
         <v>1105</v>
       </c>
       <c r="D472" t="s">
         <v>947</v>
       </c>
       <c r="E472" t="s">
         <v>20</v>
       </c>
       <c r="F472" t="s">
         <v>59</v>
       </c>
       <c r="G472" t="s">
         <v>42</v>
       </c>
       <c r="H472">
         <v>2013</v>
       </c>
       <c r="I472">
         <v>2020</v>
       </c>
       <c r="J472" t="s">
         <v>23</v>
       </c>
       <c r="K472" t="s">
         <v>645</v>
       </c>
       <c r="L472" t="s">
+        <v>2352</v>
+      </c>
+      <c r="M472" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N472" t="s">
+        <v>27</v>
+      </c>
+      <c r="O472" t="s">
         <v>2353</v>
       </c>
-      <c r="M472" t="s">
-[...5 lines deleted...]
-      <c r="O472" t="s">
+      <c r="P472" t="s">
         <v>2354</v>
-      </c>
-[...1 lines deleted...]
-        <v>2355</v>
       </c>
     </row>
     <row r="473" spans="1:16">
       <c r="A473" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B473" t="s">
         <v>2356</v>
-      </c>
-[...1 lines deleted...]
-        <v>2357</v>
       </c>
       <c r="C473" t="s">
         <v>1105</v>
       </c>
       <c r="D473" t="s">
         <v>732</v>
       </c>
       <c r="E473" t="s">
         <v>20</v>
       </c>
       <c r="F473" t="s">
         <v>59</v>
       </c>
       <c r="G473" t="s">
         <v>42</v>
       </c>
       <c r="H473">
         <v>2001</v>
       </c>
       <c r="I473">
         <v>2020</v>
       </c>
       <c r="J473" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K473" t="s">
         <v>24</v>
       </c>
       <c r="L473" t="s">
+        <v>2357</v>
+      </c>
+      <c r="M473" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N473" t="s">
+        <v>27</v>
+      </c>
+      <c r="O473" t="s">
         <v>2358</v>
       </c>
-      <c r="M473" t="s">
-[...5 lines deleted...]
-      <c r="O473" t="s">
+      <c r="P473" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
     </row>
     <row r="474" spans="1:16">
       <c r="A474" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B474" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="C474" t="s">
         <v>1105</v>
       </c>
       <c r="D474" t="s">
         <v>376</v>
       </c>
       <c r="E474" t="s">
         <v>20</v>
       </c>
       <c r="F474" t="s">
         <v>59</v>
       </c>
       <c r="G474" t="s">
         <v>42</v>
       </c>
       <c r="H474">
         <v>2004</v>
       </c>
       <c r="I474">
         <v>2020</v>
       </c>
       <c r="J474" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K474" t="s">
         <v>24</v>
       </c>
       <c r="L474" t="s">
+        <v>2362</v>
+      </c>
+      <c r="M474" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N474" t="s">
+        <v>27</v>
+      </c>
+      <c r="O474" t="s">
         <v>2363</v>
       </c>
-      <c r="M474" t="s">
-[...5 lines deleted...]
-      <c r="O474" t="s">
+      <c r="P474" t="s">
         <v>2364</v>
-      </c>
-[...1 lines deleted...]
-        <v>2365</v>
       </c>
     </row>
     <row r="475" spans="1:16">
       <c r="A475" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B475" t="s">
         <v>2366</v>
-      </c>
-[...1 lines deleted...]
-        <v>2367</v>
       </c>
       <c r="C475" t="s">
         <v>1105</v>
       </c>
       <c r="D475" t="s">
         <v>305</v>
       </c>
       <c r="E475" t="s">
         <v>20</v>
       </c>
       <c r="F475" t="s">
         <v>59</v>
       </c>
       <c r="G475" t="s">
         <v>42</v>
       </c>
       <c r="H475">
         <v>2006</v>
       </c>
       <c r="I475">
         <v>2020</v>
       </c>
       <c r="J475" t="s">
         <v>23</v>
       </c>
       <c r="K475" t="s">
         <v>24</v>
       </c>
       <c r="L475" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M475" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
       <c r="N475" t="s">
         <v>27</v>
       </c>
       <c r="O475" t="s">
+        <v>2367</v>
+      </c>
+      <c r="P475" t="s">
         <v>2368</v>
-      </c>
-[...1 lines deleted...]
-        <v>2369</v>
       </c>
     </row>
     <row r="476" spans="1:16">
       <c r="A476" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B476" t="s">
         <v>2370</v>
-      </c>
-[...1 lines deleted...]
-        <v>2371</v>
       </c>
       <c r="C476" t="s">
         <v>1105</v>
       </c>
       <c r="D476" t="s">
         <v>275</v>
       </c>
       <c r="E476" t="s">
         <v>20</v>
       </c>
       <c r="F476" t="s">
         <v>59</v>
       </c>
       <c r="G476" t="s">
         <v>42</v>
       </c>
       <c r="H476">
         <v>2012</v>
       </c>
       <c r="I476">
         <v>2020</v>
       </c>
       <c r="J476" t="s">
         <v>68</v>
       </c>
       <c r="K476" t="s">
         <v>645</v>
       </c>
       <c r="L476" t="s">
-        <v>2372</v>
+        <v>2371</v>
       </c>
       <c r="M476" t="s">
         <v>1108</v>
       </c>
       <c r="N476" t="s">
         <v>27</v>
       </c>
       <c r="O476" t="s">
+        <v>2372</v>
+      </c>
+      <c r="P476" t="s">
         <v>2373</v>
-      </c>
-[...1 lines deleted...]
-        <v>2374</v>
       </c>
     </row>
     <row r="477" spans="1:16">
       <c r="A477" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B477" t="s">
         <v>2375</v>
-      </c>
-[...1 lines deleted...]
-        <v>2376</v>
       </c>
       <c r="C477" t="s">
         <v>1105</v>
       </c>
       <c r="D477" t="s">
         <v>269</v>
       </c>
       <c r="E477" t="s">
         <v>20</v>
       </c>
       <c r="F477" t="s">
         <v>59</v>
       </c>
       <c r="G477" t="s">
         <v>42</v>
       </c>
       <c r="H477">
         <v>2013</v>
       </c>
       <c r="I477">
         <v>2020</v>
       </c>
       <c r="J477" t="s">
         <v>68</v>
       </c>
       <c r="K477" t="s">
         <v>24</v>
       </c>
       <c r="L477"/>
       <c r="M477" t="s">
         <v>1108</v>
       </c>
       <c r="N477" t="s">
         <v>27</v>
       </c>
       <c r="O477" t="s">
+        <v>2376</v>
+      </c>
+      <c r="P477" t="s">
         <v>2377</v>
-      </c>
-[...1 lines deleted...]
-        <v>2378</v>
       </c>
     </row>
     <row r="478" spans="1:16">
       <c r="A478" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B478" t="s">
         <v>2379</v>
-      </c>
-[...1 lines deleted...]
-        <v>2380</v>
       </c>
       <c r="C478" t="s">
         <v>1105</v>
       </c>
       <c r="D478" t="s">
-        <v>2381</v>
+        <v>2380</v>
       </c>
       <c r="E478" t="s">
         <v>20</v>
       </c>
       <c r="F478" t="s">
         <v>59</v>
       </c>
       <c r="G478" t="s">
         <v>42</v>
       </c>
       <c r="H478">
         <v>2012</v>
       </c>
       <c r="I478">
         <v>2020</v>
       </c>
       <c r="J478" t="s">
         <v>68</v>
       </c>
       <c r="K478" t="s">
         <v>24</v>
       </c>
       <c r="L478" t="s">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="M478" t="s">
         <v>1108</v>
       </c>
       <c r="N478" t="s">
         <v>100</v>
       </c>
       <c r="O478" t="s">
+        <v>2382</v>
+      </c>
+      <c r="P478" t="s">
         <v>2383</v>
-      </c>
-[...1 lines deleted...]
-        <v>2384</v>
       </c>
     </row>
     <row r="479" spans="1:16">
       <c r="A479" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B479" t="s">
         <v>2385</v>
-      </c>
-[...1 lines deleted...]
-        <v>2386</v>
       </c>
       <c r="C479" t="s">
         <v>1105</v>
       </c>
       <c r="D479" t="s">
         <v>316</v>
       </c>
       <c r="E479" t="s">
         <v>20</v>
       </c>
       <c r="F479" t="s">
         <v>59</v>
       </c>
       <c r="G479" t="s">
         <v>42</v>
       </c>
       <c r="H479">
         <v>2003</v>
       </c>
       <c r="I479">
         <v>2020</v>
       </c>
       <c r="J479" t="s">
         <v>23</v>
       </c>
       <c r="K479" t="s">
         <v>24</v>
       </c>
       <c r="L479"/>
       <c r="M479" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
       <c r="N479" t="s">
         <v>27</v>
       </c>
       <c r="O479" t="s">
+        <v>2386</v>
+      </c>
+      <c r="P479" t="s">
         <v>2387</v>
-      </c>
-[...1 lines deleted...]
-        <v>2388</v>
       </c>
     </row>
     <row r="480" spans="1:16">
       <c r="A480" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B480" t="s">
         <v>2389</v>
-      </c>
-[...1 lines deleted...]
-        <v>2390</v>
       </c>
       <c r="C480" t="s">
         <v>1105</v>
       </c>
       <c r="D480" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E480" t="s">
         <v>20</v>
       </c>
       <c r="F480" t="s">
         <v>59</v>
       </c>
       <c r="G480" t="s">
         <v>42</v>
       </c>
       <c r="H480">
         <v>2011</v>
       </c>
       <c r="I480">
         <v>2020</v>
       </c>
       <c r="J480" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K480" t="s">
         <v>24</v>
       </c>
       <c r="L480" t="s">
+        <v>2390</v>
+      </c>
+      <c r="M480" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N480" t="s">
+        <v>27</v>
+      </c>
+      <c r="O480" t="s">
         <v>2391</v>
       </c>
-      <c r="M480" t="s">
-[...5 lines deleted...]
-      <c r="O480" t="s">
+      <c r="P480" t="s">
         <v>2392</v>
-      </c>
-[...1 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="481" spans="1:16">
       <c r="A481" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B481" t="s">
         <v>2394</v>
-      </c>
-[...1 lines deleted...]
-        <v>2395</v>
       </c>
       <c r="C481" t="s">
         <v>1105</v>
       </c>
       <c r="D481" t="s">
         <v>774</v>
       </c>
       <c r="E481" t="s">
         <v>20</v>
       </c>
       <c r="F481" t="s">
         <v>59</v>
       </c>
       <c r="G481" t="s">
         <v>42</v>
       </c>
       <c r="H481">
         <v>2014</v>
       </c>
       <c r="I481">
         <v>2020</v>
       </c>
       <c r="J481" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K481" t="s">
         <v>24</v>
       </c>
       <c r="L481" t="s">
+        <v>2395</v>
+      </c>
+      <c r="M481" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N481" t="s">
+        <v>27</v>
+      </c>
+      <c r="O481" t="s">
         <v>2396</v>
       </c>
-      <c r="M481" t="s">
-[...5 lines deleted...]
-      <c r="O481" t="s">
+      <c r="P481" t="s">
         <v>2397</v>
-      </c>
-[...1 lines deleted...]
-        <v>2398</v>
       </c>
     </row>
     <row r="482" spans="1:16">
       <c r="A482" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B482" t="s">
         <v>2399</v>
-      </c>
-[...1 lines deleted...]
-        <v>2400</v>
       </c>
       <c r="C482" t="s">
         <v>1105</v>
       </c>
       <c r="D482" t="s">
         <v>305</v>
       </c>
       <c r="E482" t="s">
         <v>20</v>
       </c>
       <c r="F482" t="s">
         <v>59</v>
       </c>
       <c r="G482" t="s">
         <v>42</v>
       </c>
       <c r="H482">
         <v>2001</v>
       </c>
       <c r="I482">
         <v>2020</v>
       </c>
       <c r="J482" t="s">
         <v>23</v>
       </c>
       <c r="K482" t="s">
         <v>24</v>
       </c>
       <c r="L482" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M482" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
       <c r="N482" t="s">
         <v>27</v>
       </c>
       <c r="O482" t="s">
+        <v>2400</v>
+      </c>
+      <c r="P482" t="s">
         <v>2401</v>
-      </c>
-[...1 lines deleted...]
-        <v>2402</v>
       </c>
     </row>
     <row r="483" spans="1:16">
       <c r="A483" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B483" t="s">
         <v>2403</v>
-      </c>
-[...1 lines deleted...]
-        <v>2404</v>
       </c>
       <c r="C483" t="s">
         <v>1105</v>
       </c>
       <c r="D483" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E483" t="s">
         <v>20</v>
       </c>
       <c r="F483" t="s">
         <v>59</v>
       </c>
       <c r="G483" t="s">
         <v>42</v>
       </c>
       <c r="H483">
         <v>1998</v>
       </c>
       <c r="I483">
         <v>2020</v>
       </c>
       <c r="J483" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="K483" t="s">
         <v>24</v>
       </c>
       <c r="L483" t="s">
+        <v>2404</v>
+      </c>
+      <c r="M483" t="s">
+        <v>2341</v>
+      </c>
+      <c r="N483" t="s">
+        <v>27</v>
+      </c>
+      <c r="O483" t="s">
         <v>2405</v>
       </c>
-      <c r="M483" t="s">
-[...5 lines deleted...]
-      <c r="O483" t="s">
+      <c r="P483" t="s">
         <v>2406</v>
-      </c>
-[...1 lines deleted...]
-        <v>2407</v>
       </c>
     </row>
     <row r="484" spans="1:16">
       <c r="A484" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B484" t="s">
         <v>2408</v>
-      </c>
-[...1 lines deleted...]
-        <v>2409</v>
       </c>
       <c r="C484" t="s">
         <v>1105</v>
       </c>
       <c r="D484" t="s">
         <v>305</v>
       </c>
       <c r="E484" t="s">
         <v>20</v>
       </c>
       <c r="F484" t="s">
         <v>59</v>
       </c>
       <c r="G484" t="s">
         <v>42</v>
       </c>
       <c r="H484">
         <v>2000</v>
       </c>
       <c r="I484">
         <v>2020</v>
       </c>
       <c r="J484" t="s">
         <v>23</v>
       </c>
       <c r="K484" t="s">
         <v>24</v>
       </c>
       <c r="L484" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M484" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
       <c r="N484" t="s">
         <v>27</v>
       </c>
       <c r="O484" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P484" t="s">
         <v>2410</v>
-      </c>
-[...1 lines deleted...]
-        <v>2411</v>
       </c>
     </row>
     <row r="485" spans="1:16">
       <c r="A485" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B485" t="s">
         <v>2412</v>
-      </c>
-[...1 lines deleted...]
-        <v>2413</v>
       </c>
       <c r="C485" t="s">
         <v>1105</v>
       </c>
       <c r="D485" t="s">
         <v>305</v>
       </c>
       <c r="E485" t="s">
         <v>20</v>
       </c>
       <c r="F485" t="s">
         <v>59</v>
       </c>
       <c r="G485" t="s">
         <v>42</v>
       </c>
       <c r="H485">
         <v>2002</v>
       </c>
       <c r="I485">
         <v>2020</v>
       </c>
       <c r="J485" t="s">
         <v>23</v>
       </c>
       <c r="K485" t="s">
         <v>24</v>
       </c>
       <c r="L485" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="M485" t="s">
-        <v>2342</v>
+        <v>2341</v>
       </c>
       <c r="N485" t="s">
         <v>27</v>
       </c>
       <c r="O485" t="s">
+        <v>2413</v>
+      </c>
+      <c r="P485" t="s">
         <v>2414</v>
-      </c>
-[...1 lines deleted...]
-        <v>2415</v>
       </c>
     </row>
     <row r="486" spans="1:16">
       <c r="A486" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B486" t="s">
         <v>2416</v>
-      </c>
-[...1 lines deleted...]
-        <v>2417</v>
       </c>
       <c r="C486" t="s">
         <v>1038</v>
       </c>
       <c r="D486" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="E486" t="s">
         <v>20</v>
       </c>
       <c r="F486" t="s">
         <v>33</v>
       </c>
       <c r="G486" t="s">
         <v>22</v>
       </c>
       <c r="H486">
         <v>2013</v>
       </c>
       <c r="I486"/>
       <c r="J486" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K486" t="s">
         <v>24</v>
       </c>
       <c r="L486"/>
       <c r="M486" t="s">
+        <v>2418</v>
+      </c>
+      <c r="N486" t="s">
+        <v>27</v>
+      </c>
+      <c r="O486" t="s">
         <v>2419</v>
       </c>
-      <c r="N486" t="s">
-[...2 lines deleted...]
-      <c r="O486" t="s">
+      <c r="P486" t="s">
         <v>2420</v>
-      </c>
-[...1 lines deleted...]
-        <v>2421</v>
       </c>
     </row>
     <row r="487" spans="1:16">
       <c r="A487" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B487" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>2423</v>
       </c>
       <c r="C487" t="s">
         <v>1038</v>
       </c>
       <c r="D487" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="E487" t="s">
         <v>20</v>
       </c>
       <c r="F487" t="s">
         <v>33</v>
       </c>
       <c r="G487" t="s">
         <v>22</v>
       </c>
       <c r="H487">
         <v>2014</v>
       </c>
       <c r="I487"/>
       <c r="J487" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K487" t="s">
         <v>24</v>
       </c>
       <c r="L487"/>
       <c r="M487" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N487" t="s">
         <v>27</v>
       </c>
       <c r="O487" t="s">
+        <v>2423</v>
+      </c>
+      <c r="P487" t="s">
         <v>2424</v>
-      </c>
-[...1 lines deleted...]
-        <v>2425</v>
       </c>
     </row>
     <row r="488" spans="1:16">
       <c r="A488" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B488" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
       <c r="C488" t="s">
         <v>1038</v>
       </c>
       <c r="D488" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
       <c r="E488" t="s">
         <v>20</v>
       </c>
       <c r="F488" t="s">
         <v>33</v>
       </c>
       <c r="G488" t="s">
         <v>42</v>
       </c>
       <c r="H488">
         <v>2007</v>
       </c>
       <c r="I488">
         <v>2014</v>
       </c>
       <c r="J488" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K488" t="s">
         <v>24</v>
       </c>
       <c r="L488"/>
       <c r="M488" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N488" t="s">
         <v>27</v>
       </c>
       <c r="O488" t="s">
+        <v>2428</v>
+      </c>
+      <c r="P488" t="s">
         <v>2429</v>
-      </c>
-[...1 lines deleted...]
-        <v>2430</v>
       </c>
     </row>
     <row r="489" spans="1:16">
       <c r="A489" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B489" t="s">
         <v>2431</v>
-      </c>
-[...1 lines deleted...]
-        <v>2432</v>
       </c>
       <c r="C489" t="s">
         <v>1038</v>
       </c>
       <c r="D489" t="s">
-        <v>2433</v>
+        <v>2432</v>
       </c>
       <c r="E489" t="s">
         <v>20</v>
       </c>
       <c r="F489" t="s">
         <v>33</v>
       </c>
       <c r="G489" t="s">
         <v>22</v>
       </c>
       <c r="H489">
         <v>2012</v>
       </c>
       <c r="I489"/>
       <c r="J489" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K489" t="s">
         <v>24</v>
       </c>
       <c r="L489"/>
       <c r="M489" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N489" t="s">
         <v>27</v>
       </c>
       <c r="O489" t="s">
+        <v>2433</v>
+      </c>
+      <c r="P489" t="s">
         <v>2434</v>
-      </c>
-[...1 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="490" spans="1:16">
       <c r="A490" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B490" t="s">
         <v>2436</v>
-      </c>
-[...1 lines deleted...]
-        <v>2437</v>
       </c>
       <c r="C490" t="s">
         <v>1038</v>
       </c>
       <c r="D490" t="s">
-        <v>2438</v>
+        <v>2437</v>
       </c>
       <c r="E490" t="s">
         <v>20</v>
       </c>
       <c r="F490" t="s">
         <v>33</v>
       </c>
       <c r="G490" t="s">
         <v>22</v>
       </c>
       <c r="H490">
         <v>2013</v>
       </c>
       <c r="I490"/>
       <c r="J490" t="s">
         <v>1046</v>
       </c>
       <c r="K490" t="s">
         <v>24</v>
       </c>
       <c r="L490"/>
       <c r="M490" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N490" t="s">
         <v>27</v>
       </c>
       <c r="O490" t="s">
+        <v>2438</v>
+      </c>
+      <c r="P490" t="s">
         <v>2439</v>
-      </c>
-[...1 lines deleted...]
-        <v>2440</v>
       </c>
     </row>
     <row r="491" spans="1:16">
       <c r="A491" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B491" t="s">
         <v>2441</v>
-      </c>
-[...1 lines deleted...]
-        <v>2442</v>
       </c>
       <c r="C491" t="s">
         <v>1038</v>
       </c>
       <c r="D491" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="E491" t="s">
         <v>20</v>
       </c>
       <c r="F491" t="s">
         <v>33</v>
       </c>
       <c r="G491" t="s">
         <v>22</v>
       </c>
       <c r="H491">
         <v>2013</v>
       </c>
       <c r="I491"/>
       <c r="J491" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K491" t="s">
         <v>24</v>
       </c>
       <c r="L491"/>
       <c r="M491" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N491" t="s">
         <v>27</v>
       </c>
       <c r="O491" t="s">
+        <v>2442</v>
+      </c>
+      <c r="P491" t="s">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="492" spans="1:16">
       <c r="A492" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B492" t="s">
         <v>2445</v>
-      </c>
-[...1 lines deleted...]
-        <v>2446</v>
       </c>
       <c r="C492" t="s">
         <v>1038</v>
       </c>
       <c r="D492" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
       <c r="E492" t="s">
         <v>20</v>
       </c>
       <c r="F492" t="s">
         <v>33</v>
       </c>
       <c r="G492" t="s">
         <v>22</v>
       </c>
       <c r="H492">
         <v>2013</v>
       </c>
       <c r="I492"/>
       <c r="J492" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K492" t="s">
         <v>24</v>
       </c>
       <c r="L492"/>
       <c r="M492" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N492" t="s">
         <v>27</v>
       </c>
       <c r="O492" t="s">
+        <v>2446</v>
+      </c>
+      <c r="P492" t="s">
         <v>2447</v>
-      </c>
-[...1 lines deleted...]
-        <v>2448</v>
       </c>
     </row>
     <row r="493" spans="1:16">
       <c r="A493" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B493" t="s">
         <v>2449</v>
-      </c>
-[...1 lines deleted...]
-        <v>2450</v>
       </c>
       <c r="C493" t="s">
         <v>1038</v>
       </c>
       <c r="D493" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="E493" t="s">
         <v>20</v>
       </c>
       <c r="F493" t="s">
         <v>33</v>
       </c>
       <c r="G493" t="s">
         <v>22</v>
       </c>
       <c r="H493">
         <v>2013</v>
       </c>
       <c r="I493"/>
       <c r="J493" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K493" t="s">
         <v>24</v>
       </c>
       <c r="L493"/>
       <c r="M493" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N493" t="s">
         <v>27</v>
       </c>
       <c r="O493" t="s">
+        <v>2450</v>
+      </c>
+      <c r="P493" t="s">
         <v>2451</v>
-      </c>
-[...1 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="494" spans="1:16">
       <c r="A494" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B494" t="s">
         <v>2453</v>
-      </c>
-[...1 lines deleted...]
-        <v>2454</v>
       </c>
       <c r="C494" t="s">
         <v>1038</v>
       </c>
       <c r="D494" t="s">
-        <v>2455</v>
+        <v>2454</v>
       </c>
       <c r="E494" t="s">
         <v>20</v>
       </c>
       <c r="F494" t="s">
         <v>33</v>
       </c>
       <c r="G494" t="s">
-        <v>22</v>
+        <v>2455</v>
       </c>
       <c r="H494">
         <v>2014</v>
       </c>
       <c r="I494"/>
       <c r="J494" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="K494" t="s">
         <v>24</v>
       </c>
       <c r="L494"/>
       <c r="M494" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N494" t="s">
         <v>27</v>
       </c>
       <c r="O494" t="s">
         <v>2456</v>
       </c>
       <c r="P494" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="495" spans="1:16">
       <c r="A495" t="s">
         <v>2458</v>
       </c>
       <c r="B495" t="s">
         <v>2459</v>
       </c>
       <c r="C495" t="s">
         <v>1038</v>
       </c>
       <c r="D495" t="s">
         <v>1057</v>
       </c>
       <c r="E495" t="s">
         <v>20</v>
       </c>
       <c r="F495" t="s">
         <v>33</v>
       </c>
       <c r="G495" t="s">
         <v>42</v>
       </c>
       <c r="H495">
         <v>2014</v>
       </c>
       <c r="I495">
         <v>2024</v>
       </c>
       <c r="J495" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="K495" t="s">
         <v>24</v>
       </c>
       <c r="L495"/>
       <c r="M495" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N495" t="s">
         <v>27</v>
       </c>
       <c r="O495" t="s">
         <v>2460</v>
       </c>
       <c r="P495" t="s">
         <v>2461</v>
       </c>
     </row>
     <row r="496" spans="1:16">
       <c r="A496" t="s">
         <v>2462</v>
       </c>
       <c r="B496" t="s">
         <v>2463</v>
       </c>
       <c r="C496" t="s">
         <v>1038</v>
       </c>
       <c r="D496" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="E496" t="s">
         <v>20</v>
       </c>
       <c r="F496" t="s">
         <v>33</v>
       </c>
       <c r="G496" t="s">
         <v>22</v>
       </c>
       <c r="H496">
         <v>2014</v>
       </c>
       <c r="I496"/>
       <c r="J496" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K496" t="s">
         <v>24</v>
       </c>
       <c r="L496"/>
       <c r="M496" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N496" t="s">
         <v>27</v>
       </c>
       <c r="O496" t="s">
         <v>2464</v>
       </c>
       <c r="P496" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="497" spans="1:16">
       <c r="A497" t="s">
         <v>2466</v>
       </c>
       <c r="B497" t="s">
         <v>2467</v>
       </c>
       <c r="C497" t="s">
         <v>1038</v>
       </c>
       <c r="D497" t="s">
         <v>2468</v>
       </c>
       <c r="E497" t="s">
         <v>20</v>
       </c>
       <c r="F497" t="s">
         <v>33</v>
       </c>
       <c r="G497" t="s">
         <v>22</v>
       </c>
       <c r="H497">
         <v>2016</v>
       </c>
       <c r="I497"/>
       <c r="J497" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K497" t="s">
         <v>24</v>
       </c>
       <c r="L497"/>
       <c r="M497" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N497" t="s">
         <v>27</v>
       </c>
       <c r="O497" t="s">
         <v>2469</v>
       </c>
       <c r="P497" t="s">
         <v>2470</v>
       </c>
     </row>
     <row r="498" spans="1:16">
       <c r="A498" t="s">
         <v>2471</v>
       </c>
       <c r="B498" t="s">
         <v>2472</v>
       </c>
       <c r="C498" t="s">
         <v>1038</v>
       </c>
       <c r="D498" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="E498" t="s">
         <v>20</v>
       </c>
       <c r="F498" t="s">
         <v>33</v>
       </c>
       <c r="G498" t="s">
         <v>22</v>
       </c>
       <c r="H498">
         <v>2016</v>
       </c>
       <c r="I498"/>
       <c r="J498" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K498" t="s">
         <v>24</v>
       </c>
       <c r="L498"/>
       <c r="M498" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N498" t="s">
         <v>27</v>
       </c>
       <c r="O498" t="s">
         <v>2473</v>
       </c>
       <c r="P498" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="499" spans="1:16">
       <c r="A499" t="s">
         <v>2475</v>
       </c>
       <c r="B499" t="s">
         <v>2476</v>
       </c>
       <c r="C499" t="s">
         <v>1038</v>
       </c>
       <c r="D499" t="s">
         <v>2477</v>
       </c>
       <c r="E499" t="s">
         <v>20</v>
       </c>
       <c r="F499" t="s">
         <v>33</v>
       </c>
       <c r="G499" t="s">
         <v>22</v>
       </c>
       <c r="H499">
         <v>2016</v>
       </c>
       <c r="I499"/>
       <c r="J499" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K499" t="s">
         <v>24</v>
       </c>
       <c r="L499"/>
       <c r="M499" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N499" t="s">
         <v>27</v>
       </c>
       <c r="O499" t="s">
         <v>2478</v>
       </c>
       <c r="P499" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="500" spans="1:16">
       <c r="A500" t="s">
         <v>2480</v>
       </c>
       <c r="B500" t="s">
         <v>2481</v>
       </c>
       <c r="C500" t="s">
         <v>1038</v>
       </c>
       <c r="D500" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="E500" t="s">
         <v>20</v>
       </c>
       <c r="F500" t="s">
         <v>33</v>
       </c>
       <c r="G500" t="s">
         <v>22</v>
       </c>
       <c r="H500">
         <v>2007</v>
       </c>
       <c r="I500"/>
       <c r="J500" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
       <c r="K500" t="s">
         <v>24</v>
       </c>
       <c r="L500"/>
       <c r="M500" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="N500" t="s">
         <v>27</v>
       </c>
       <c r="O500" t="s">
         <v>2482</v>
       </c>
       <c r="P500" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="501" spans="1:16">
       <c r="A501" t="s">
         <v>2484</v>
       </c>
       <c r="B501" t="s">
         <v>2485</v>
       </c>
       <c r="C501" t="s">
         <v>2486</v>
       </c>
       <c r="D501" t="s">
         <v>801</v>
       </c>
       <c r="E501" t="s">
         <v>20</v>
       </c>
       <c r="F501" t="s">
         <v>49</v>
       </c>
       <c r="G501" t="s">
         <v>22</v>
       </c>
       <c r="H501">
         <v>2016</v>
       </c>
       <c r="I501"/>
       <c r="J501" t="s">
         <v>1136</v>
       </c>
       <c r="K501" t="s">
         <v>24</v>
       </c>
       <c r="L501" t="s">
-        <v>1856</v>
+        <v>1855</v>
       </c>
       <c r="M501" t="s">
         <v>2487</v>
       </c>
       <c r="N501" t="s">
         <v>27</v>
       </c>
       <c r="O501" t="s">
         <v>2488</v>
       </c>
       <c r="P501" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="502" spans="1:16">
       <c r="A502" t="s">
         <v>2490</v>
       </c>
       <c r="B502" t="s">
         <v>2491</v>
       </c>
       <c r="C502" t="s">
         <v>57</v>
       </c>
       <c r="D502" t="s">
@@ -32394,80 +32396,80 @@
       <c r="B503" t="s">
         <v>2497</v>
       </c>
       <c r="C503" t="s">
         <v>2498</v>
       </c>
       <c r="D503" t="s">
         <v>2499</v>
       </c>
       <c r="E503" t="s">
         <v>20</v>
       </c>
       <c r="F503" t="s">
         <v>21</v>
       </c>
       <c r="G503" t="s">
         <v>42</v>
       </c>
       <c r="H503">
         <v>2015</v>
       </c>
       <c r="I503">
         <v>2016</v>
       </c>
       <c r="J503" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="K503" t="s">
         <v>583</v>
       </c>
       <c r="L503" t="s">
         <v>2500</v>
       </c>
       <c r="M503" t="s">
         <v>2501</v>
       </c>
       <c r="N503" t="s">
         <v>585</v>
       </c>
       <c r="O503" t="s">
         <v>2502</v>
       </c>
       <c r="P503" t="s">
         <v>2503</v>
       </c>
     </row>
     <row r="504" spans="1:16">
       <c r="A504" t="s">
         <v>2504</v>
       </c>
       <c r="B504" t="s">
         <v>2505</v>
       </c>
       <c r="C504" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="D504" t="s">
         <v>2506</v>
       </c>
       <c r="E504" t="s">
         <v>20</v>
       </c>
       <c r="F504" t="s">
         <v>59</v>
       </c>
       <c r="G504" t="s">
         <v>42</v>
       </c>
       <c r="H504">
         <v>2011</v>
       </c>
       <c r="I504">
         <v>2017</v>
       </c>
       <c r="J504" t="s">
         <v>51</v>
       </c>
       <c r="K504" t="s">
         <v>583</v>
       </c>