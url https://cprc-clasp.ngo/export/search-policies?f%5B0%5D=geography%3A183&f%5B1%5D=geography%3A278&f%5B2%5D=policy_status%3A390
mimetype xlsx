--- v0 (2025-11-28)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,249 +104,252 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
+  </si>
+  <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Pool Pumps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>AS 5102.1-2009, AS 5102.2-2009</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
+  </si>
+  <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>Climate Controls</t>
+  </si>
+  <si>
+    <t>AS/NZS 4965.1:2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
+  </si>
+  <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>AS/NZS 4474:2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...188 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -815,612 +818,612 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13">
         <v>2020</v>
       </c>
       <c r="J13" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">