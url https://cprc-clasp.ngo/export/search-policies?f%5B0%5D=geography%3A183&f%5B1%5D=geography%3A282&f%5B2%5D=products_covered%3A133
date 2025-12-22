--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -221,66 +221,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
@@ -1048,170 +1051,170 @@
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="H9">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
         <v>54</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>35</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>39</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">