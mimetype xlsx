--- v0 (2025-11-07)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -144,78 +144,81 @@
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
     <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
@@ -843,326 +846,326 @@
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2000</v>
       </c>
       <c r="I5">
         <v>2012</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1999</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H7">
         <v>2005</v>
       </c>
       <c r="I7">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H8">
         <v>2005</v>
       </c>
       <c r="I8">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H9">
         <v>2000</v>
       </c>
       <c r="I9">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>42</v>
       </c>
       <c r="F10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">