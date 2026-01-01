--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -80,93 +80,93 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...2 lines deleted...]
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
   <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -603,104 +603,104 @@
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2008</v>
       </c>
       <c r="I2">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2008</v>
       </c>
       <c r="I3">
         <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>37</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="P3" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">