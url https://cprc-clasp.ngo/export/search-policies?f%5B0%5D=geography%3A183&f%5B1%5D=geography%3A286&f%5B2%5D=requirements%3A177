--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,90 +104,72 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...8 lines deleted...]
-    <t>Minimum Performance Standard</t>
+    <t>Efficiency Policy for Chillers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
-  </si>
-[...25 lines deleted...]
-    <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
@@ -262,70 +244,73 @@
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -475,50 +460,53 @@
   <si>
     <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
 The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
     <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
   </si>
@@ -622,50 +610,65 @@
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
   </si>
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1146,1554 +1149,1554 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L3"/>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
-      <c r="I4"/>
+      <c r="I4">
+        <v>2023</v>
+      </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H5">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L5" t="s">
         <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>55</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H6">
         <v>2009</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
         <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>59</v>
       </c>
       <c r="P6" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>63</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H7">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H8">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I8">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
         <v>71</v>
       </c>
       <c r="M8" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>72</v>
       </c>
       <c r="P8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>76</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="M9" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
         <v>39</v>
       </c>
-      <c r="D10" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>86</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>87</v>
       </c>
       <c r="P10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
       <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
         <v>39</v>
       </c>
-      <c r="D11" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2022</v>
+      </c>
+      <c r="J12" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
         <v>39</v>
       </c>
-      <c r="D12" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H13">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="I13">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="J13" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>104</v>
       </c>
       <c r="M13" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>105</v>
       </c>
       <c r="P13" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>107</v>
       </c>
       <c r="B14" t="s">
         <v>108</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="G14" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2022</v>
+      </c>
+      <c r="J15" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
         <v>39</v>
-      </c>
-[...26 lines deleted...]
-        <v>45</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>116</v>
       </c>
       <c r="P15" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>118</v>
       </c>
       <c r="B16" t="s">
         <v>119</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
       <c r="I16">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J16" t="s">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2022</v>
+      </c>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H18">
         <v>2009</v>
       </c>
       <c r="I18">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="K18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="K19" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L19" t="s">
         <v>139</v>
       </c>
       <c r="M19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>140</v>
       </c>
       <c r="P19" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>142</v>
       </c>
       <c r="B20" t="s">
         <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>144</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2023</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M20" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H21">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>156</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L22"/>
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>157</v>
+      </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2016</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>132</v>
+        <v>57</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="K24" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>172</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2015</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="K25" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>98</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26">
         <v>2015</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
-        <v>160</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>178</v>
       </c>
       <c r="P26" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>180</v>
       </c>
       <c r="B27" t="s">
         <v>181</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>103</v>
+        <v>182</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H27">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I27">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L27"/>
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P27" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>186</v>
+        <v>133</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H28">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I28">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H29">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I29">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>193</v>
       </c>
       <c r="P29" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>195</v>
       </c>
       <c r="B30" t="s">
         <v>196</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>32</v>
+        <v>144</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="G30" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="H30">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>197</v>
       </c>
       <c r="P30" t="s">
-        <v>36</v>
+        <v>198</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2015</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P33" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">