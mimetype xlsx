--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,110 +104,114 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...8 lines deleted...]
-    <t>Minimum Performance Standard</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
-[...2 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...4 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -239,57 +243,60 @@
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
     <t>Voluntary energy efficiency label for household electric pumps.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
@@ -339,50 +346,65 @@
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
   </si>
   <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
     <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -719,51 +741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P16"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -851,710 +873,756 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2025</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
         <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>49</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>57</v>
       </c>
       <c r="P6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>59</v>
       </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="H7">
         <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>49</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
         <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>63</v>
       </c>
       <c r="P7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2020</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>49</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
         <v>68</v>
       </c>
       <c r="M8" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>71</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>73</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>49</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2016</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="H15">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>112</v>
       </c>
       <c r="P15" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>114</v>
       </c>
       <c r="B16" t="s">
         <v>115</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2019</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
       <c r="J16" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">