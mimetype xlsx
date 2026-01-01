--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -62,103 +62,103 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -482,65 +482,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="107.26" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>