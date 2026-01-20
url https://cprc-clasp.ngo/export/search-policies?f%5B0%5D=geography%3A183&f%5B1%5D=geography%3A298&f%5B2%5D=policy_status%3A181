--- v0 (2025-11-28)
+++ v1 (2026-01-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="237">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -224,582 +224,543 @@
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
     <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
-[...47 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution Ex SCIyM No. 319|99</t>
+  </si>
+  <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>IRAM 2404-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-ex-sciym-no-31999</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...424 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1121,70 +1082,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P44"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -1506,51 +1467,51 @@
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>66</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>70</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>71</v>
       </c>
       <c r="P8" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>73</v>
@@ -1599,1674 +1560,1532 @@
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="H10">
+      <c r="H10"/>
+      <c r="I10">
         <v>2024</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
         <v>69</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>70</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>80</v>
       </c>
       <c r="P10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
       <c r="C11" t="s">
         <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>83</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H11">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2022</v>
+      </c>
       <c r="J11" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
       <c r="M11" t="s">
         <v>70</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>33</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>70</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>90</v>
       </c>
       <c r="P12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
         <v>2025</v>
       </c>
-      <c r="I13"/>
       <c r="J13" t="s">
         <v>69</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>70</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>94</v>
       </c>
       <c r="P13" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C14" t="s">
         <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
         <v>70</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="P14" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I15">
         <v>2025</v>
       </c>
+      <c r="I15"/>
       <c r="J15" t="s">
         <v>69</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>70</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="P15" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
         <v>104</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
-      <c r="L16"/>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
       <c r="M16" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P16" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="H17"/>
+      <c r="H17">
+        <v>2016</v>
+      </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
       <c r="M17" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="P17" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>83</v>
+        <v>97</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
       <c r="M18" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>52</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="P19" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H20">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
       <c r="J20" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>26</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P20" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>109</v>
+        <v>132</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H21">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
       <c r="J21" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P21" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B22" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H22">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>1999</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
       <c r="J22" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>42</v>
       </c>
       <c r="H23">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I23">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="P23" t="s">
-        <v>140</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B24" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="I24">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M24" t="s">
         <v>26</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G25" t="s">
         <v>42</v>
       </c>
       <c r="H25">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="I25">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="M25" t="s">
         <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="P25" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="P26" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>52</v>
+        <v>164</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B28" t="s">
+        <v>169</v>
+      </c>
+      <c r="C28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D28" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" t="s">
         <v>163</v>
       </c>
-      <c r="C28" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
-      <c r="L28" t="s">
+      <c r="L28"/>
+      <c r="M28" t="s">
         <v>165</v>
       </c>
-      <c r="M28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="P28" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C29" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="F29" t="s">
-        <v>41</v>
+        <v>163</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="P29" t="s">
-        <v>140</v>
+        <v>176</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B30" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C30" t="s">
         <v>39</v>
       </c>
       <c r="D30" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="E30" t="s">
         <v>51</v>
       </c>
       <c r="F30" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>175</v>
+        <v>43</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="P30" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
         <v>39</v>
       </c>
       <c r="D31" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="E31" t="s">
         <v>51</v>
       </c>
       <c r="F31" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G31" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>43</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="P31" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C32" t="s">
         <v>39</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>97</v>
       </c>
       <c r="E32" t="s">
         <v>51</v>
       </c>
       <c r="F32" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G32" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>42</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
       <c r="J32" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="P32" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B33" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C33" t="s">
         <v>39</v>
       </c>
       <c r="D33" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="E33" t="s">
         <v>51</v>
       </c>
       <c r="F33" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G33" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-      <c r="I33"/>
+        <v>42</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
       <c r="J33" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="P33" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B34" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C34" t="s">
         <v>39</v>
       </c>
       <c r="D34" t="s">
-        <v>195</v>
+        <v>147</v>
       </c>
       <c r="E34" t="s">
         <v>51</v>
       </c>
       <c r="F34" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G34" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="H34"/>
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="P34" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B35" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C35" t="s">
         <v>39</v>
       </c>
       <c r="D35" t="s">
-        <v>109</v>
+        <v>202</v>
       </c>
       <c r="E35" t="s">
         <v>51</v>
       </c>
       <c r="F35" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G35" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="P35" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B36" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C36" t="s">
         <v>39</v>
       </c>
       <c r="D36" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E36" t="s">
         <v>51</v>
       </c>
       <c r="F36" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G36" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>209</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="P36" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B37" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C37" t="s">
         <v>39</v>
       </c>
       <c r="D37" t="s">
-        <v>158</v>
+        <v>111</v>
       </c>
       <c r="E37" t="s">
         <v>51</v>
       </c>
       <c r="F37" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="K37" t="s">
-        <v>34</v>
+        <v>214</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="P37" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>39</v>
       </c>
       <c r="D38" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
         <v>51</v>
       </c>
       <c r="F38" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
         <v>2017</v>
       </c>
-      <c r="I38"/>
       <c r="J38" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="B39" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C39" t="s">
         <v>39</v>
       </c>
       <c r="D39" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
         <v>51</v>
       </c>
       <c r="F39" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="K39" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="P39" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B40" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C40" t="s">
         <v>39</v>
       </c>
       <c r="D40" t="s">
-        <v>122</v>
+        <v>230</v>
       </c>
       <c r="E40" t="s">
         <v>51</v>
       </c>
       <c r="F40" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H40">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
       <c r="J40" t="s">
-        <v>214</v>
+        <v>164</v>
       </c>
       <c r="K40" t="s">
-        <v>225</v>
+        <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="P40" t="s">
-        <v>227</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C41" t="s">
         <v>39</v>
       </c>
       <c r="D41" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E41" t="s">
         <v>51</v>
       </c>
       <c r="F41" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="G41" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="H41">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I41">
         <v>2017</v>
       </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="K41" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="P41" t="s">
-        <v>232</v>
-[...31 lines deleted...]
-      <c r="K42" t="s">
         <v>236</v>
-      </c>
-[...105 lines deleted...]
-        <v>246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">