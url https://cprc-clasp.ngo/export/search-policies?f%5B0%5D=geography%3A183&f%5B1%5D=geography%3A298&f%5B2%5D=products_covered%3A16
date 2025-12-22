--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -823,51 +823,53 @@
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>42</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="H4"/>
+      <c r="H4">
+        <v>2024</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>