--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -567,54 +567,54 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
+      <c r="H2"/>
+      <c r="I2">
         <v>2024</v>
       </c>
-      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">