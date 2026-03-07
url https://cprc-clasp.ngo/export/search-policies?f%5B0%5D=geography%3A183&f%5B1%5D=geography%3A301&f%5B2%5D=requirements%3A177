--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,449 +104,440 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Law 26,473</t>
+  </si>
+  <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Compressors</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>Air Compressors</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
+    <t>Chillers - Cooler Towers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Boilers</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-boilers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
+    <t>Taps or Faucets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Dehumidifiers</t>
+  </si>
+  <si>
+    <t>Dehumidifiers</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for LED Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-led-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
+    <t>1-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
+  </si>
+  <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Rice Cookers</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
+    <t>Water Fixtures</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision No 859 del 11|11|2008</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Provision No. 257</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IRAM 62404-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
+    <t>Provision No. 761|2010</t>
+  </si>
+  <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
+    <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
-    <t>Law 26,473</t>
-[...376 lines deleted...]
-  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
     <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
     <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
     <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
@@ -555,50 +546,65 @@
     <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
     <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
     <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
     <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1088,1841 +1094,1841 @@
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>33</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I3"/>
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2010</v>
+      </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>34</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B5"/>
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2005</v>
+      </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
         <v>50</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
         <v>51</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
-      <c r="I6">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N6" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
         <v>58</v>
       </c>
-      <c r="O7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
         <v>60</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="B9"/>
       <c r="C9" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="P9" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B10"/>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
         <v>33</v>
       </c>
-      <c r="G10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I10"/>
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
       <c r="J10" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="P10" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2011</v>
       </c>
       <c r="I11">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J11" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="P11" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="P12" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="P13" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>77</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
         <v>79</v>
       </c>
-      <c r="B14"/>
-[...5 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
         <v>33</v>
       </c>
-      <c r="G14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2001</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
       <c r="J14" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="P14" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>82</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G15" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="P15" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="P16" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="P17" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="B18"/>
+        <v>88</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2014</v>
+        <v>2002</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B19" t="s">
         <v>93</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
         <v>94</v>
       </c>
-      <c r="C19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
-      <c r="I19"/>
+      <c r="I19">
+        <v>2016</v>
+      </c>
       <c r="J19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="P19"/>
+        <v>95</v>
+      </c>
+      <c r="P19" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" t="s">
         <v>97</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
         <v>98</v>
       </c>
-      <c r="C20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" t="s">
         <v>33</v>
       </c>
-      <c r="G20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H20">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I20">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="P20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>100</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
         <v>101</v>
       </c>
-      <c r="B21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="P21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D22" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="P22" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D23" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="P23" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="B24"/>
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>109</v>
+      </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P24" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
         <v>113</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
         <v>114</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P25" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>116</v>
+      </c>
+      <c r="B26" t="s">
         <v>117</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
         <v>118</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>120</v>
+      </c>
       <c r="M26" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P26" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B27" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
         <v>125</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>126</v>
       </c>
       <c r="P27" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>128</v>
       </c>
       <c r="B28" t="s">
         <v>129</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P28" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B29" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B30" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
         <v>2015</v>
       </c>
-      <c r="I30"/>
       <c r="J30" t="s">
-        <v>124</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
+        <v>142</v>
+      </c>
+      <c r="P30" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>144</v>
+      </c>
+      <c r="B31" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="H31">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I31">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>146</v>
+      </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>147</v>
       </c>
       <c r="P31" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>149</v>
       </c>
       <c r="B32" t="s">
         <v>150</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
+        <v>151</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P32" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B33" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="H33">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I33">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>158</v>
       </c>
       <c r="P33" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>160</v>
       </c>
       <c r="B34" t="s">
         <v>161</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>162</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P34" t="s">
-        <v>36</v>
+        <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B35" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C35" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D35" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2016</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B36" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C36" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D36" t="s">
-        <v>165</v>
+        <v>75</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P36" t="s">
-        <v>172</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B37" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C37" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D37" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>176</v>
       </c>
       <c r="P37" t="s">
-        <v>49</v>
+        <v>177</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B38" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C38" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="H38">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>166</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P38" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B39" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2019</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="P39" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B40" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G40" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2015</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="P40" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B41" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="P41" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">