--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,371 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
-    <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
-    <t>IRAM 11900</t>
-[...10 lines deleted...]
-  <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
-    <t>Law 26,473</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/law-26473</t>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
-    <t>Provision No 859 del 11|11|2008</t>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 834/2019 and Resolution 422/2020</t>
+  </si>
+  <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>IRAM 2294-3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution SE No 814|2013</t>
+  </si>
+  <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
-[...49 lines deleted...]
-  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>IRAM 2404-1</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,909 +638,682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="153.248" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>90</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...661 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O12" t="s">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" t="s">
+      <c r="P12" t="s">
         <v>92</v>
-      </c>
-[...33 lines deleted...]
-        <v>93</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>