--- v1 (2025-11-27)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,201 +104,204 @@
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
     <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...2 lines deleted...]
-    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+    <t>Energy Labeling Scheme</t>
+  </si>
+  <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Water Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
+  </si>
+  <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
+    <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
+  </si>
+  <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IRAM 62408</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
+    <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Provision 170/2016</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>IRAM 62412 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 172/2016</t>
+  </si>
+  <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IRAM 62410</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 219/2015</t>
+  </si>
+  <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IRAM 62411 / IRAM 62301</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
+    <t>Provision 230/2015</t>
+  </si>
+  <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>IRAM 62409:2014 / IRAM 62405:2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
+  </si>
+  <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Minimum Performance Standard</t>
-[...140 lines deleted...]
-    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
     <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
   </si>
@@ -770,514 +773,514 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>44</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
       <c r="M4" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="K5" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>54</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>44</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K7" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K8" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K9" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="H10">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="K10" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
       <c r="I11">
         <v>2020</v>
       </c>
       <c r="J11" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="K11" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2014</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">