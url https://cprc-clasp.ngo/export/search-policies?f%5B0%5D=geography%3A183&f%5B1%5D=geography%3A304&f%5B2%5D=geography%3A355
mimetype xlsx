--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -147,100 +147,88 @@
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
-  </si>
-[...13 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
 Fixed-speed air conditioners / Variable-speed air conditioners:
 a. Window type
 b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -669,78 +657,96 @@
   <si>
     <t>Provision No. 257</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
     <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
     <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
     <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
     <t>Electric dishwashers for household use.</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
     <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
   </si>
   <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
     <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
   </si>
@@ -1310,1642 +1316,1642 @@
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H5">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2021</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>36</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>36</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I7">
         <v>2024</v>
       </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="K9" t="s">
         <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10">
         <v>2024</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K10" t="s">
         <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K11" t="s">
         <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2021</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M12" t="s">
         <v>37</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H13">
-        <v>2021</v>
+        <v>2002</v>
       </c>
       <c r="I13">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="J13" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="M13" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="P13" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H15">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
       <c r="J15" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H17">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2007</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
       <c r="M17" t="s">
         <v>37</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2006</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
         <v>126</v>
       </c>
       <c r="M18" t="s">
         <v>37</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>127</v>
       </c>
       <c r="P18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H19">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2007</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="M19" t="s">
         <v>37</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="P19" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B20" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2007</v>
       </c>
-      <c r="I20">
-[...1 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>136</v>
       </c>
       <c r="M20" t="s">
         <v>37</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>137</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>128</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>36</v>
       </c>
       <c r="L21" t="s">
         <v>140</v>
       </c>
       <c r="M21" t="s">
         <v>37</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>141</v>
       </c>
       <c r="P21" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>95</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H22">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>1993</v>
+      </c>
+      <c r="I22">
+        <v>2007</v>
+      </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="M22" t="s">
         <v>37</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P22" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="M23" t="s">
         <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>155</v>
+        <v>55</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2013</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M24" t="s">
         <v>37</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C25" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>47</v>
+        <v>162</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="M25" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P25" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M26" t="s">
         <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B28" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K28" t="s">
         <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="P28" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B29" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
         <v>2015</v>
       </c>
-      <c r="I29"/>
       <c r="J29" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>185</v>
       </c>
       <c r="P29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>187</v>
       </c>
       <c r="B30" t="s">
         <v>188</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H30">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I30">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>189</v>
+      </c>
       <c r="M30" t="s">
         <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H31">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I31">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H32">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I32">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32" t="s">
         <v>36</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>199</v>
       </c>
       <c r="P32" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>201</v>
       </c>
       <c r="B33" t="s">
         <v>202</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>203</v>
       </c>
       <c r="D33" t="s">
-        <v>47</v>
+        <v>204</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="G33" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>23</v>
+        <v>206</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>207</v>
+      </c>
       <c r="M33" t="s">
-        <v>26</v>
+        <v>208</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="P33" t="s">
-        <v>49</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>206</v>
+        <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>207</v>
+        <v>55</v>
       </c>
       <c r="E34" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="H34"/>
+        <v>213</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>209</v>
+        <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
-      <c r="L34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>211</v>
+        <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2019</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="K35" t="s">
         <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="P35" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G36" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2014</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P37" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">